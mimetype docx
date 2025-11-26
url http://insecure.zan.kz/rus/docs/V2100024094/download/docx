--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3ca2fa5" w14:textId="3ca2fa5">
+    <w:p w14:paraId="d697d2e" w14:textId="d697d2e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3875,701 +3875,815 @@
         </w:rPr>
         <w:t xml:space="preserve"> выписывания, учета и хранения рецептов, утвержденным приказом Министра здравоохранения Республики Казахстан от 2 октября 2020 года № ҚР ДСМ-112/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21493) на лекарственные средства и направление в процедурный кабинет организации ПМСП или назначения лечебных процедур на дому. Оценка эффективности амбулаторного лечения и коррекция его проводится врачом ПМСП, направившим на лечение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z128" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Выдача лекарственных средств медицинскими работниками организаций ПМСП не допускается, за исключением аттестованных на данный вид деятельности специалистов с медицинским образованием (врачебных амбулаторий, медицинских и фельдшерско-акушерских пунктов в населенных пунктах, не имеющих аптечных объектов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Профилактика заболеваний в организации ПМСП включает:</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) профилактические медицинские осмотры целевых групп населения;</w:t>
-[...448 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 37 предусматривается в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      37. В организациях ПМСП лекарственное обеспечение прикрепленного населения в рамках ГОБМП и (или) в системе ОСМС осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечнем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лекарственных средств и медицинских изделий для бесплатного и (или) льготного амбулаторного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями), утвержденным уполномоченным органом согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 47)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7 Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок организации профилактики и оздоровления в организациях первичной медико-санитарной помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Профилактика заболеваний в организации ПМСП включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) профилактические медицинские осмотры целевых групп населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) раннее выявление и мониторинг поведенческих факторов риска заболеваний прикрепленного населения и обучение навыкам снижения выявленных факторов риска;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иммунизацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формирование и пропаганду здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мероприятия по охране репродуктивного здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) антенатальное наблюдение за беременными и наблюдение за родильницами в позднем послеродовом периоде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) санитарно-противоэпидемические и санитарно-профилактические мероприятия в очагах инфекционных заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      39. Профилактические медицинские осмотры целевых групп и раннее выявление поведенческих факторов риска проводятся с периодичностью, кратностью и объемом диагностических услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-264/2020 "Об утверждении правил, объема и периодичности проведения профилактических медицинских осмотров целевых групп населения, включая детей дошкольного, школьного возрастов, а также учащихся организаций технического и профессионального, послесреднего и высшего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21820).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Для проведения профилактических консультаций и предоставления подробных рекомендаций по изменению поведения лиц, имеющих поведенческие факторы риска, организация ПМСП прикрепленному населению обеспечивает обучение навыкам снижения выявленных факторов риска. Данное обучение проводится специалистом организации ПМСП в профилактических кабинетах или специально выделенных зонах, в том числе путем дистанционного консультирования посредством информационно-коммуникационных технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Мероприятия по повышению информированности и грамотности населения, а также консультированию специалистов ПМСП по вопросам формирования здорового образа жизни, питания и другим актуальным вопросам сохранения здоровья проводят организации здравоохранения, осуществляющие деятельность в сфере формирования здорового образа жизни, здорового питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Организация ПМСП предоставляет услуги по охране репродуктивного здоровья путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дородового обучения беременных по подготовке к родам, в том числе к партнерским родам, информирование беременных о тревожных признаках, об эффективных перинатальных технологиях, принципах безопасного материнства, грудного вскармливания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) консультирования и оказания услуг по вопросам планирования семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) профилактики и выявления инфекций, передаваемых половым путем для направления к профильным специалистам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) профилактики нежелательной беременности и безопасного аборта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) профилактики рака репродуктивных органов (рак шейки матки и молочной железы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Организация ПМСП обеспечивает антенатальное наблюдение за беременными, наблюдение родильниц в позднем послеродовом периоде, динамическое наблюдение женщин фертильного возраста с экстрагенитальной патологией в соответствии со стандартом организации оказания акушерско-гинекологической помощи в Республике Казахстан, утвержденным уполномоченным органом согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 32)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Организация ПМСП обеспечивает проведение профилактических осмотров полости рта детей в детских дошкольных образовательных организациях и обучение детей санитарно-гигиеническим навыкам по уходу за зубами и слизистой оболочкой полости рта самостоятельно или путем заключения договора соисполнения организациями здравоохранения, оказывающих стоматологическую помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. К профилактике инфекционных заболеваний на уровне участка ПМСП относится:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      своевременное выявление заболевших;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       проведение профилактических прививок;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       санитарно-противоэпидемические и санитарно-профилактические мероприятия в очагах инфекционных заболеваний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="144"/>
+    <w:bookmarkStart w:name="z154" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Активное выявление инфекционных заболеваний среди прикрепленного населения осуществляется при получении официального извещения о вспышке инфекционного заболевания путем активного посещения пациента на дому медицинским работником организаций ПМСП, в том числе путем подворных (поквартирных) обходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z155" w:id="145"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z155" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Организация ПМСП в целях профилактики инфекционных заболеваний обеспечивает проведение профилактических прививок согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4584,172 +4698,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, против которых проводятся обязательные профилактические прививки в рамках гарантированного объема медицинской помощи и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сроков их проведения обязательных профилактических прививок в рамках гарантированного объема медицинской помощи, утвержденных постановлением Правительства Республики Казахстан от 24 сентября 2020 года № 612 "Об утверждении перечня заболеваний, против которых проводятся обязательные профилактические прививки в рамках гарантированного объема медицинской помощи, правил, сроков их проведения и групп населения, подлежащих профилактическим прививкам".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z156" w:id="146"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z156" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Организация ПМСП проводит профилактические прививки населению в соответствии с требованиями нормативных правовых актов в сфере санитарно-эпидемиологического благополучия населения, утверждҰнными согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 16 Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z157" w:id="147"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z157" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Учет профилактических прививок осуществляется соответствующими записями в учетных формах, которые хранятся на объектах здравоохранения по месту проведения прививок, на объектах дошкольного воспитания и обучения, образования: журнал учета профилактических прививок по форме 066/у, карта профилактических прививок по форме № 065/у, медицинская карта амбулаторного пациента по форме № 052/у, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № ҚР ДСМ-175/2020, в том числе посредством медицинских информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z158" w:id="148"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z158" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии технической возможности оформляется в бумажном виде с последующим внесением в медицинскую информационную систему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z159" w:id="149"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z159" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Специалисты организации ПМСП проводят разъяснительную работу среди прикрепленного населения по вопросам иммунопрофилактики, в том числе с лицами, отказывающимися от вакцинации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z160" w:id="150"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z160" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Организация ПМСП организует работу в очагах инфекционных заболеваний и осуществляет санитарно-противоэпидемические и санитарно-профилактические мероприятия в соответствии с нормативными</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4764,52 +4878,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в сфере санитарно-эпидемиологического благополучия населения, утверждҰнными согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 16 Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z161" w:id="151"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z161" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. В случае выявления заболеваний, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4864,132 +4978,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, утверждҰнными согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 16 Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z162" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. Организация ПМСП организует и проводит комплекс мероприятий по профилактике, активному раннему выявлению и диагностике туберкулеза в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения мероприятий по профилактике туберкулеза, утвержденными приказом Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-214/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21695) (далее – Приказ № ҚР ДСМ-214/2020), в том числе посредством медицинских информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z163" w:id="153"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z163" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Организация ПМСП организует и проводит обследование по эпидемиологическим показаниям на наличие ВИЧ-инфекции в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> обязательного конфиденциального медицинского обследования на наличие ВИЧ-инфекции, утвержденными приказом Министра здравоохранения Республики Казахстан от 27 ноября 2020 года № ҚР ДСМ-211/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21692).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z164" w:id="154"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z164" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Организация ПМСП организует и проводит комплекс мероприятий по профилактике и активному раннему выявлению предраковых и онкологических заболеваний в соответствии со стандартом организации онкологической помощи населению Республики Казахстан, утвержденным уполномоченным органом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5004,111 +5118,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z165" w:id="155"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z165" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. Организация ПМСП организует и проводит комплекс мероприятий по профилактике и активному раннему выявлению больных психическими и поведенческими расстройствами в соответствии со стандартом организации оказания медико-социальной помощи в области психического здоровья населению Республики Казахстан, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-224/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21712) (далее – Приказ № ҚР ДСМ-224/2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z331" w:id="156"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z331" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области здравоохранения, в течение трех рабочих дней с даты утверждения или изменения в настоящие Правила, актуализирует их и направляет в субъекты здравоохранения, оператору информационно-коммуникационной инфраструктуры "электронного правительства" и Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5127,429 +5241,429 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="157"/>
+    <w:bookmarkStart w:name="z166" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Порядок организации динамического наблюдения, медицинской реабилитации и паллиативной помощи, экспертизы временной нетрудоспособности в организациях первичной медико-санитарной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z167" w:id="158"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z167" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Специалисты организации ПМСП осуществляют динамическое наблюдение пациентов с хроническими заболеваниями согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики, Казахстан от 23 сентября 2020 года № ҚР ДСМ-109/2020 "Об утверждении перечня хронических заболеваний, подлежащих динамическому наблюдению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21262).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z168" w:id="159"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z168" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пациент ставится на учет для динамического наблюдения в организацию ПМСП по месту прикрепления на основании одного из трех документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z169" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заключения врача ПМСП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z170" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) консультативного заключения профильного специалиста;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z171" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) выписки из </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>медицинской карты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> стационарного больного.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z172" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. При оформлении пациента, впервые взятого на динамическое наблюдение, участковая медицинская сестра заполняет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вкладной лист 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к медицинской карте амбулаторного пациента по форме 052/у "динамическое наблюдение", утвержденный Приказом № ҚР ДСМ-175/2020, в том числе посредством медицинских информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z173" w:id="164"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z173" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии технической возможности оформляется в бумажном виде, с последующим внесением в медицинскую информационную систему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z174" w:id="165"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z174" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Динамическое наблюдение лиц с хроническими заболеваниями осуществляют специалисты организаций ПМСП: врачи ПМСП (врач общей практики, участковый врач терапевт и (или) участковый педиатр), средние медицинские работники (участковая медицинская сестра или фельдшер).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z175" w:id="166"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z175" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии показаний привлекаются социальные работники в области здравоохранения, психологи и специалисты кабинетов здорового образа жизни.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z176" w:id="167"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z176" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Перечень, объемы, периодичность проведения осмотров участковой медицинской сестры, врача ПМСП, профильных специалистов, лабораторных и инструментальных исследований, сроки наблюдения, критерии снятия с учета определяются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 23 октября 2020 года № ҚР ДСМ-149/2020 "Об утверждении правил организации оказания медицинской помощи лицам с хроническими заболеваниями, периодичности и сроков наблюдения, обязательного минимума и кратности диагностических исследований" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21513) (далее – Приказ № ҚР ДСМ-149/2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z177" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Динамическое наблюдение пациентов с хроническими заболеваниями в рамках Программы управления заболеванием осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № ҚР ДСМ-149/2020.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z178" w:id="169"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z178" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Динамическое наблюдение за больными, перенесшими туберкулез, лицам III группы с повышенным риском заболевания туберкулезом проводится согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № ҚР ДСМ-214/2020.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z179" w:id="170"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z179" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Динамическое наблюдение онкологических больных проводится пациентам Ia группы с заболеванием, подозрительным на злокачественные новообразования, Iб группы с предопухолевыми заболеваниями, IV группы с распространенными формами злокачественных новообразований, подлежащие паллиативному или симптоматическому лечению в соответствии с стандартом организации оказания онкологической помощи населению Республики Казахстан, утвержденным уполномоченным органом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5564,72 +5678,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z180" w:id="171"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z180" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Лицам с хроническими заболеваниями при наличии показаний организация ПМСП оказывает услуги медицинской реабилитации, паллиативной помощи и сестринского ухода с оказанием специальных социально-медицинских услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z181" w:id="172"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z181" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. Организация ПМСП обеспечивает оказание услуг медицинской реабилитации, паллиативной помощи и сестринского ухода в соответствии со стандартами организации оказания медицинской помощи, утвержденными уполномоченным органом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5644,52 +5758,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z182" w:id="173"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z182" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. Организация ПМСП обеспечивает оказание в соответствии со стандартом организации оказания паллиативной помощи населению, утвержденным приказом Министра здравоохранения Республики Казахстан от 27 ноября 2020 года № ҚР ДСМ-209/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21687) и стандартом организации оказания сестринского ухода населению Республики Казахстан, утвержденным уполномоченным органом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5704,1025 +5818,1025 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z183" w:id="174"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z183" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Организация ПМСП экспертизу временной нетрудоспособности осуществляет согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения экспертизы временной нетрудоспособности, а также выдачи листа или справки о временной нетрудоспособности, утвержденным приказом Министра здравоохранения Республики Казахстан от 18 ноября 2020 года № ҚР ДСМ-198/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21660).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z184" w:id="175"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z184" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок организации оказания государственных услуг, оказываемых организациями первичной медико-санитарной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z185" w:id="176"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z185" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. В соответствии с подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее – Закон) организациями ПМСП оказываются следующие государственные услуги:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z186" w:id="177"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z186" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) запись на прием к врачу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z187" w:id="178"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z187" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) вызов врача на дом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z188" w:id="179"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z188" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выдача справки с медицинской организации, оказывающей ПМСП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z189" w:id="180"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z189" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прикрепление к медицинской организации, оказывающей ПМСП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z190" w:id="181"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z190" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Организация ПМСП предоставляет пациенту государственную услугу "Запись на прием к врачу" при самостоятельном обращении, посредством телефонной связи или через веб-портал "электронного правительства" (далее - ПЭП).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z191" w:id="182"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z191" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, удостоверяющих личность либо электронный документ из сервиса цифровых документов (для идентификации), организация ПМСП получает из соответствующих государственных информационных систем через ПЭП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z192" w:id="183"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z192" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги "Запись на прием к врачу", включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z193" w:id="184"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z193" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При самостоятельном обращении или посредством телефонной связи пациента к организации ПМСП, специалистами ПМСП вносится запись в журнал "Предварительная запись на прием к врачу" и в устной форме предоставляется ответ с указанием свободного времени и даты приема врача, в соответствии с графиком приема врача.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z194" w:id="185"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z194" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении пациента через ПЭП, пациенту поступает уведомление в виде статуса электронной заявки в "Личный кабинет". После принятия запроса на оказание государственной услуги "Запись на прием к врачу", медицинская помощь пациенту оказывается в установленное время.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z195" w:id="186"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z195" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Организация ПМСП обеспечивает внесение данных об оказании государственной услуги "Запись на прием к врачу" в информационную систему, с целью мониторинга оказания государственных услуг в порядке в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z196" w:id="187"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z196" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Организация ПМСП предоставляет пациенту государственную услугу "Вызов врача на дом" при самостоятельном обращении, посредством телефонной связи или через ПЭП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z197" w:id="188"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z197" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, удостоверяющих личность либо электронный документ из сервиса цифровых документов (для идентификации), организация ПМСП получает из соответствующих государственных информационных систем через ПЭП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z198" w:id="189"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z198" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги "Вызов врача на дом", включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z199" w:id="190"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z199" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При самостоятельном обращении или посредством телефонной связи пациента в организацию ПМСП, специалистами ПМСП производится запись в "Журнал регистрации вызовов" и в устной форме предоставляется ответ с указанием даты и времени посещения врача. После принятия запроса на оказание государственной услуги "Вызов врача на дом" медицинская помощь на дому оказывается в установленное время.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z200" w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z200" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении пациента через ПЭП, пациенту поступает уведомление в виде статуса электронной заявки в "Личный кабинет". После принятия запроса на оказание государственной услуги "Вызов врача на дом", медицинская помощь пациенту оказывается в установленное время.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z201" w:id="192"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z201" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Организация, оказывающая ПМСП обеспечивает внесение данных об оказании государственной услуги "Вызов врача на дом" в информационную систему, с целью мониторинга оказания государственных услуг в порядке в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z202" w:id="193"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z202" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Для получения государственной услуги "Выдача справки с медицинской организации, оказывающей первичную медико-санитарную помощь" пациенты самостоятельно обращаются в организацию ПМСП или осуществляют через ПЭП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z203" w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z203" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, удостоверяющих личность либо электронный документ из сервиса цифровых документов (для идентификации), организация ПМСП получает из соответствующих государственных информационных систем через ПЭП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z204" w:id="195"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z204" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги "Выдача справки с медицинской организации, оказывающей первичную медико-санитарную помощь", включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z205" w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z205" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При непосредственном обращении пациента в организацию ПМСП, специалистами ПМСП осуществляется проверка в медицинской информационной системе о состоянии/не состоянии пациента на динамическом наблюдении, затем оформляется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>справка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по форме № 027/у, утвержденной Приказом № ҚР ДСМ-175/2020, с заполнением пункта 5 "Медицинское заключение" с отображением наименования диагноза, и заверяется личной подписью и печатью участкового врача или врача общей практики и печатью организации ПМСП, за исключением социально-значимых заболеваний (туберкулез, болезнь, вызванная вирусом иммунодефицита человека (ВИЧ), психические, поведенческие расстройства (заболевания)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z206" w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z206" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении пациента через ПЭП формируется справка с медицинской организации в форме электронного документа, с электронной цифровой подписью (далее – ЭЦП) организации ПМСП, которая направляется в "Личный кабинет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z207" w:id="198"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z207" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В результате выдается справка с организации ПМСП о состоянии и (или) не состоянии на динамическом наблюдении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z208" w:id="199"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z208" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Организация ПМСП обеспечивает внесение данных об оказании государственной услуги "Выдача справки с медицинской организации, оказывающей первичную медико-санитарную помощь", в информационную систему, с целью мониторинга оказания государственных услуг в порядке в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z209" w:id="200"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z209" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Прикрепление к организации ПМСП по месту постоянного или временного проживания осуществляется в соответствии с государственной услугой "Прикрепление к медицинской организации, оказывающей первичную медико-санитарную помощь" согласно Правилам прикрепления физических лиц к организациям здравоохранения, оказывающим первичную медико-санитарную помощь, утвержденной приказом Министра здравоохранения Республики Казахстан от 13 ноября 2020 года № ҚР ДСМ-194/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21642).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z210" w:id="201"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z210" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросу оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 4 - в редакции приказа Министра здравоохранения РК от 07.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z284" w:id="202"/>
+    <w:bookmarkStart w:name="z284" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Жалоба на решения, действия (бездействие) услугодателя и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z285" w:id="203"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z285" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z286" w:id="204"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z286" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z287" w:id="205"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z287" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении через портал информацию о порядке обжалования можно получить по телефону единого контакт-центра по вопросам оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z288" w:id="206"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z288" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z289" w:id="207"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z289" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z290" w:id="208"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z290" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z291" w:id="209"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z291" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z292" w:id="210"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z292" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, то обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6788,89 +6902,13864 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания первичной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медико-санитарной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="211"/>
+    <w:bookmarkStart w:name="z216" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень медицинских услуг, оказываемых медицинскими работниками</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>первичной медико-санитарной помощи (фельдшер, акушер, медицинская сестра</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>со средним и (или) высшим медицинским образованием)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение населения вопросам профилактики заболеваний: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента самоменеджменту: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доврачебный осмотр в смотровом кабинете: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профилактический осмотр полости рта: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение детей санитарно-гигиеническим навыкам по уходу за зубами и слизистой оболочкой полости рта: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комплекс услуг медицинской реабилитации: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.008.013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание неотложной медицинской помощи: Фельдшер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение населения вопросам профилактики заболеваний: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента самоменеджменту: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доврачебный осмотр в смотровом кабинете: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профилактический осмотр полости рта: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение детей санитарно-гигиеническим навыкам по уходу за зубами и слизистой оболочкой полости рта: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комплекс услуг медицинской реабилитации: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.010.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Медицинская сестра со средним образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.010.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение населения вопросам профилактики заболеваний: Медицинская сестра со средним образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.010.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Обучение пациента самоменеджменту: Медицинская сестра со средним образованием </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.010.008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доврачебный осмотр в смотровом кабинете: Медицинская сестра со средним образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.010.009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профилактический осмотр полости рта: Медицинская сестра со средним образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.010.010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение детей санитарно-гигиеническим навыкам по уходу за зубами и слизистой оболочкой полости рта: Медицинская сестра со средним образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.010.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комплекс услуг медицинской реабилитации: Медицинская сестра с высшим образованием</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.011.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Акушерка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.011.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента самоменеджменту: Акушерка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.011.008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Доврачебный осмотр в смотровом кабинете: Акушерка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.011.013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Школа подготовки к родам беременной женщины и членов семьи: Акушерка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лабораторная диагностика (доврачебная медицинская помощь)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.866.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Определение показателей мочи (pH, лейкоциты, эритроциты, уробилиноген, нитриты, белок) экспресс методом </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.401.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение общего холестерина в сыворотке крови экспресс методом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.335.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение глюкозы в сыворотке крови экспресс методом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.486.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение триглицеридов в сыворотке крови экспресс методом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.517.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение хорионического гонадотропина человека (ХГЧ) в моче экспресс методом (тест на беременность)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.860.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение суммарных антител к ВИЧ-1,2 и антигена р24 экспресс методом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.861.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение антител к Treponema Pallidum в сыворотке крови экспресс методом (экспресс тест на сифилис)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.862.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Определение суммарных антител к вирусу гепатита С в сыворотке крови экспресс методом </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.863.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Определение HBsAg в сыворотке крови экспресс методом </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.870.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исследование мазка на наличие околоплодных вод экспресс методом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Процедуры и манипуляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.293.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Забор крови из вены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.296.013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Забор крови из пальца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D91.496.105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Забор мазка на онкоцитологию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D91.496.106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Забор мазка на степень чистоты влагалища</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.293.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Забор материала на микробиологические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.296.013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение пробы Манту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D91.496.105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение Диаскинтеста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D96.330.014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Промывание желудка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D96.390.015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Клизма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение ингаляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санация дыхательных путей электроотсосом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Промывание серных пробок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санирование носовых пазух</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Постановка назогастрального зонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дуоденальное зондирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Катетеризация мочевого пузыря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Катетеризация периферических вен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспортная иммобилизация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санация влагалища</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Промывание глаз (без учета стоимости лекарственных средств)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Промывание барабанной полости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наложение повязки Дезо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.009.031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субконъюнктивальная инъекция (без учета стоимости лекарственных средств)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Процедуры и манипуляции сестринского ухода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Процедуры сестринского ухода за пациентом старческого возраста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение членов семьи пациента элементам ухода и гигиены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Профилактика и обработка пролежней </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.571.415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Перевязка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за волосами, ногтями, бритье тяжелобольного пациента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за полостью рта тяжелобольного пациента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсасывание слизи из ротоглотки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при оростомах, эзофагостомах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при трахеостоме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за назогастральным зондом, носовыми канюлями и катетером</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсасывание слизи из верхних дыхательных путей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсасывание слизи из носа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при фарингостоме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Введение лекарственных препаратов интраназально</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при гастростомах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.033</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за назогастральным зондом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.034</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кормление тяжелобольного пациента через гастростому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.035</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при илеостоме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за интестинальным зондом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.037</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кормление тяжелобольного пациента через интестинальный зонд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.038</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение уходу за илеостомой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.039</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при стомах толстой кишки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение уходу за колостомой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при дефекации тяжелобольного пациента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Постановка газоотводной трубки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.044</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Удаление копролита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при недержании кала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.046</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Постановка сифонной клизмы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Введение, извлечение влагалищного поддерживающего кольца (пессария)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за наружным слуховым проходом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.049</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за глазами тяжелобольного пациента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инстилляция лекарственных веществ в конъюнктивную полость</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при мочеиспускании тяжелобольного пациента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.052</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за мочевым катетером</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за цистостомой и уростомой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при недержании мочи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перемещение и (или) размещение тяжелобольного пациента в постели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспортировка тяжелобольного пациента внутри учреждения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кормление тяжелобольного пациента через рот и (или) назогастральный зонд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приготовление и смена постельного белья тяжелобольному пациенту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие по смене белья и одежды тяжелобольному пациенту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за промежностью и наружными половыми органами тяжелобольного пациента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+102.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.061</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уход за дренажом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пособие при парентеральном введении лекарственных препаратов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.063</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка степени риска развития пролежней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.064</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка степени тяжести пролежней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка интенсивности боли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение членов семьи пациента технике перемещения и (или) размещения в постели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента самопомощи при перемещении в постели и (или) кресле</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.068</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента перемещению на костылях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D93.891.069</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента самопомощи при перемещении с помощью дополнительной опоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.590.019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакцинация без стоимости препарата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D97.311.050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Снятие швов, удаление лигатур</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D04.001.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение в профилактических кабинетах, школах оздоровления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D04.002.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение больных и членов их семей самоконтролю, само-и взаимопомощи в соответствии с программами управления хроническими заболеваниями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D04.003.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консультация по телефону "Горячей линии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень услуг процедурного кабинета, оказываемых медицинскими работниками первичной медико-санитарной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.590.022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутримышечная инъекция (без учета стоимости лекарственных средств)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.590.023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутривенная инъекция (без учета стоимости лекарственных средств)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+118.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D99.590.024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкожная инъекция (без учета стоимости лекарственных средств)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания первичной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>медико-санитарной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z218" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень медицинских услуг, оказываемых врачами первичной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>медико-санитарной помощи (врач общей практики, участковый врач терапевт и (или) участковый педиатр)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7035,87 +20924,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.000</w:t>
-[...35 lines deleted...]
-Прием: Фельдшер</w:t>
+A01.001.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Терапевт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7148,87 +21037,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.002</w:t>
-[...35 lines deleted...]
-Обучение населения вопросам профилактики заболеваний: Фельдшер</w:t>
+A01.001.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Составление плана оздоровления пациента: Участковый терапевт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7261,87 +21150,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.003</w:t>
-[...35 lines deleted...]
-Обучение пациента самоменеджменту: Фельдшер</w:t>
+A01.001.005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консультирование по вопросам планирования семьи и безопасного прерывания беременности: Участковый терапевт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7374,87 +21263,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.008</w:t>
-[...35 lines deleted...]
-Доврачебный осмотр в смотровом кабинете: Фельдшер</w:t>
+A01.001.006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента самоменеджменту: Участковый терапевт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7487,87 +21376,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.009</w:t>
-[...35 lines deleted...]
-Профилактический осмотр полости рта: Фельдшер</w:t>
+A01.001.007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка социального статуса семьи пациента: Участковый терапевт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7600,87 +21489,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.010</w:t>
-[...35 lines deleted...]
-Обучение детей санитарно-гигиеническим навыкам по уходу за зубами и слизистой оболочкой полости рта: Фельдшер</w:t>
+A01.002.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Педиатр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7713,87 +21602,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.012</w:t>
-[...35 lines deleted...]
-Комплекс услуг медицинской реабилитации: Фельдшер</w:t>
+A01.002.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Составление плана оздоровления пациента: Участковый педиатр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7826,87 +21715,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.008.013</w:t>
-[...35 lines deleted...]
-Оказание неотложной медицинской помощи: Фельдшер</w:t>
+A01.002.007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка социального статуса семьи пациента при социально-значимых заболеваниях: Участковый педиатр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7939,87 +21828,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.009.000</w:t>
-[...35 lines deleted...]
-Прием: Медицинская сестра с высшим образованием</w:t>
+A01.003.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Семейный врач (Врач общей практики)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8052,87 +21941,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.009.002</w:t>
-[...35 lines deleted...]
-Обучение населения вопросам профилактики заболеваний: Медицинская сестра с высшим образованием</w:t>
+A01.003.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Составление плана оздоровления пациента: Врач общей практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8165,87 +22054,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.009.003</w:t>
-[...35 lines deleted...]
-Обучение пациента самоменеджменту: Медицинская сестра с высшим образованием</w:t>
+A01.003.005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Консультирование по вопросам планирования семьи и безопасного прерывания беременности: Врач общей практики </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8278,87 +22167,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.009.008</w:t>
-[...35 lines deleted...]
-Доврачебный осмотр в смотровом кабинете: Медицинская сестра с высшим образованием</w:t>
+A01.003.006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение самоменеджменту пациента: Врач общей практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8391,12120 +22280,1640 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A01.009.009</w:t>
-[...35 lines deleted...]
-Профилактический осмотр полости рта: Медицинская сестра с высшим образованием</w:t>
+A01.003.007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка социального статуса семьи пациента при социально-значимых заболеваниях: Врач общей практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Обучение детей санитарно-гигиеническим навыкам по уходу за зубами и слизистой оболочкой полости рта: Медицинская сестра с высшим образованием</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лабораторная диагностика (квалифицированная медицинская помощь)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
-[...71 lines deleted...]
-Комплекс услуг медицинской реабилитации: Медицинская сестра с высшим образованием</w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B02.061.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Измерение скорости оседания эритроцитов (СОЭ) в крови ручным методом </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
-[...71 lines deleted...]
-Прием: Медицинская сестра со средним образованием</w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.864.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Определение гемоглобина в крови экспресс методом </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
-[...71 lines deleted...]
-Обучение населения вопросам профилактики заболеваний: Медицинская сестра со средним образованием</w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.865.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Определение лейкоцитов в крови экспресс методом </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
-[...71 lines deleted...]
-Обучение пациента самоменеджменту: Медицинская сестра со средним образованием </w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.867.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение тропонина экспресс методом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
-[...71 lines deleted...]
-Доврачебный осмотр в смотровом кабинете: Медицинская сестра со средним образованием</w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.868.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение гликизированного гемоглобина экспресс методом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
-[...71 lines deleted...]
-Профилактический осмотр полости рта: Медицинская сестра со средним образованием</w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B03.869.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение протромбинового времени, МНО на портативном анализаторе экспресс методом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21.</w:t>
-[...71 lines deleted...]
-Обучение детей санитарно-гигиеническим навыкам по уходу за зубами и слизистой оболочкой полости рта: Медицинская сестра со средним образованием</w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B06.672.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение группы крови по системе ABO стандартными сыворотками</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
-[...71 lines deleted...]
-Комплекс услуг медицинской реабилитации: Медицинская сестра с высшим образованием</w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B06.673.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение группы крови по системе ABO моноклональными реагентами (цоликлонами)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
-[...71 lines deleted...]
-Прием: Акушерка</w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+B06.677.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение резус-фактора крови</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Обучение пациента самоменеджменту: Акушерка</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная и инструментальная диагностика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
-[...35 lines deleted...]
-A01.011.008</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C02.001.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Доврачебный осмотр в смотровом кабинете: Акушерка </w:t>
+Электрокардиографическое исследование (в 12 отведениях) с расшифровкой </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
-[...71 lines deleted...]
-Школа подготовки к родам беременной женщины и членов семьи: Акушерка</w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C02.033.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Спирография при записи на автоматизированных аппаратах </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Лабораторная диагностика (доврачебная медицинская помощь)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C02.048.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Динамометрия </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
-[...10480 lines deleted...]
-Подкожная инъекция (без учета стоимости лекарственных средств)</w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C02.054.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пульсоксиметрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20543,109 +23952,97 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания первичной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медико-санитарной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="212"/>
+    <w:bookmarkStart w:name="z220" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень медицинских услуг, оказываемых врачами первичной</w:t>
-[...11 lines deleted...]
-        <w:t>медико-санитарной помощи (врач общей практики, участковый врач терапевт и (или) участковый педиатр)</w:t>
+        <w:t xml:space="preserve"> Перечень услуг социального работника и психолога организации первичной медико-санитарной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -20744,3062 +24141,1593 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Прием: Терапевт</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги психолога</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...71 lines deleted...]
-Составление плана оздоровления пациента: Участковый терапевт</w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.005.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Прием: Психолог </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-Консультирование по вопросам планирования семьи и безопасного прерывания беременности: Участковый терапевт</w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.005.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение занятий по профилактике детского суицида: Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...71 lines deleted...]
-Обучение пациента самоменеджменту: Участковый терапевт</w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.005.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием при подозрении на поведенческие и психоактивные расстройства: Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...71 lines deleted...]
-Оценка социального статуса семьи пациента: Участковый терапевт</w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.005.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консультирование по социальным вопросам, в том числе по вопросам возрастной адаптации: Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...71 lines deleted...]
-Прием: Педиатр</w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.005.009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение пациента самоменеджменту с хроническими заболеваниями: Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Составление плана оздоровления пациента: Участковый педиатр</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги социального работника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-Оценка социального статуса семьи пациента при социально-значимых заболеваниях: Участковый педиатр</w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.006.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Социальный работник с высшим образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-Прием: Семейный врач (Врач общей практики)</w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.006.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация и проведение медико-социального обследования: Социальный работник с высшим образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-Составление плана оздоровления пациента: Врач общей практики</w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.006.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение членов семьи пациента основам медицинского ухода, проводимого в домашних условиях: Социальный работник с высшим образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...71 lines deleted...]
-Консультирование по вопросам планирования семьи и безопасного прерывания беременности: Врач общей практики </w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.006.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консультирование по социальным вопросам, в том числе по вопросам возрастной адаптации: Социальный работник с высшим образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-Обучение самоменеджменту пациента: Врач общей практики</w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.007.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием: Социальный работник со средним образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...71 lines deleted...]
-Оценка социального статуса семьи пациента при социально-значимых заболеваниях: Врач общей практики</w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.007.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация и проведение медико-социального обследования: Социальный работник со средним образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Лабораторная диагностика (квалифицированная медицинская помощь)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.007.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение членов семьи пациента основам медицинского ухода, проводимого в домашних условиях: Социальный работник со средним образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...1469 lines deleted...]
-Пульсоксиметрия</w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A01.007.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консультирование по социальным вопросам, в том числе по вопросам возрастной адаптации: Социальный работник со средним образованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -23838,97 +25766,97 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания первичной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медико-санитарной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z220" w:id="213"/>
+    <w:bookmarkStart w:name="z222" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень услуг социального работника и психолога организации первичной медико-санитарной помощи</w:t>
+        <w:t xml:space="preserve"> Поводы обращения в организации первичной медико-санитарной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23980,1640 +25908,2701 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Код услуги</w:t>
-[...35 lines deleted...]
-Наименование услуги</w:t>
+Группа поводов обращения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование поводов обращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Услуги психолога</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заболевание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неотложные состояния</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Прием: Психолог </w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Острое заболевание (состояние) и (или) обострение хронического заболевания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Проведение занятий по профилактике детского суицида: Психолог</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подозрение на социально-значимое заболевание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Прием при подозрении на поведенческие и психоактивные расстройства: Психолог</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Актив</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Консультирование по социальным вопросам, в том числе по вопросам возрастной адаптации: Психолог</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинская реабилитация (3 этап)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Обучение пациента самоменеджменту с хроническими заболеваниями: Психолог</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плановая стоматологическая помощь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Услуги социального работника</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экстренная стоматологическая помощь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Прием: Социальный работник с высшим образованием</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ортодонтическая помощь детям с врожденной патологией челюстно-лицевой области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Организация и проведение медико-социального обследования: Социальный работник с высшим образованием</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ортодонтическая помощь детям из малообеспеченных семей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Обучение членов семьи пациента основам медицинского ухода, проводимого в домашних условиях: Социальный работник с высшим образованием</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги при заболеваниях, представляющих опасность для окружающих, при которых иностранцы и лица без гражданства, временно пребывающие в Республике Казахстан, лица, ищущие убежище, имеют право на получение гарантированного объема бесплатной медицинской помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-Консультирование по социальным вопросам, в том числе по вопросам возрастной адаптации: Социальный работник с высшим образованием</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Травма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Острая травма (травмпункт, амбулаторно-поликлинические организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Прием: Социальный работник со средним образованием</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Последствия травмы (амбулаторно-поликлинические организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Организация и проведение медико-социального обследования: Социальный работник со средним образованием</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Последствия травмы (молодежные центры здоровья)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-Обучение членов семьи пациента основам медицинского ухода, проводимого в домашних условиях: Социальный работник со средним образованием</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профилактика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обследование пациента с перенесенной коронавирусной инфекцией</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Консультирование по социальным вопросам, в том числе по вопросам возрастной адаптации: Социальный работник со средним образованием</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обращение с профилактической целью (кроме скрининга)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иммунопрофилактика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Скрининг (Профилактические медицинские осмотры)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Патронаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по вопросам планирования семьи, безопасного прерывания беременности, охране репродуктивного здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием при антенатальном наблюдении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием при постнатальном наблюдении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по охране здоровья обучающихся (школьная медицина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мероприятия по здоровому образу жизни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Платные медицинские осмотры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамическое наблюдение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамическое наблюдение с хроническими заболеваниями (в том числе Программа управления заболеванием)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамическое наблюдение с социально-значимыми заболеваниями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамическое наблюдение с хроническими заболеваниями, подлежащих наблюдению профильными специалистами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медико-социальные услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медико-социальная поддержка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Психологическая помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Административный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Административный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Оформление документов на медико-социальную экспертизу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выписка рецептов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обследование на коронавирусную инфекцию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подозрение на коронавирусную инфекцию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обследование на коронавирусную инфекцию при плановой госпитализации (догоспитальное обследование), в том числе беременные женщины на родоразрешение в сроке 37 недель, пациенты, находящиеся на гемодиализе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -25652,2975 +28641,100 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания первичной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медико-санитарной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z222" w:id="214"/>
+    <w:bookmarkStart w:name="z224" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Поводы обращения в организации первичной медико-санитарной помощи</w:t>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Запись на прием к врачу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:tbl>
-[...2873 lines deleted...]
-    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок приложения 5 – в редакции приказа Министра здравоохранения РК от 27.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28879,70 +28993,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="216"/>
+          <w:bookmarkStart w:name="z225" w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Медицинская организация, оказывающая первичную медико-санитарную помощь (далее – организация ПМСП) (при непосредственном обращении или по телефонной связи организации ПМСП);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="216"/>
+          <w:bookmarkEnd w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) веб-портал "электронного правительства" (далее – ПЭП).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29012,70 +29126,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z226" w:id="217"/>
+          <w:bookmarkStart w:name="z226" w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При обращении к организациям ПМСП (непосредственно или по телефонной связи):</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="217"/>
+          <w:bookmarkEnd w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -29370,70 +29484,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z231" w:id="218"/>
+          <w:bookmarkStart w:name="z231" w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) при непосредственном обращении или по телефонной связи к организации ПМСП – запись в журнале предварительной записи на прием к врачу организации ПМСП и устный ответ с указанием даты, времени приема врача в соответствии с графиком приема врачей (далее – график);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
+          <w:bookmarkEnd w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) при обращении на ПЭП – уведомление в виде статуса электронной заявки в личном кабинете.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29616,90 +29730,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z232" w:id="219"/>
+          <w:bookmarkStart w:name="z232" w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) организация ПМСП – с понедельника по субботу (понедельник – пятница с 8.00 до 20.00 часов без перерыва, в субботу с 9.00 до 14.00 часов), кроме выходных (воскресенье) и праздничных дней согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="219"/>
+          <w:bookmarkEnd w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) ПЭП – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении пациента после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
@@ -29788,70 +29902,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z233" w:id="220"/>
+          <w:bookmarkStart w:name="z233" w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) к организации ПМСП: документ, удостоверяющий личность при непосредственном обращении либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="220"/>
+          <w:bookmarkEnd w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) на ПЭП: запрос в электронном виде.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -29954,70 +30068,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z236" w:id="221"/>
+          <w:bookmarkStart w:name="z236" w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных пациентом для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="221"/>
+          <w:bookmarkEnd w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) отсутствие прикрепления к данной медицинской организации, оказывающей первичную медико-санитарную помощь согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -30107,70 +30221,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z237" w:id="222"/>
+          <w:bookmarkStart w:name="z237" w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пациент имеет возможность получения государственной услуги в электронной форме посредством зарегистрированного на ПЭП абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление ПЭП. Пациент имеет возможность получения государственной услуги в электронной форме через ПЭП при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
+          <w:bookmarkEnd w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -30313,68 +30427,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания первичной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медико-санитарной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z241" w:id="223"/>
+    <w:bookmarkStart w:name="z241" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Вызов врача на дом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок приложения 6 – в редакции приказа Министра здравоохранения РК от 27.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30633,70 +30747,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z242" w:id="224"/>
+          <w:bookmarkStart w:name="z242" w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Медицинская организация, оказывающая первичную медико-санитарную помощь (далее – организация ПМСП) (при непосредственном обращении или по телефонной связи пациента, а также через медицинские информационные системы);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="224"/>
+          <w:bookmarkEnd w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) веб-портал "электронного правительства" (далее – ПЭП).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30766,70 +30880,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="225"/>
+          <w:bookmarkStart w:name="z243" w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При обращении к организации ПМСП (непосредственно или по телефонной связи):</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="225"/>
+          <w:bookmarkEnd w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -31180,70 +31294,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги (либо его представителя по доверенности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z250" w:id="226"/>
+          <w:bookmarkStart w:name="z250" w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) при непосредственном обращении или по телефонной связи – запись в журнале регистрации вызовов организации ПМСП и устный ответ с указанием даты, времени посещения врача; </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="226"/>
+          <w:bookmarkEnd w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -31454,90 +31568,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z252" w:id="227"/>
+          <w:bookmarkStart w:name="z252" w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) организация ПМСП – с понедельника по субботу (понедельник – пятница с 8.00 до 20.00 часов без перерыва, в субботу с 9.00 до 14.00 часов), кроме выходных (воскресенье) и праздничных дней согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) ПЭП – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении пациента после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31606,70 +31720,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z253" w:id="228"/>
+          <w:bookmarkStart w:name="z253" w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) к организации ПМСП: документ, удостоверяющий личность при непосредственном обращении либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="228"/>
+          <w:bookmarkEnd w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) на ПЭП: запрос в электронном виде.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -31772,70 +31886,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z257" w:id="229"/>
+          <w:bookmarkStart w:name="z257" w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных пациентом для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="229"/>
+          <w:bookmarkEnd w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) отсутствие прикрепления к данной медицинской организации, оказывающей первичную медико-санитарную помощь согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -31925,70 +32039,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z258" w:id="230"/>
+          <w:bookmarkStart w:name="z258" w:id="229"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пациент имеет возможность получения государственной услуги в электронной форме посредством зарегистрированного на ПЭП абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление ПЭП.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="230"/>
+          <w:bookmarkEnd w:id="229"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -32159,68 +32273,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания первичной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медико-санитарной помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z263" w:id="231"/>
+    <w:bookmarkStart w:name="z263" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача справки с медицинской организации, оказывающей первичную медико-санитарную помощь</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок приложения 7 – в редакции приказа Министра здравоохранения РК от 27.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32479,70 +32593,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z264" w:id="232"/>
+          <w:bookmarkStart w:name="z264" w:id="231"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Медицинская организация, оказывающая первичную медико-санитарную помощь (далее – организация ПМСП);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
+          <w:bookmarkEnd w:id="231"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) веб-портал "электронного правительства" (далее – ПЭП).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32612,70 +32726,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z265" w:id="233"/>
+          <w:bookmarkStart w:name="z265" w:id="232"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) с момента обращения услугополучателя – при обращении на прием к врачу, а также при обращении на ПЭП в течении не более 30 (тридцати) минут, при вызове на дом в течение рабочего дня;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
+          <w:bookmarkEnd w:id="232"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -32886,90 +33000,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги (либо его представителя по доверенности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z267" w:id="234"/>
+          <w:bookmarkStart w:name="z267" w:id="233"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>справка</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> с медицинской организации, оказывающей первичную медико-санитарную помощь, выданная по форме № 027/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) при непосредственном обращении к организациям ПМСП подписанными участковым врачом или врачом общей практики, заверенными личной врачебной печатью и печатью организации ПМСП;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
+          <w:bookmarkEnd w:id="233"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -33180,90 +33294,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z269" w:id="235"/>
+          <w:bookmarkStart w:name="z269" w:id="234"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) организация ПМСП – с понедельника по пятницу с 8.00 до 20.00 часов без перерыва, кроме выходных и праздничных дней согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан. При этом запрос на получение государственной услуги принимается за 2 часа до окончания работы услугодателя (до 18.00 часов в рабочие дни, до 12.00 в субботу).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="235"/>
+          <w:bookmarkEnd w:id="234"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Прием пациентов осуществляется в порядке очереди. Предварительная запись и ускоренное обслуживание не предусмотрены;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -33349,70 +33463,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z271" w:id="236"/>
+          <w:bookmarkStart w:name="z271" w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) к организации ПМСП: документ, удостоверяющий личность при непосредственном обращении либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="236"/>
+          <w:bookmarkEnd w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) на ПЭП: запрос в электронном виде.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -33515,70 +33629,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z274" w:id="237"/>
+          <w:bookmarkStart w:name="z274" w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных пациентом для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) отсутствие прикрепления к данной организации ПМСП согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -33668,70 +33782,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z275" w:id="238"/>
+          <w:bookmarkStart w:name="z275" w:id="237"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пациент имеет возможность получения государственной услуги в электронной форме посредством зарегистрированного на ПЭП абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление ПЭП.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="238"/>
+          <w:bookmarkEnd w:id="237"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -33863,55 +33977,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34237,31 +34351,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>