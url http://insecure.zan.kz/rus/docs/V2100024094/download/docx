--- v1 (2025-11-26)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d697d2e" w14:textId="d697d2e">
+    <w:p w14:paraId="90fd2b0" w14:textId="90fd2b0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5775,94 +5775,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:bookmarkStart w:name="z182" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      64. Организация ПМСП обеспечивает оказание в соответствии со стандартом организации оказания паллиативной помощи населению, утвержденным приказом Министра здравоохранения Республики Казахстан от 27 ноября 2020 года № ҚР ДСМ-209/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21687) и стандартом организации оказания сестринского ухода населению Республики Казахстан, утвержденным уполномоченным органом согласно </w:t>
+      64. Организация ПМСП обеспечивает оказание в соответствии со стандартом организации оказания паллиативной помощи взрослому населению, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 27 ноября 2020 года № ҚР ДСМ-209/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21687) и стандартом организации оказания сестринского ухода населению Республики Казахстан, утвержденным уполномоченным органом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 32)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 64 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z183" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Организация ПМСП экспертизу временной нетрудоспособности осуществляет согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -33977,55 +34059,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>