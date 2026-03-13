--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2806a00" w14:textId="2806a00">
+    <w:p w14:paraId="a5cbcd3" w14:textId="a5cbcd3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,666 +76,622 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об установлении объема (перечня) лабораторного оборудования в отдельных отраслях</w:t>
+        <w:t>Об установлении объема используемого лабораторного оборудования в отдельных отраслях</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра торговли и интеграции Республики Казахстан от 24 мая 2021 года № 356-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 мая 2021 года № 22838.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Заголовок предусматривается в редакции приказа Министра торговли и интеграции РК от 17.10.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Настоящий приказ вводится в действие с 01.07.2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Заголовок в редакции – приказа Министра торговли и интеграции РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Настоящий приказ вводится в действие с 1 июля 2021 года.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан "О техническом регулировании" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...23 lines deleted...]
-      </w:r>
+      1. Установить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...43 lines deleted...]
-</w:t>
+      1) объем используемого лабораторного оборудования в отдельных отраслях согласно приложению 1 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Установить для испытательных лабораторий (центров) объем (перечень) оборудования, подтвержденное правом собственности или иным законным основанием, которое необходимо для испытаний (исследований), заявленных в области аккредитации по показателям технических регламентов Евразийского экономического союза (Таможенного союза) и Республики Казахстан в размере 100%.</w:t>
+      Часть первая настоящего подпункта применяется для испытательных лабораторий (центров) и (или) испытательных лабораторий (центров) органов по подтверждению соответствия, обеспечивающих проведение испытаний объектов технического регулирования на соответствие требованиям технических регламентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объем используемого лабораторного оборудования, не предусмотренного подпунктом 1) настоящего пункта, принадлежащего на законном основании испытательной лаборатории (центра) органа по подтверждению соответствия, в размере 100 (сто) процентов, обеспечивающего проведение исследований (испытаний) характеристик (показателей) продукции, заявленных в области аккредитации по показателям технических регламентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При расчетах объема используемого лабораторного оборудования, предусмотренного частью первой настоящего подпункта, обеспечивающего проведение исследований (испытаний) характеристик (показателей) продукции, на соответствие требованиям технических регламентов, считается отдельно по каждому техническому регламенту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра торговли и интеграции РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Установить для испытательных лабораторий (центров) по показателям, указанным в заявках на проведение испытаний (исследований) в соответствии с требованиями технических регламентов Евразийского экономического союза (Таможенного союза) и Республики Казахстан объем (перечень) использования оборудования в размере 100%.</w:t>
+      2. При расчетах обеспеченности области аккредитации испытательных лабораторий (центров) и (или) испытательных лабораторий (центров) органов по подтверждению соответствия учитывать характеристики (показатели) объектов, требующие применения соответствующего оборудования для их определения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа Министра торговли и интеграции РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>
+      3. Признать утратившими силу некоторые приказы по перечню согласно приложению 2 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра торговли и интеграции РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Комитету технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие с 1 июля 2021 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -861,210 +817,2124 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Сұлтанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>торговли и интеграции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 24 мая 2021 года № 356-НҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...15 lines deleted...]
-        <w:t>      Примечание ИЗПИ!</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Объем используемого лабораторного оборудования в отдельных отраслях</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Приказ предусматривается дополнить приложением 1 в соответствии с приказом Министра торговли и интеграции РК от 17.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приказ дополнен приложением 1 в соответствии с приказом Министра торговли и интеграции РК от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 298-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отрасли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код ТН ВЭД ЕАЭС*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объем используемого лабораторного оборудования, принадлежащего на праве собственности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единичные транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мрамор, травертин, или известковый туф, экауссин и другие известняки для памятников или строительства с удельным весом 2,5 или более, и алебастр, грубо раздробленные или нераздробленные, распиленные или нераспиленные, либо разделенные другим способом на блоки или плиты прямоугольной (включая квадратную) формы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гранит, порфир, базальт, песчаник и камень для памятников или строительства прочий, грубо раздробленные или нераздробленные, распиленные или нераспиленные, либо разделенные другим способом на блоки или плиты прямоугольной (включая квадратную) формы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2516</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Известь негашеная, гашеная и гидравлическая, кроме оксида и гидроксида кальция, указанных в товарной позиции 2825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2522</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портландцемент, цемент глиноземистый, цемент шлаковый, цемент суперсульфатный и аналогичные гидравлические цементы, неокрашенные или окрашенные, готовые или в форме клинкеров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Брусчатка, бордюрные камни и плиты для мощения из природного камня (кроме сланца)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6801 00 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камень, обработанный (кроме сланца) для памятников или строительства, и изделия из него, кроме товаров товарной позиции 6801; кубики для мозаики и аналогичные изделия из природного камня (включая сланец) на основе или без основы; гранулы, крошка и порошок из природного камня (включая сланец), искусственно окрашенные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плиты для мощения, плитки облицовочные для полов, печей, каминов или стен керамические; кубики керамические для мозаичных работ и аналогичные изделия, на основе или без нее; керамические изделия отделочные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6907</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      Примечание: * – Товарная номенклатура внешнеэкономической деятельности Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1100,287 +2970,338 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра торговли и интеграции</w:t>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>торговли и интеграции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 мая 2021 года № 356-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения – в редакции приказа Министра торговли и интеграции РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 298-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и торговли Республики Казахстан от 29 октября 2008 года № 427 "Об утверждении объема испытаний объектов области аккредитации, подлежащего обеспечению испытательной лабораторией органа по подтверждению соответствия" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 5353).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 23 декабря 2019 года № 144 "О внесении изменений в приказ Министра индустрии и торговли Республики Казахстан от 29 октября 2008 года № 427 "Об утверждении объема испытаний объектов области аккредитации, подлежащего обеспечению испытательной лабораторией органа по подтверждению соответствия" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19794).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 14 апреля 2021 года № 277-НҚ "О внесении изменения в приказ Министра индустрии и торговли Республики Казахстан от 29 октября 2008 года № 427 "Об утверждении объема испытаний объектов области аккредитации, подлежащего обеспечению испытательной лабораторией органа по подтверждению соответствия" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22552).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>