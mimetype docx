--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e81351e" w14:textId="e81351e">
+    <w:p w14:paraId="25d809a" w14:textId="25d809a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1123,51 +1123,68 @@
         <w:t xml:space="preserve">
       3. Отбор образцов проводится ежегодно специалистами экспертной организации, осуществляющей оценку качества лекарственных средств и медицинских изделий в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 241 Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Государственный орган в срок до 1 октября направляет в экспертную организацию посредством системы электронного документооборота информацию в произвольной форме о лекарственных средствах и медицинских изделиях с выявленными несоответствиями за предыдущие 3 года по результатам фармацевтического контроля, инспектирования, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1179,370 +1196,607 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 27 января 2021 года № ҚР ДСМ-9 "Об утверждении правил проведения фармацевтических инспекций по надлежащим фармацевтическим практикам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22143) (далее – приказ № ҚР ДСМ-9), и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 23 декабря 2020 года № ҚР ДСМ-315/2020 "Об утверждении правил проведения инспекций медицинских изделий" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21898) (далее – приказ № ҚР ДСМ-315/2020), фармаконадзора в соответствии с </w:t>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 23 декабря 2020 года № ҚР ДСМ-315/2020 "Об утверждении правил проведения инспекций медицинских изделий" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21898) (далее – приказ № ҚР ДСМ-315/2020), фармаконадзора в соответствии с приказом Министра здравоохранения Республики Казахстан от 23 декабря 2020 года № ҚР ДСМ-320/2020 "Об утверждении правил проведения фармаконадзора и мониторинга безопасности, качества и эффективности медицинских изделий" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21896) (далее – приказ № ҚР ДСМ-320/2020).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная организация ежегодно в срок до 15 октября разрабатывает и направляет посредством системы электронного документооборота в адрес государственного органа план отбора образцов для оценки качества лекарственных средств и медицинских изделий, находящихся в обращении на территории Республики Казахстан, на следующий календарный год (далее – План) в произвольной форме для утверждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия несоответствий с пунктом 5 настоящих Правил, в части включения лекарственных средств и медицинских изделий в План, государственный орган в течение 5 рабочих дней со дня получения Плана направляет в экспертную организацию посредством системы электронного документооборота проект Плана на доработку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная организация в течение 3 рабочих дней с момента поступления замечаний от государственного органа направляет доработанный План на утверждение государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный орган ежегодно в срок до 1 ноября утверждает План и направляет посредством системы электронного документооборота в экспертную организацию для размещения его в свободном доступе на официальном интернет-ресурсе экспертной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра здравоохранения РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Пересмотр и внесение корректировок в План осуществляется на полугодовой основе с учетом информации от единого дистрибьютера о лекарственных средствах и медицинских изделиях по торговым наименованиям, закупленным в рамках гарантированного объема бесплатной медицинской помощи и (или) системы обязательного социального медицинского страхования после формирования плана отбора, а также по результатам государственного контроля в сфере обращения лекарственных средств и медицинских изделий, в том числе фармаконадзора и инспекций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z114" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная организация ежегодно в срок до 15 июня направляет посредством системы электронного документооборота в адрес государственного органа проект о внесении изменений и (или) дополнений в План в произвольной форме для утверждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z115" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия несоответствий с пунктом 5 настоящих Правил, в части включения лекарственных средств и медицинских изделий в План, государственный орган в течение 5 рабочих дней со дня получения проекта о внесении изменений и (или) дополнений в План направляет в экспертную организацию посредством системы электронного документооборота проект о внесении изменений и (или) дополнений в План на доработку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z116" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная организация в течение 3 рабочих дней с момента поступления проекта о внесении изменений и (или) дополнений в План направляет доработанный проект о внесении изменений и (или) дополнений в План на утверждение государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z117" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный орган в срок до 1 июля утверждает внесение изменений и (или) дополнений в План и направляет посредством системы электронного документооборота в экспертную организацию для размещения обновленного Плана в свободном доступе на официальном интернет-ресурсе экспертной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 4-1 в соответствии с приказом Министра здравоохранения РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2. Экспертная организация заключает договор с производителем (держателем регистрационных удостоверений лекарственных средств, уполномоченным представителем производителя медицинских изделий) или его доверенными лицами (далее – производитель) продукции, включенной в План, на проведение испытаний образцов продукции, отобранной с рынка с учетом риск-ориентированного подхода, в течение 15 рабочих дней с момента обращения производителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z119" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертная организация в течение 10 рабочих дней со дня заключения договора на проведение испытаний образцов продукции, отобранной с рынка с учетом риск-ориентированного подхода, формирует график отбора образцов продукции и направляет его на согласование производителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z120" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Производитель согласовывает график отбора образцов продукции в течение 30 календарных дней со дня его получения. При отсутствии согласования производителем в течение 30 календарных дней со дня получения запроса от экспертной организации, экспертная организация в течение 10 календарных дней направляет уведомление (в произвольной форме) в государственный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z121" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пересмотр или внесение корректировок в график отбора образцов продукции осуществляется экспертной организацией в течение 10 рабочих дней после получения письменного запроса (в произвольной форме) от производителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 4-2 в соответствии с приказом Министра здравоохранения РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4-3. Для принятия решения о приостановлении действующих сертификатов соответствия продукции, выданных в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 23 декабря 2020 года № ҚР ДСМ-320/2020 "Об утверждении правил проведения фармаконадзора и мониторинга безопасности, качества и эффективности медицинских изделий" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21896) (далее – приказ № ҚР ДСМ-320/2020).</w:t>
-[...218 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 20 декабря 2020 года № ҚР ДСМ-282/2020 "Об утверждении правил проведения оценки качества лекарственных средств и медицинских изделий, зарегистрированных в Республике Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21836), экспертная организация по итогам календарного года в срок до 15 января года следующего за отчетным периодом направляет в государственный орган информацию (в произвольной форме) о продукции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z103" w:id="28"/>
+    <w:bookmarkStart w:name="z123" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) включенной в план, но непрошедшей отбор, в связи с незаключением производителем договора на проведение испытаний образцов продукции, отобранной с рынка с учетом риск-ориентированного подхода;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z104" w:id="29"/>
+    <w:bookmarkStart w:name="z124" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) включенной в план, по которой заключен договор на проведение испытаний образцов продукции, отобранной с рынка с учетом риск-ориентированного подхода, но не обеспечено проведение отбора образцов в соответствии с условиями договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра здравоохранения РК от 13.01.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 3</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 4-3 в соответствии с приказом Министра здравоохранения РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1565,131 +1819,147 @@
         <w:t>
       5. Включению в План подлежат:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z106" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лекарственные средства, требующие особых условий хранения (хранящиеся при температуре до +15℃ (градусов Цельсия));</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z107" w:id="32"/>
-[...15 lines deleted...]
-      2) лекарственные средства по торговым наименованиям, закупленные в рамках гарантированного объема бесплатной медицинской помощи и (или) системы обязательного социального медицинского страхования единым дистрибьютором по состоянию на 1 декабря текущего года, за исключением орфанных лекарственных средств;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лекарственные средства и медицинские изделия по торговым наименованиям, закупленные в рамках гарантированного объема бесплатной медицинской помощи и (или) системы обязательного социального медицинского страхования единым дистрибьютором по состоянию на дату формирования плана отбора, за исключением орфанных лекарственных средств, имплантируемых медицинских изделий и медицинских изделий для диагностики in vitro, а также медицинской техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лекарственные средства, впервые зарегистрированные на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z108" w:id="33"/>
-[...15 lines deleted...]
-      3) лекарственные средства, впервые зарегистрированные на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лекарственные средства парентерального введения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z109" w:id="34"/>
-[...15 lines deleted...]
-      4) лекарственные средства парентерального введения;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) стерильные лекарственные средства и медицинские изделия, а также медицинские изделия, являющиеся средствами индивидуальной защиты, предназначенные производителем для защиты пациентов или медицинского персонала и применяемые в медицинских целях для индивидуальной защиты, за исключением имплантируемых и медицинских изделий для диагностики in vitro, а также медицинской техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z110" w:id="35"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="36"/>
+    <w:bookmarkStart w:name="z111" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) лекарственные средства и медицинские изделия с выявленными несоответствиями по результатам фармацевтического контроля, инспектирования в соответствии с приказами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1724,771 +1994,791 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-320/2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, отбора с рынка за предыдущие 3 года, а также при наличии несоответствий требованиям по качеству, о которых сообщают регуляторные органы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z112" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбор с рынка лекарственных средств и медицинских изделий, подлежащих контролю качества с учетом риск-ориентированного подхода, осуществляется ежегодно.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z112" w:id="37"/>
-[...15 lines deleted...]
-      Отбор с рынка лекарственных средств и медицинских изделий, подлежащих контролю качества с учетом риск-ориентированного подхода, осуществляется ежегодно.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра здравоохранения РК от 13.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра здравоохранения РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок отбора с рынка, в том числе в медицинских организациях, лекарственных средств и медицинских изделий, подлежащих контролю качества с учетом риск-ориентированного подхода</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок отбора с рынка, в том числе в медицинских организациях, лекарственных средств и медицинских изделий, подлежащих контролю качества с учетом риск-ориентированного подхода</w:t>
+    <w:bookmarkStart w:name="z32" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Отбор образцов проводится в организациях по производству лекарственных средств и медицинских изделий, организациях, осуществляющих оптовую и розничную реализацию лекарственных средств и медицинских изделий (аптеки, в том числе осуществляющие реализацию через Интернет, аптечные пункты в организациях здравоохранения, аптечные, дистрибьюторские склады, складах временного хранения лекарственных средств, медицинских изделий, магазины оптики, магазины медицинских изделий), а также в организациях здравоохранения в присутствии представителя производителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z32" w:id="39"/>
-[...15 lines deleted...]
-      6. Отбор образцов проводится в организациях по производству лекарственных средств и медицинских изделий, организациях, осуществляющих оптовую и розничную реализацию лекарственных средств и медицинских изделий (аптеки, в том числе осуществляющие реализацию через Интернет, аптечные пункты в организациях здравоохранения, аптечные, дистрибьюторские склады, складах временного хранения лекарственных средств, медицинских изделий, магазины оптики, магазины медицинских изделий), а также в организациях здравоохранения в присутствии представителя производителя.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Отбор образцов осуществляется в количестве, необходимом для однократного проведения лабораторных испытаний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z33" w:id="40"/>
-[...15 lines deleted...]
-      7. Отбор образцов осуществляется в количестве, необходимом для однократного проведения лабораторных испытаний.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отборе образцов составляется акт отбора образцов продукции по форме согласно приложению к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z34" w:id="41"/>
-[...15 lines deleted...]
-      При отборе образцов составляется акт отбора образцов продукции по форме согласно приложению к настоящим Правилам.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Одновременно с отбором образцов продукции на испытания производится отбор контрольных образцов в количествах, равных количеству отобранных образцов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z35" w:id="42"/>
-[...15 lines deleted...]
-      8. Одновременно с отбором образцов продукции на испытания производится отбор контрольных образцов в количествах, равных количеству отобранных образцов.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Отбору образцов подлежат готовые лекарственные средства в потребительской упаковке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z36" w:id="43"/>
-[...15 lines deleted...]
-      9. Отбору образцов подлежат готовые лекарственные средства в потребительской упаковке.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При отборе образцов принимаются меры предосторожности, учитывая токсичность, взрывоопасность, огнеопасность, гигроскопичность лекарственных средств, а также для предохранения их от загрязнений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z37" w:id="44"/>
-[...15 lines deleted...]
-      10. При отборе образцов принимаются меры предосторожности, учитывая токсичность, взрывоопасность, огнеопасность, гигроскопичность лекарственных средств, а также для предохранения их от загрязнений.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбор образцов проводится с соблюдением условий, исключающих ухудшение качества лекарственных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z38" w:id="45"/>
-[...15 lines deleted...]
-      Отбор образцов проводится с соблюдением условий, исключающих ухудшение качества лекарственных средств.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Способы отбора образцов гарантируют неизменность химического состава препарата в интервале между его отбором и анализом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z39" w:id="46"/>
-[...15 lines deleted...]
-      Способы отбора образцов гарантируют неизменность химического состава препарата в интервале между его отбором и анализом.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Образцы отбирают из неповрежденных упаковочных единиц, укупоренных и упакованных согласно нормативной документации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z40" w:id="47"/>
-[...15 lines deleted...]
-      Образцы отбирают из неповрежденных упаковочных единиц, укупоренных и упакованных согласно нормативной документации.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Для проведения испытания лекарственных средств на соответствие требованиям нормативного документа проводят многоступенчатый отбор образцов. Образцы в каждой ступени отбирают случайным образом в пропорциональных количествах из единиц, отобранных в предыдущей ступени. Число ступеней определяется видом упаковки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z41" w:id="48"/>
-[...15 lines deleted...]
-      11. Для проведения испытания лекарственных средств на соответствие требованиям нормативного документа проводят многоступенчатый отбор образцов. Образцы в каждой ступени отбирают случайным образом в пропорциональных количествах из единиц, отобранных в предыдущей ступени. Число ступеней определяется видом упаковки.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первая ступень: отбор единиц упаковочной тары (ящиков, коробок, мешков, бутылей, барабанов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z42" w:id="49"/>
-[...15 lines deleted...]
-      Первая ступень: отбор единиц упаковочной тары (ящиков, коробок, мешков, бутылей, барабанов);</w:t>
+    <w:bookmarkStart w:name="z43" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вторая ступень: отбор упаковочных единиц, находящихся в упаковочной таре (коробок, флаконов, банок);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z43" w:id="50"/>
-[...15 lines deleted...]
-      Вторая ступень: отбор упаковочных единиц, находящихся в упаковочной таре (коробок, флаконов, банок);</w:t>
+    <w:bookmarkStart w:name="z44" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Третья ступень: отбор продукции в первичной упаковке (ампул, туб, контурных упаковок).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z44" w:id="51"/>
-[...15 lines deleted...]
-      Третья ступень: отбор продукции в первичной упаковке (ампул, туб, контурных упаковок).</w:t>
+    <w:bookmarkStart w:name="z45" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет количества отбираемой продукции на каждой ступени осуществляется по формуле 0,4 √n, где n - количество образцов данной ступени одной серии (партии). Полученное в результате подсчета по формуле дробное число округляют в сторону увеличения до целого числа, которое не менее 3 и не более 30.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z45" w:id="52"/>
-[...15 lines deleted...]
-      Расчет количества отбираемой продукции на каждой ступени осуществляется по формуле 0,4 √n, где n - количество образцов данной ступени одной серии (партии). Полученное в результате подсчета по формуле дробное число округляют в сторону увеличения до целого числа, которое не менее 3 и не более 30.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае недостаточного количества образцов для проведения испытания повторно отбирают образцы, как указано выше.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z46" w:id="53"/>
-[...15 lines deleted...]
-      В случае недостаточного количества образцов для проведения испытания повторно отбирают образцы, как указано выше.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Из отобранных на последней ступени упаковочных единиц после контроля по внешнему виду берут образец в количестве, необходимом для проведения лабораторных испытаний в соответствии с требованиями нормативных документов (с учетом испытания на микробиологическую чистоту, стерильность).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z47" w:id="54"/>
-[...15 lines deleted...]
-      Из отобранных на последней ступени упаковочных единиц после контроля по внешнему виду берут образец в количестве, необходимом для проведения лабораторных испытаний в соответствии с требованиями нормативных документов (с учетом испытания на микробиологическую чистоту, стерильность).</w:t>
+    <w:bookmarkStart w:name="z48" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для твердых дозированных лекарственных средств расчет количества единиц, требуемых для проведения микробиологического контроля, осуществляется путем деления требуемого количества образца в граммах (50 г) на среднюю массу таблетки (драже, капсулы, суппозитория). Образцы лекарственных средств для инъекций и глазных капель отбираются с учетом испытаний на механические включения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z48" w:id="55"/>
-[...15 lines deleted...]
-      Для твердых дозированных лекарственных средств расчет количества единиц, требуемых для проведения микробиологического контроля, осуществляется путем деления требуемого количества образца в граммах (50 г) на среднюю массу таблетки (драже, капсулы, суппозитория). Образцы лекарственных средств для инъекций и глазных капель отбираются с учетом испытаний на механические включения.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Отобранные образцы изолируют от основной продукции, упаковывают, опечатывают на месте отбора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z49" w:id="56"/>
-[...15 lines deleted...]
-      12. Отобранные образцы изолируют от основной продукции, упаковывают, опечатывают на месте отбора.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отобранные образцы лекарственных средств направляются на контроль в упаковке, предусмотренной нормативным документом и обеспечивающей ее сохранность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z50" w:id="57"/>
-[...15 lines deleted...]
-      Отобранные образцы лекарственных средств направляются на контроль в упаковке, предусмотренной нормативным документом и обеспечивающей ее сохранность.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Отбору образцов подлежат готовые медицинские изделия в потребительской упаковке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z51" w:id="58"/>
-[...15 lines deleted...]
-      13. Отбору образцов подлежат готовые медицинские изделия в потребительской упаковке.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Перед отбором образцов производится внешний осмотр упаковки, определяется ее качество, целостность, а также соответствие тары и упаковки требованиям нормативной документации. Одновременно проверяются температурные условия хранения медицинских изделий (температурный режим, влажность) по применимости.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z52" w:id="59"/>
-[...15 lines deleted...]
-      14. Перед отбором образцов производится внешний осмотр упаковки, определяется ее качество, целостность, а также соответствие тары и упаковки требованиям нормативной документации. Одновременно проверяются температурные условия хранения медицинских изделий (температурный режим, влажность) по применимости.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Отбор образцов проводится с соблюдением условий, исключающих ухудшение качества медицинских изделий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z53" w:id="60"/>
-[...15 lines deleted...]
-      15. Отбор образцов проводится с соблюдением условий, исключающих ухудшение качества медицинских изделий.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Образцы отбирают из неповрежденных упаковок, согласно нормативной документации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z54" w:id="61"/>
-[...15 lines deleted...]
-      Образцы отбирают из неповрежденных упаковок, согласно нормативной документации.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В процессе отбора образцов медицинских изделий в общем случае учитывается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z55" w:id="62"/>
-[...15 lines deleted...]
-      16. В процессе отбора образцов медицинских изделий в общем случае учитывается:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) однородность партии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z56" w:id="63"/>
-[...15 lines deleted...]
-      1) однородность партии;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представительность выборки по составу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z57" w:id="64"/>
-[...15 lines deleted...]
-      2) представительность выборки по составу;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представительность выборки по количеству;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z58" w:id="65"/>
-[...15 lines deleted...]
-      3) представительность выборки по количеству;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) соответствие образцов идентификационным признакам продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z59" w:id="66"/>
-[...15 lines deleted...]
-      4) соответствие образцов идентификационным признакам продукции.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Отбираемые образцы по конструкции, составу и технологии изготовления соответствуют продукции, предназначенной для реализации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z60" w:id="67"/>
-[...15 lines deleted...]
-      17. Отбираемые образцы по конструкции, составу и технологии изготовления соответствуют продукции, предназначенной для реализации.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Выборка по составу образцов отражает всю совокупность однородной продукции, являющейся объектом оценки качества с учетом различия свойств отдельных типов (марок, размеров, типов, моделей) такой совокупности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z61" w:id="68"/>
-[...15 lines deleted...]
-      18. Выборка по составу образцов отражает всю совокупность однородной продукции, являющейся объектом оценки качества с учетом различия свойств отдельных типов (марок, размеров, типов, моделей) такой совокупности.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. При отборе образцов медицинских изделий типоразмерного ряда однородной продукции или медицинского изделия, входящего в набор или комплект, в выборку включаются образцы из различных серий, которые распределяются для проведения испытаний по различным показателям качества в соответствии с нормативным документом по качеству медицинского изделия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z62" w:id="69"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2671,108 +2961,108 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="70"/>
+    <w:bookmarkStart w:name="z65" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Акт отбора образцов продукции</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z66" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от "___" _________ 20___ года № ____________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z66" w:id="71"/>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z67" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="71"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Наименование организации:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">__________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3109,64 +3399,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(страна, организация и адрес) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z68" w:id="73"/>
+      <w:bookmarkStart w:name="z68" w:id="72"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Поставщик:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">__________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4078,184 +4368,184 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="74"/>
+    <w:bookmarkStart w:name="z69" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контрольные образцы в количествах, равных количеству отобранных образцов, отобраны, опечатаны и хранятся в надлежащих условиях в течение срока действия сертификата соответствия продукции у субъекта в сфере обращения лекарственных и медицинских изделий.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z70" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представитель экспертной организации:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z70" w:id="75"/>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z71" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z71" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________ ________________________________________  </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             подпись             ФИО (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z72" w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Производитель</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">             подпись             ФИО (при наличии)</w:t>
-[...35 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (представитель производителя):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z73" w:id="78"/>
+      <w:bookmarkStart w:name="z73" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________ ________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             подпись             ФИО (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>