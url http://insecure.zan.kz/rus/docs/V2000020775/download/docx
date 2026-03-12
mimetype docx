--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43953fc" w14:textId="43953fc">
+    <w:p w14:paraId="498f352" w14:textId="498f352">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,288 +103,276 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра юстиции Республики Казахстан от 28 мая 2020 года № 62. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 мая 2020 года № 20775.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра юстиции РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...88 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Правила оказания государственной услуги "Проведение аттестации лиц претендующих на право занятия нотариальной деятельностью" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Правила оказания государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -457,150 +445,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые приказы Министра юстиции Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан в установленном законодательством порядке обеспечить государственную регистрацию настоящего приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего Вице-министра юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -732,64 +720,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. Пан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z14" w:id="7"/>
+      <w:bookmarkStart w:name="z14" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство цифрового </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -820,64 +808,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="8"/>
+      <w:bookmarkStart w:name="z15" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -958,2700 +946,2030 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>и.о. Министра юстиции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>от 28 мая 2020 года № 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции приказа Министра юстиции РК от 25.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 191</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z341" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z342" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью" (далее – Правила) разработаны Министерством юстиции Республики Казахстан (далее – Министерство) в соответствии с подпунктом 1) </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+      1. Настоящие Правила оказания государственной услуги "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью" (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" и определяют порядок оказания государственной услуги "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z343" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная услуга оказывается Департаментами юстиции областей, городов республиканского значения и столицы (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z344" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В Правилах используются следующие основные понятия и сокращения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z345" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугополучатель – физическое лицо, претендующее на занятие профессиональной деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z346" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оператор тестирования – оператор, обеспечивающий организацию процедур тестирования и техническое сопровождение ИС "Программное обеспечение для проведения комплексного тестирования на право занятия профессиональной деятельностью и присвоения квалификации в автоматизированном режиме" (далее – Оператор тестирования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z347" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z348" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) портал – веб-портал "электронного правительства" www.egov.kz, www.elicense.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z349" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Принцип "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z350" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...105 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z351" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга оказывается для проведения аттестации лиц, претендующих на право занятия нотариальной деятельностью (далее – аттестация).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z352" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель для получения государственной услуги направляет услугодателю заявление через портал в форме электронного документа согласно приложению 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z353" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если претендент имеет стойкие физические ограничения, препятствующие самостоятельному прохождению процедур аттестации (в том числе нарушения зрения либо функций верхних конечностей), допускается участие помощника исключительно для оказания технического содействия без права разъяснения заданий, формулирования ответов либо иного влияния на результаты аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z354" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень основных требований к оказанию государственной услуги (далее – Перечень), включающий наименование государственной услуги, наименование услугодателя, способы предоставления государственной услуги, срок оказания государственной услуги, форму оказания государственной услуги, результат оказания государственной услуги, размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан, график работы услугодателя, перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги и основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в Перечне согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z355" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z356" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При даче услугополучателем заявления через портал в личный кабинет направляется статус о принятии запроса на оказание государственной услуги, а также уведомление с указанием даты и времени получения результата оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z357" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о документе, удостоверяющем личность услугополучателя, о состоянии/не состоянии на учете в организациях, оказывающих медицинскую помощь в области психического здоровья, по поводу психических, поведенческих расстройств (заболеваний), в том числе связанных с употреблением психоактивных веществ, услугодатель получает из государственных инфармационных систем через шлюз "электронного правительства"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z358" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в течение 1 (одного) рабочего дня с момента поступления документов осуществляет их прием и регистрацию. Через портал услугополучателю в личный кабинет направляется статус о принятии заявления на государственную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z359" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z360" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Лицо, претендующее на право занятия нотариальной деятельностью и успешно прошедшее стажировку у нотариуса, занимающегося частной практикой, или у государственного нотариуса (далее – услугополучатель) направляет в Комиссию по аттестации лиц, претендующих на право занятия нотариальной деятельностью (далее – Комиссия), создаваемой при Департаментах юстиции областей, городов республиканского значения и столицы через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz документы по месту жительства, указанные в пункте 8 Стандарта государственной услуги "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью" (далее-Стандарт) в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) согласно </w:t>
-[...21 lines deleted...]
-    </w:p>
+      7. Услугодатель в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z361" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае предоставления услугополучателем полного пакета документов услугодатель проверяет документы на соответствие квалификационным требованиям и перечню документов, подтверждающих соответствие им для осуществления нотариальной деятельности, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра юстиции Республики Казахстан от 20 января 2015 года № 20, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10270).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z362" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неполноты сведений в заявлении, услугодатель в срок не позднее 2 (двух) рабочих дней со дня из поступления, дает мотивированный отказ в дальнейшем рассмотрении заявления. Отказ выдается в форме электронного документа, подписывается ЭЦП уполномоченного лица услугодателя и направляется в личный кабинет услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z363" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Документы услугополучателя о допуске к аттестации рассматриваются услугодателем в течение 5 (пяти) рабочих дней с момента регистрации документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z364" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Основания для отказа в оказании государственной услуги предусмотрены в пункте 9 Перечня основных требований к оказанию государственной услуги "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью" утвержденные Приложением 1 к настоящим Правилам проведения аттестации лиц, претендующих на право занятия нотариальной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z365" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Для отказа в оказании государственной услуги услугодатель в течение 3 (трех) рабочих дней уведомляет услугополучателя о предварительном решении об отказе государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z366" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Возражение услугополучателя по предварительному решению принимается услугодателем в течение 2 (двух) рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z367" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. По результатам заслушивания услугодатель выносит мотивированное решение о допуске либо об отказе в допуске претендента к аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z368" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Решение об отказе в допуске к аттестации направляется услугодателем услугополучателю посредством передачи на его абонентский номер короткого текстового сообщения или через портал в личный кабинет не позднее 10 (десяти) рабочих дней с момента регистрации заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z369" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель, допущенный к аттестации, уведомляется услугодателем о месте, дате, времени, порядке проведения аттестации посредством передачи на его абонентский номер короткого текстового сообщения или через портал в личный кабинет в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z370" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугодатель в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации направляет оператору тестирования список лиц, допущенных к аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z371" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Аттестация проводится в технически оснащенных залах тестирования Оператора тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z372" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аттестация состоит из двух этапов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z373" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) комплексного компьютерного тестирования на знание законодательства Республики Казахстан (100 вопросов: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодекс Республики Казахстан – 15, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Земельный кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан – 15, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О браке (супружестве) и семье" – 15, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процедурно-процессуальный кодекс Республики Казахстан – 5, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции" – 5, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" – 5, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной регистрации прав на недвижимое имущество" – 10, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О жилищных отношениях" – 15, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О нотариате" – 15);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z374" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) компьютерного тестирования на проверку должного уровня практических навыков (3 ситуационные задачи по 12 вопросов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z375" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Перечень вопросов, подлежащих включению в аттестационные тесты, формируется Министерством юстиции Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z376" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Содержание практического задания для второго этапа аттестации формируется Республиканской нотариальной палаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z377" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Вопросы на знание норм законодательства Республики Казахстан содержат не менее трех вариантов ответа с одним правильным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z378" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вопросы на проверку должного уровня практических навыков содержат не менее трех вариантов ответа с одним правильным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z379" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Вопросы аттестации и ответы к ним являются конфиденциальной информацией и не подлежат распространению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z380" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Раскрытие вопросов аттестации и ответов к ним услугополучателю после проведения аттестации не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z381" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам аттестации услугополучателю Оператором тестирования выдается сертификат или справка об общем количестве набранных баллов (проценте правильных ответов) и о прохождении либо непрохождении тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z382" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство юстиции Республики Казахстан передает Оператору тестирования вопросы аттестации и ответы к ним посредством электронного носителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z383" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Передача вопросов аттестации и ответов к ним по техническим каналам открытых видов связи (телефонная, факсимильная связь общего пользования, радиосвязь, спутниковая и сотовая (подвижная (мобильная) связь, сеть Интернет) не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z384" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обработка, использование, хранение, учет и уничтожение вопросов аттестации и ответов к ним должны осуществляться на средствах вычислительной техники (далее – СВТ) без возможности скачивания, пересылки документов и подключения к Интернету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z385" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доступ к магнитным носителям информации на СВТ, на котором будет производиться тестирование должен быть заблокирован.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z386" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. При явке на аттестацию услугополучателю необходимо иметь при себе документ, удостоверяющий его личность либо цифровое удостоверение личности из сервиса цифровых документов (для идентификации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z387" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Перед прохождением аттестации Оператор тестирования информирует услугополучателя о порядке проведения этапов аттестации и их продолжительности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z388" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Услугополучатель по своему выбору проходит аттестацию на государственном или русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z389" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. При проведении аттестации не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z390" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z391" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения указанных требований Оператором тестирования составляется акт о нарушении с отстранением услугополучателя от текущей аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z392" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Услугополучатель, отстраненный от аттестации, повторно подает заявление о допуске к аттестации по истечении 3 (трех) месяцев со дня вынесения решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z393" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. В случае установления услугодателем технических неполадок и/или ошибок в процессе компьютерного тестирования либо в практических заданиях (не зависящих от услугополучателя), которая подтверждается актом технического сбоя, услугодатель принимает решение о допуске на второй этап аттестации путем направления мотивированного письма в адрес Оператора тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z394" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для допуска на второй этап аттестации является наличие ошибок (не зависящих от услугополучателя) в правильно отмеченных ответах услугополучателя, позволяющие ему набрать 70 % (семьдесят) и более от общего числа предложенных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z395" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При установлении ошибок (не зависящих от услугополучателя) в практических заданиях услугополучателю выдается мотивированное решение об аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z396" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. При невозможности продолжения тестирования вследствие непреодолимой силы (стихийные явления, военные действия), а также по причине технических неполадок тестирование приостанавливается и оформляется акт о приостановлении процедуры тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z397" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае услугополучатель повторно проходит аттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z398" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Общее время, отведенное на выполнение комплексного компьютерного тестирования на знание законодательства – 90 (девяносто) минут (100 вопросов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z399" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общее время, отведенное на выполнение теста на проверку должного уровня практических навыков – 30 (тридцать) минут (не менее 12 вопросов к 3 практическим ситуациям).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z400" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для лиц, имеющие стойкие физические ограничения, препятствующие самостоятельному прохождению процедур аттестации (в том числе нарушения зрения либо функций верхних конечностей):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z401" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на выполнение комплексного компьютерного тестирования на знание законодательства Республики Казахстан дополнительно предоставляется 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z402" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на выполнение компьютерного тестирования на проверку должного уровня практических навыков дополнительно предоставляется 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z403" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Услугополучатель считается прошедшим комплексное компьютерное тестирование на знание законодательства Республики Казахстан, если количество правильных ответов составляет 70 % (семьдесят) и более от общего числа предложенных вопросов, и допускается ко второму этапу компьютерного тестирования на проверку должного уровня практических навыков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z404" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель считается прошедшим компьютерное тестирование на проверку должного уровня практических навыков, если количество правильных ответов составляет 65 % (шестьдесят пять) и более от общего числа предложенных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z405" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель считается прошедшим аттестацию при положительном прохождении двух этапов аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z406" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Кандидаты, получившие результаты аттестации ниже установленных значений, допускаются к повторной аттестации по истечении 3 (трех) месяцев со дня прохождения тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z407" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Результаты прохождения каждого этапа аттестации направляются Оператором тестирования услугодателю в течение 1 (одного) рабочего дня после прохождения услугополучателем последнего этапа аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z408" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Результатом оказания государственной услуги является мотивированное решение об аттестации/неаттестации по форме, согласно приложениям 1 к настоящему Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z409" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат оказания государственной услуги оформляется в электронной форме, заверяется ЭЦП уполномоченного лица услугодателя и направляется в личный кабинет услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z410" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Услугополучатель, не явившийся на аттестацию по уважительной причине (болезнь, смерть близкого родственника и обстоятельства непреодолимой силы), при представлении заявления и подтверждающих документов может пройти тестирование в другой день, установленный услугодателем. При этом заявление должно быть предоставлено не позднее 5 рабочих дней со дня пропуска тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z411" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю, не явившемуся на аттестацию без уважительной причины отказывается в оказании государственной услуги. В этом случае услугополучатель повторно подает заявление о допуске к аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z412" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Решение об аттестации является действительным в течение трех лет со дня его вынесения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z413" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...71 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Пробное тестирование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z414" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Услугополучатель в целях проверки знаний законодательства Республики Казахстан в сфере нотариата, а также подготовки к прохождению аттестации имеет возможность пройти пробное тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z415" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты пробного тестирования не являются основанием для вынесения мотивированного решения об аттестации/неаттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z416" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Условия и порядок прохождения услугополучателем пробного тестирования устанавливается Оператором тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z417" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...224 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) услугодателей, и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z418" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Жалоба подается на имя руководителя услугодателя www.adilet.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z419" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба принимается в письменной форме по почте, посредством веб-портала "электронного правительства" либо нарочно через канцелярию услугодателя или Министерства юстиции Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z420" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. В случае предоставления услугополучателем полного пакета документов услугодатель проверяет документы на соответствие </w:t>
-[...1836 lines deleted...]
-      Жалоба услугополучателя, поступившая в адрес услугодателя или Министерства, подлежит рассмотрению в соответствии с </w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя или Министерства юстиции Республики Казахстан, подлежит рассмотрению в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Административным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> процедурно-процессуальным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z421" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте, посредством веб-портала "электронного правительства" либо выдается нарочно в канцелярии услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z422" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из личного кабинета доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z423" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг либо в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...158 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3685,254 +3003,246 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к правилам</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+              <w:t>к правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Проведение аттестации на</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>право занятия нотариальной деятельностью"</w:t>
+              <w:t>"Проведение аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на право занятия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нотариальной деятельностью"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="60"/>
+          <w:bookmarkStart w:name="z425" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стандарт государственной услуги</w:t>
-[...20 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень основных требований к оказанию государственной услуги "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью" (далее-Перечень)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z427" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3958,207 +3268,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Департаменты юстиции областей, городов республиканского значения и столицы (далее - услугодатель)</w:t>
+Департаменты юстиции областей, городов республиканского значения и столицы (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z431" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал)</w:t>
+веб – портал "электронного правительства" www.egov.kz; www.elicense.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z435" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4210,68 +3544,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z439" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4297,94 +3643,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная) /оказываемая по принципу "одного заявления"</w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z443" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4409,129 +3767,161 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Решение об аттестации либо решение о неаттестации</w:t>
+              <w:t xml:space="preserve">
+Решение об аттестации либо решение о неаттестации по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам проведения аттестации лиц претендующих на право занятия нотариальной деятельностью, утвержденных приказом и.о. Министра юстиции Республики Казахстан от 28 мая 2020 года № 62 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20775)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z447" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="100"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4549,571 +3939,594 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z451" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="101"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодатель – с понедельника по пятницу, с 9-00 до 18-30 часов, с перерывом на обед с 13-00 до 14-30 часов, кроме выходных и праздничных дней;</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="61"/>
+услугодатель – с понедельника по пятницу, с 8-00 до 17-30 часов, с перерывом на обед с 12-00 до 13-30 часов, кроме выходных и праздничных дней;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t>портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и результаты оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z455" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="102"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- заявление;</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="62"/>
+1) заявление о допуске к аттестации по форме согласно приложению 1 настоящему Перечню;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>- форма сведений для прохождения аттестации на право занятия нотариальной деятельностью;</w:t>
+              <w:t>2) форма сведений для прохождения аттестации на право занятия нотариальной деятельностью по форме согласно приложению 2 настоящему Перечню;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан.</w:t>
+              <w:t>Сведения о документе, удостоверяющем личность услугополучателя, о состоянии/не состоянии на учете в организациях, оказывающих медицинскую помощь в области психического здоровья, по поводу психических, поведенческих расстройств (заболеваний), в том числе связанных с употреблением психоактивных веществ, услугодатель получает из государственных инфармационных систем через шлюз "электронного правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z459" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+              <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z463" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="104"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5124,170 +4537,117 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>1) интернет-ресурсе Министерства: - www.adilet.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>2) портале.</w:t>
+              <w:t>2) портале. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...28 lines deleted...]
-По выбору услугополучателя государственная услуга может оказываться по принципу "одного заявления" в совокупности с государственной услугой "Выдача лицензии на право занятия нотариальной деятельностью".</w:t>
+              <w:t>По выбору услугополучателя государственная услуга может оказывается по принципу "одного заявления" в совокупности с государственной услугой "Выдача лицензии на право занятия нотариальной деятельностью".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5326,51 +4686,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Форма заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5391,308 +4751,524 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Председателю аттестационной </w:t>
+              <w:t>Департамент юстиции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>комиссии юстиции на право</w:t>
+              <w:t>области, города</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">занятия нотариальной </w:t>
+              <w:t>республиканского значения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">деятельностью </w:t>
-[...77 lines deleted...]
-              <w:t>контактные данные)</w:t>
+              <w:t>столицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="65"/>
+    <w:bookmarkStart w:name="z469" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                          Заявление о допуске к аттестации</w:t>
-[...119 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
+        <w:t xml:space="preserve"> Заявление о допуске к аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z470" w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас допустить меня к аттестации на право занятия нотариальной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за предоставление достоверных сведений несу персональную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все указанные данные являются официальными контактами и на них может быть</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>направлена любая информация по вопросам допуска или отказа к прохождению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестации; заявителю не запрещено судом заниматься лицензируемым видом и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подвидом деятельности; все прилагаемые документы соответствуют</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действительности и являются действительными; заявитель согласен на использование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>персональных данных ограниченного доступа, составляющих охраняемую законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах, при выдаче лицензии и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения к лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Физическое лицо _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень прилагаемых документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-а) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) и подпись услугополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата подачи заявления ________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5732,537 +5308,754 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="71"/>
+    <w:bookmarkStart w:name="z472" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Форма сведений для прохождения аттестации на право занятия </w:t>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="74"/>
+        <w:t xml:space="preserve"> Форма сведений для прохождения аттестации на право занятия нотариальной деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z473" w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) физического лица, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z474" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       I. Сведения о дипломе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...96 lines deleted...]
-      5. документ подтверждающих прохождение процедуры нострификации или признания в соответствии с </w:t>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z475" w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. наименование высшего учебного заведения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z476" w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. шифр специальности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z477" w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. номер диплома</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z478" w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. дата выдачи диплома</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z479" w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Документ, подтверждающий прохождение процедуры нострификации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли признания в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании":</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="83"/>
+        <w:t xml:space="preserve"> Республики Казахстан "Об образовании":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z480" w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. серия и номер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z481" w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. основание: дата и номер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z482" w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. регистрационный номер и дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z483" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       II. Заключение о прохождении стажировки у нотариуса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z484" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. дата утверждения заключения о прохождении стажировки у нотариуса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...176 lines deleted...]
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z485" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. нотариальная палата ____________________________________области/города</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z486" w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. руководитель стажировки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z487" w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. стаж нотариальной деятельности руководителя стажировки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z488" w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. дата начала стажировки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z489" w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. дата окончания стажировки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z490" w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физическое лицо</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата: _______________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6296,103 +6089,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оказания государственной услуги</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Проведение аттестации лиц,</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>претендующих на право</w:t>
+              <w:t>"Проведение аттестации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>занятия нотариальной деятельностью"</w:t>
+              <w:t>лиц, претендующих на право</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занятия нотариальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельностью"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6418,69 +6237,320 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="93"/>
+    <w:bookmarkStart w:name="z494" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                Решение об аттестации</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
+        <w:t xml:space="preserve"> Решение об аттестации/неаттестации претендента на право занятия нотариальной деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z495" w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город_____</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="127"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата___________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z498" w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Признать аттестованным/неаттестованным</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6514,309 +6584,1260 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>город ______________</w:t>
-[...64 lines deleted...]
-              <w:t>"__" _______20____ года.</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...186 lines deleted...]
-        <w:t>Председатель Комиссии Секретарь Комиссии</w:t>
+    <w:bookmarkStart w:name="z143" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z144" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z145" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила оказания государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью" (далее – Правила) разработаны Министерством юстиции Республики Казахстан (далее – Министерство) в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок оказания государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z146" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z147" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Лицо, претендующее на право занятия нотариальной деятельностью (далее – услугополучатель) направляет через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz документы на получение или переоформление лицензии, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью" (далее – Перечень) в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z338" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По выбору услугополучателя государственная услуга может оказываться по принципу "одного заявления" в совокупности с государственной услугой "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z339" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Переоформление лицензии осуществляется в случае изменения фамилии, имени, отчества (при его наличии) услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра юстиции РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга "Выдача лицензии на право занятия нотариальной деятельностью" (далее – государственная услуга) оказывается Комитетом регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра юстиции РК от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в Перечне. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z340" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сведения о документе, удостоверяющем личность услугополучателя, о лицензии, о наличии либо отсутствии судимости и о состоянии/не состоянии на диспансерном учете у нарколога и психиатра услугодатель получает из соответствующих информационных систем через шлюз "электронного правительства". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра юстиции РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Канцелярия услугодателя в день поступления документов на получение лицензии регистрирует их и передает ответственному исполнителю на исполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра юстиции РК от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ответственный исполнитель услугодателя в течении 2 (двух) рабочих дней с момента принятия документов для получения государственной услуги проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z156" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неполноты представленных документов для получения государственной услуги, услугодатель в указанные сроки дает мотивированный отказ в приеме заявления с указанием оснований и причины и направляет в "личный кабинет" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z157" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В случае полноты предоставленных документов на получение лицензии, услугодатель в течение 11 (одиннадцати) рабочих дней проверяет услугополучателя на соответствие квалификационным требованиям, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра юстиции Республики Казахстан от 20 января 2015 года № 20 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10270) (далее – квалификационные требования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z277" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При соответствии предоставленных документов услугополучателя квалификационным требованиям государственная услуга оказывается в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z278" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для отказа в оказании государственной услуги услугодатель уведомляет услугополучателя о предварительном решении об отказе государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z279" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возражение услугополучателя по предварительному решению принимается услугодателем в течение 2 рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z280" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Результатом оказания государственной услуги является лицензия на право занятия нотариальной деятельностью по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам или мотивированный ответ об отказе в выдаче либо переоформлении лицензии направленное услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра юстиции РК от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Заявление физического лица для переоформления лицензии по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам подается через веб-портал "электронного правительства" в форме электронного документа, подписанного ЭЦП в течение 30 (тридцати) календарных дней с момента замены документа, удостоверяющего личность услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z282" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о смене фамилии, имени, отчества (при его наличии) услугодатель получает из государственной базы данных "Физические лица" через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z283" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия сведений о смене фамилии, имени, отчества (при его наличии) процесс формирования электронного заявления завершается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z284" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Веб-портал "электронного правительства" полностью автоматически обрабатывает и формирует результат оказания государственной услуги по заявлению услугополучателя в рабочий день в течение 20 (двадцати) минут без участия услугодателя путем подписания результата оказания государственной услуги транспортной подписью веб-портала "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z285" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Результат оказания государственной услуги направляется услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного транспортной подписью веб-портала "электронного правительства" по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра юстиции РК от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба подается на имя руководителя услугодателя www.adilet.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба принимается в письменной форме по почте, посредством веб-портала "электронного правительства" либо нарочно через канцелярию услугодателя или Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес услугодателя или Министерства, подлежит рассмотрению в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процедурно-процессуальным кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте, посредством веб-портала "электронного правительства" либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг либо в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра юстиции РК от 24.09.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 827</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6852,2191 +7873,147 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к Правилам</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оказания государственной услуги</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Проведение аттестации лиц,</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>претендующих на право</w:t>
+              <w:t>"Выдача лицензии на право</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>занятия нотариальной деятельностью"</w:t>
-[...64 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>занятия нотариальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="95"/>
-[...551 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью" (далее – Правила) разработаны Министерством юстиции Республики Казахстан (далее – Министерство) в соответствии с подпунктом 1) </w:t>
-[...56 lines deleted...]
-</w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра юстиции РК от 25.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...1393 lines deleted...]
-        <w:t>№ 1007</w:t>
+        <w:t>№ 191</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -9065,50 +8042,101 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень основных требований к оказанию государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью" (далее – Перечень)</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование подвида государственной услуги:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Выдача лицензии на право занятия нотариальной деятельностью;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Переоформление лицензии на право занятия нотариальной деятельностью.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9288,51 +8316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-веб-портал "электронного правительства" www.egov.kz, www.elicense.kz</w:t>
+веб-портал "электронного правительства" www.egov.kz www.elicense.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9401,68 +8429,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-при выдаче лицензии – 15 (пятнадцать) рабочих дней;</w:t>
+1) при выдаче лицензии – 15 (пятнадцать) рабочих дней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) при переоформлении лицензии – 20 (двадцать) минут</w:t>
+              <w:t>2) при переоформлении лицензии – 20 (двадцать) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9531,51 +8559,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная) /оказываемая по принципу "одного заявления"</w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9757,105 +8785,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- За выдачу, переоформление лицензии на право занятия нотариальной деятельностью взимается лицензионный сбор за право занятия отдельными видами деятельности, который в соответствии со </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" составляет:</w:t>
+За выдачу, переоформление лицензии на право занятия нотариальной деятельностью взимается лицензионный сбор за право занятия отдельными видами деятельности, который в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 616</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Налогового Кодекса Республики Казахстан составляет:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) выдача лицензии – 6 месячных расчетных показателей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) переоформление лицензии составляет – 10 % от ставки при выдаче лицензии, но не более 4 месячных расчетных показателей.</w:t>
+              <w:t>2) переоформление лицензии – 10 % от ставки при выдаче лицензии.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9888,104 +8916,104 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодатель – с понедельника по пятницу, с 9-00 до 18-30 часов, с перерывом на обед с 13-00 до 14-30 часов, кроме выходных и праздничных дней;</w:t>
+1) услугодатель – с понедельника по пятницу, с 8-00 до 17-30 часов, с перерывом на обед с 12-00 до 13-30 часов, кроме выходных и праздничных дней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем)</w:t>
+              <w:t>2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10018,617 +9046,206 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для лиц, прошедших стажировку и аттестацию:</w:t>
+Для получения лицензии на право занятия нотариальной деятельностью:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) заявление;</w:t>
+              <w:t>1) заявление физического лица для получения лицензии по форме согласно приложению 1 к настоящему Перечню;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) форма сведений, содержащих информацию о соответствии квалификационных требований к виду деятельности, включающее в себя сведения:</w:t>
+              <w:t>2) форма сведений для осуществления адвокатской деятельности по форме согласно приложению 2 к настоящему Перечню;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Для лиц, прошедших стажировку и аттестацию указываются сведения:</w:t>
+              <w:t>3) электронная копия документа, подтверждающего уплату в бюджет лицензионного сбора за право занятия отдельными видами деятельности, за исключением случаев оплаты через ПШЭП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>о решении комиссии об аттестации:</w:t>
+              <w:t>Для переоформления лицензии на право занятия нотариальной деятельностью:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>город;</w:t>
+              <w:t>1) заявление по форме, согласно приложению 3 к Перечню основных требований к оказанию государственной услуги "Выдача лицензии на право занятия нотариальной деятельностью";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дата проведения;</w:t>
+              <w:t>2) сведения, подтверждающие уплату лицензионного сбора за право занятия отдельными видами деятельности и изменения, послужившие основанием для переоформления лицензии и (или) приложения к лицензии, подтягиваются из государственных информационных систем.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>статус рассмотрения.</w:t>
-[...410 lines deleted...]
-              <w:t>2) сведения, подтверждающие уплату лицензионного сбора за право занятия отдельными видами деятельности и изменения, послужившие основанием для переоформления лицензии и (или) приложения к лицензии, подтягиваются из государственных информационных систем.</w:t>
+              <w:t>Сведения о документе, удостоверяющем личность услугополучателя, о состоянии/не состоянии на учете в организациях, оказывающих медицинскую помощь в области психического здоровья, по поводу психических, поведенческих расстройств (заболеваний), в том числе связанных с употреблением психоактивных веществ услугодатель получает из государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10661,51 +9278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10748,51 +9365,88 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+              <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10824,539 +9478,161 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес оказания государственной услуги размещен на интернет-ресурсе услугодателя – www.adilet.gov.kz, портале.</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
+              <w:t>1) интернет-ресурсе Министерства: - www.adilet.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>По выбору услугополучателя государственная услуга может оказываться по принципу "одного заявления" в совокупности с государственной услугой "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью".</w:t>
+              <w:t>2) портале.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По выбору услугополучателя государственная услуга может оказывается по принципу "одного заявления" в совокупности с государственной услугой "Выдача лицензии на право занятия нотариальной деятельностью".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z210" w:id="120"/>
-[...410 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11390,51 +9666,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Перечню основных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11442,77 +9718,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача лицензии</w:t>
+              <w:t>"Выдача лицензии на право</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на право занятия</w:t>
+              <w:t>занятия нотариально</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нотариальной деятельностью"</w:t>
+              <w:t>деятельностью"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11539,1018 +9815,460 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z288" w:id="122"/>
+    <w:bookmarkStart w:name="z501" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Форма сведений для осуществления нотариальной деятельности</w:t>
-[...361 lines deleted...]
-    <w:bookmarkEnd w:id="134"/>
+        <w:t xml:space="preserve"> Заявление физического лица для получения лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z502" w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия имя отчество (при его наличии) физического лица, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу выдать лицензию на осуществление</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="135"/>
-[...572 lines deleted...]
-        <w:t>дата: (подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать полное наименование вида деятельности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные данные ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается _____ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что: все указанные данные являются официальными</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контактами и на них может быть направлена любая информация по вопросам выдачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или отказа в выдаче лицензии и (или) приложения к лицензии; заявителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не запрещено судом заниматься лицензируемым видом деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действительными; заявитель согласен на использование персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ограниченного доступа, составляющих охраняемую законом тайну, содержащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в информационных системах, при выдаче лицензии; заявитель согласен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на удостоверение заявления электронной цифровой подписью работника центра</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения (в случае обращения через центр обслуживания населения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Физическое лицо ____________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "___"_____ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12586,51 +10304,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Перечню основных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12735,358 +10453,998 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z325" w:id="157"/>
+    <w:bookmarkStart w:name="z505" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление физического лица для переоформления лицензии</w:t>
+        <w:t xml:space="preserve"> Форма сведений для осуществления нотариальной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z506" w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z326" w:id="158"/>
-[...9 lines deleted...]
-      В ___________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) физического лица, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер) заполняется для всех лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z507" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сведения о дипломе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:p>
-[...236 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z508" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование высшего учебного заведения __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z509" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Наименование специальности ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z510" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Шифр диплома __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z511" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Номер диплома __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z512" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дата выдачи диплома _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z513" w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Дата выдачи удостоверения о признании/нострификации диплома</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z514" w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Номер удостоверения о признании/нострификации диплома</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(пункты 6, 7 заполняются для дипломов, выданных зарубежными образовательными</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учреждениями) для лиц, прошедших стажировку у нотариуса и аттестацию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z515" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Заключение о прохождении стажировки у нотариуса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z516" w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Дата утверждения заключения о прохождении стажировки у нотариуса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z517" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Область _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z518" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Руководитель стажировки __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z519" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дата начала стажировки ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z520" w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дата окончания стажировки _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для лиц, прошедших стажировку у нотариуса и аттестацию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z521" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Решение об аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z522" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Город ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z523" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата проведения __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z524" w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Статус рассмотрения ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для лиц, сдавших квалификационные экзамены в Квалификационной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при Высшем Судебном Совете Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z525" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сдача квалификационного экзамена на должность судьи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z526" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Дата проведения _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z527" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. статус рассмотрения ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z528" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для постоянных судей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z529" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения об Указе Президента Республики Казахстан (далее - Указ)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z530" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Номер Указа ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z531" w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата принятия Указа о назначении на должность судьи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для лиц, работавших постоянными судьями</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z532" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения об Указе Президента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z533" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Номер Указа _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z534" w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата принятия Указа о назначении на должность судьи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z535" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Номер Указа _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z536" w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дата принятия Указа об освобождении с должности судьи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z537" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Основание освобождения ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z538" w:id="189"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физическое лицо ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дата заполнения: "__" _____ 20__ года</w:t>
+        <w:t>Дата _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13122,90 +11480,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+              <w:t>к Перечню основных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача лицензии на право</w:t>
+              <w:t>требований к оказанию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>занятия нотариальной деятельности</w:t>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Выдача лицензии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на право занятия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нотариальной деятельностью"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13226,76 +11623,573 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Форма </w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z223" w:id="159"/>
+    <w:bookmarkStart w:name="z541" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление физического лица для переоформления лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z542" w:id="191"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) физического лица, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу переоформить лицензию в связи с изменением фамилии, имени, отчества</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№___________ от _________ 20___ года, выданную (ое) (ых) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер (а) лицензии, дата выдачи, наименование лицензиара, выдавшего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензию _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на осуществление нотариальной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (на) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах, при оказании государственных услуг,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Физическое лицо ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "__" _____ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Выдача лицензии на право</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занятия нотариальной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z223" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2730500" cy="2082800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -13317,108 +12211,108 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="160"/>
+    <w:bookmarkStart w:name="z224" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     Лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z225" w:id="161"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z225" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___" ___________ 20 ___ года № _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z226" w:id="162"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z226" w:id="195"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдана _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (полное наименование, местонахождение, фамилия, имя, отчество (при его наличии),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13650,70 +12544,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место выдачи _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="163"/>
+    <w:bookmarkStart w:name="z227" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -13735,90 +12629,90 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="164"/>
+    <w:bookmarkStart w:name="z228" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Данный документ согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 ЗРК от 7 января 2003 года "Об электронном документе и электронной цифровой подписи" равнозначен документу на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13858,68 +12752,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Приложение 3 к приказу </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z230" w:id="165"/>
+    <w:bookmarkStart w:name="z230" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Принятие заявлений, регистрация и выдача печатей нотариусов"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 исключено приказом Министра юстиции РК от 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13997,464 +12891,464 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Приложение 4 к приказу </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z267" w:id="166"/>
+    <w:bookmarkStart w:name="z267" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "Об утверждении стандартов государственных услуг по вопросам нотариальной деятельности" от 24 апреля 2015 года № 232 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 20 мая 2015 года № 11095);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z268" w:id="167"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z268" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "О внесении изменений в некоторые приказы Министра юстиции Республики Казахстан от 10 января 2018 года № 54 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 26 января 2018 года № 16285);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z269" w:id="168"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z269" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "О внесении изменений в некоторые приказы Министра юстиции Республики Казахстан" от 18 ноября 2016 года № 1056 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 22 декабря 2016 года № 14550);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z270" w:id="169"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z270" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "О внесении изменений и дополнения в некоторые приказы Министра юстиции Республики Казахстан от 8 ноября 2019 года № 540 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 13 ноября 2019 года № 19588.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z271" w:id="170"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z271" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанностей Министра юстиции Республики Казахстан "Об утверждении регламентов государственных услуг по вопросам нотариальной деятельности" от 26 мая 2015 года № 297 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 13 июля 2015 года № 11647).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z272" w:id="171"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z272" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "О внесении изменений и дополнений в некоторые приказы Министра юстиции Республики Казахстан" от 20 марта 2018 года № 442 (в Реестре государственной регистрации нормативных правовых актов 17 апреля 2018 года № 16766).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z273" w:id="172"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z273" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "Об утверждении Правил проведения аттестации лиц, прошедших стажировку и претендующих на право занятия нотариальной деятельностью" от 27 января 2015 года № 56 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 17 февраля 2015 года № 10269).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z274" w:id="173"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z274" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "О внесении изменений в приказ Министра юстиции Республики Казахстан от 27 января 2015 года № 56 "Об утверждении Правил проведения аттестации лиц, прошедших стажировку и претендующих на занятие адвокатской деятельностью и на право занятия нотариальной деятельностью" от 18 ноября 2016 года № 1055 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 28 ноября 2016 года № 14466).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z275" w:id="174"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z275" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "О внесении изменения в приказ Министра юстиции Республики Казахстан от 27 января 2015 года № 56 "Об утверждении Правил проведения аттестации лиц, прошедших стажировку и претендующих на право занятия нотариальной деятельностью" от 25 февраля 2019 года № 84 (Зарегистрирован в Реестре государственной регистрации нормативных правовых актов 28 февраля 2019 года № 18352).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>