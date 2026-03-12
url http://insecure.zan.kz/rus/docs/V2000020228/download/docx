--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f711a4b" w14:textId="f711a4b">
+    <w:p w14:paraId="afba07e" w14:textId="afba07e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1092,840 +1092,1047 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z442" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила выдачи разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан (далее – Правила) разработаны в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан, законами Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках), "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций", "О государственных услугах" (далее – Закон о государственных услугах), "О разрешениях и уведомлениях" (далее – Закон о разрешениях и уведомлениях) и определяют порядок выдачи уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган, услугодатель) разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан (далее – разрешение, государственная услуга). </w:t>
+      1. Настоящие Правила выдачи разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным процедурно-процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, частью первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13, частью пятой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13-1 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках), подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 9 Закона Республики Казахстан "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций", подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее – Закон о государственных услугах), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О разрешениях и уведомлениях" (далее – Закон о разрешениях и уведомлениях) и определяют порядок выдачи уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган, услугодатель) разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан (далее – разрешение, государственная услуга).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Информация о внесенных изменениях и (или) дополнениях в Правила размещается на официальном интернет-ресурсе уполномоченного органа, направляется оператору информационно-коммуникационной инфраструктуры "электронного правительства" и Единый контакт-центр в течение 5 (пяти) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
+      Информация о внесенных изменениях и (или) дополнениях в Правила размещается на официальном интернет-ресурсе уполномоченного органа, направляется оператору информационно-коммуникационной инфраструктуры "электронного правительства" и Единый контакт-центр в течение 3 (трех) рабочих дней с даты утверждения или изменения соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z443" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Правилах используются понятия, применяемые в значениях, указанных в Законе о банках, Законе о государственных услугах, Законе о разрешениях и уведомлениях, законах Республики Казахстан "Об электронном документе и электронной цифровой подписи" и "Об информатизации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z443" w:id="17"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z444" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок выдачи разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для получения разрешения на открытие банка физическое или юридическое лицо (далее – заявитель, услугополучатель) представляет в уполномоченный орган заявление о выдаче разрешения на открытие банка на казахском или русском языках по форме согласно приложению 1 к Правилам (далее – заявление) через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 107</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z444" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для получения разрешения на открытие филиала банка-нерезидента Республики Казахстан банк-нерезидент Республики Казахстан (далее – заявитель, услугополучатель) представляет в уполномоченный орган заявление о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан на казахском или русском языках по форме согласно приложению 2 к Правилам (далее – заявление) через портал.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...87 lines deleted...]
-    <w:bookmarkStart w:name="z447" w:id="21"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z447" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Перечень основных требований к оказанию государственной услуги приведен в приложении 3 к Правилам. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z1205" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача услугополучателю согласия на осуществление подвидов государственной услуги, указанных в Перечне основных требований к оказанию государственной услуги, осуществляется в соответствии с Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z1206" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При направлении услугополучателем заявления через портал в "личный кабинет" автоматически отображается статус о принятии запроса на оказание государственной услуги с указанием даты и времени получения результата.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z1205" w:id="22"/>
-[...15 lines deleted...]
-      Выдача услугополучателю согласия на осуществление подвидов государственной услуги, указанных в Перечне основных требований к оказанию государственной услуги, осуществляется в соответствии с Правилами.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z449" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Работник услугодателя, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления осуществляет его прием, регистрацию и направление на исполнение в подразделение, ответственное за оказание государственной услуги (далее – ответственное подразделение). При поступлении заявления услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону Республики Казахстан "О праздниках в Республике Казахстан" прием заявлений осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z1206" w:id="23"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z449" w:id="24"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z450" w:id="25"/>
+    <w:bookmarkStart w:name="z450" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Работник ответственного подразделения в течение 10 (десяти) рабочих дней со дня регистрации заявления проверяет полноту представленных документов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z1207" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z1207" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган получает из информационных систем, используемых для оказания государственных услуг, или сервиса цифровых документов сведения, указанные в документах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z1208" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z1208" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       удостоверяющих личность физического лица – резидента Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z1209" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z1209" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подтверждающих отсутствие у физического лица – резидента Республики Казахстан неснятой или непогашенной судимости; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z1210" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о государственной регистрации (перерегистрации) юридического лица – резидента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z1211" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае установления факта неполноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в течение 10 (десяти) рабочих дней с момента получения документов услугополучателя готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления через портал в "личный кабинет" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z1210" w:id="29"/>
-[...15 lines deleted...]
-      о государственной регистрации (перерегистрации) юридического лица – резидента Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. После установления факта полноты представленных документов ответственное подразделение в течение 50 (пятидесяти) рабочих дней рассматривает документы на предмет их соответствия требованиям банковского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z1211" w:id="30"/>
-[...15 lines deleted...]
-      В случае установления факта неполноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в течение 10 (десяти) рабочих дней с момента получения документов услугополучателя готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления через портал в "личный кабинет" услугополучателя.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований для отказа в оказании государственной услуги уполномоченный орган уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...77 lines deleted...]
-      8. После установления факта полноты представленных документов ответственное подразделение в течение 50 (пятидесяти) рабочих дней рассматривает документы на предмет их соответствия требованиям банковского законодательства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z186" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до принятия решения об отказе в оказании государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения услугополучателем уведомления о предварительном решении об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z185" w:id="32"/>
-[...15 lines deleted...]
-      При выявлении оснований для отказа в оказании государственной услуги уполномоченный орган уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения документов, представленных услугополучателем, заслушивания ответственное подразделение готовит и направляет на рассмотрение Правления услугодателя проект постановления Правления услугодателя о выдаче либо об отказе в выдаче разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан. Правление услугодателя принимает решение о выдаче разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан либо об отказе в выдаче разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан по основаниям, предусмотренным пунктом 9 приложения 3 к Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z186" w:id="33"/>
-[...15 lines deleted...]
-      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до принятия решения об отказе в оказании государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения услугополучателем уведомления о предварительном решении об отказе в оказании государственной услуги.</w:t>
+    <w:bookmarkStart w:name="z188" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник ответственного подразделения в течение 4 (четырех) рабочих дней, следующих за днем получения ответственным подразделением постановления Правления услугодателя (в пределах срока оказания государственной услуги), направляет в "личный кабинет" услугополучателя через портал уведомление о выдаче разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан в форме электронного документа, подписанного электронной цифровой подписью уполномоченного лица услугодателя с приложением электронной копии разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан либо мотивированный ответ об отказе в предоставлении государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z187" w:id="34"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z189" w:id="36"/>
+    <w:bookmarkStart w:name="z189" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При наличии оснований для отказа в оказании государственной услуги, срок рассмотрения заявления может быть продлен мотивированным решением руководителя услугодателя или его заместителя на разумный срок, но не более чем до 2 (двух) месяцев ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения заявления, о чем извещается услугополучатель в течение 3 (трех) рабочих дней со дня продления срока, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 76 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1944,70 +2151,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z458" w:id="37"/>
+    <w:bookmarkStart w:name="z458" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Информация о стадии оказания государственной услуги обновляется в автоматическом режиме в информационной системе мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о выдаче разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан направляется услугополучателю и в Государственную корпорацию "Правительство для граждан".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2044,51 +2251,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z459" w:id="38"/>
+    <w:bookmarkStart w:name="z459" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В случае несоответствия представленных документов требованиям Закона о банках и Правил, за исключением оснований отказа в выдаче разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2143,319 +2350,319 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13-1 Закона о банках, направляет заявителю письмо с замечаниями для их устранения и представления доработанных (исправленных) документов, соответствующих требованиям банковского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z460" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z460" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган не принимает к рассмотрению электронные копии документов, предусмотренные Правилами, имеющие подчистки, приписки либо зачеркнутые слова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z461" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z461" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Разрешение на открытие банка, филиала банка-нерезидента Республики Казахстан выдается по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z462" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z462" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Документы, выданные органом финансового надзора, компетентными органами или должностными лицами иностранных государств, подлежат легализации либо апостилированию в соответствии с требованиями законодательства Республики Казахстан или международными договорами, ратифицированными Республикой Казахстан (за исключением документов, удостоверяющих личность физического лица – нерезидента Республики Казахстан). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z463" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, представляемые на иностранном языке, переводятся на казахский и русский языки и подлежат нотариальному засвидетельствованию в соответствии с законодательством Республики Казахстан о нотариате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z464" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z463" w:id="42"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z465" w:id="44"/>
+    <w:bookmarkStart w:name="z465" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг производится в письменном виде.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z192" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим должностным лицом услугодателя, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z193" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z192" w:id="45"/>
-[...15 lines deleted...]
-      Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим должностным лицом услугодателя, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
+    <w:bookmarkStart w:name="z194" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра: 8-800-080-7777 или 1414.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z193" w:id="46"/>
-[...15 lines deleted...]
-      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z194" w:id="47"/>
-[...15 lines deleted...]
-      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра: 8-800-080-7777 или 1414.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя по вопросам оказания государственных услуг, поступившая в адрес услугодателя, рассматривается в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z195" w:id="48"/>
-[...15 lines deleted...]
-      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+    <w:bookmarkStart w:name="z197" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, рассматривается в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z196" w:id="49"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2474,200 +2681,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z474" w:id="51"/>
+    <w:bookmarkStart w:name="z474" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В жалобе указываются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z199" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилия, имя, отчество (при его наличии), индивидуальный идентификационный номер, почтовый адрес услугополучателя (физического лица) либо полное наименование, почтовый адрес, бизнес-идентификационный номер услугополучателя (юридического лица);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z200" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование услугодателя и (или) фамилия, имя, отчество (при его наличии) должностного лица решение, действие (бездействие) которого (которых) обжалуется (обжалуются);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z199" w:id="52"/>
-[...15 lines deleted...]
-      1) фамилия, имя, отчество (при его наличии), индивидуальный идентификационный номер, почтовый адрес услугополучателя (физического лица) либо полное наименование, почтовый адрес, бизнес-идентификационный номер услугополучателя (юридического лица);</w:t>
+    <w:bookmarkStart w:name="z201" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обстоятельства, на которых лицо, подающее жалобу, основывает свои требования и доказательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z200" w:id="53"/>
-[...15 lines deleted...]
-      2) наименование услугодателя и (или) фамилия, имя, отчество (при его наличии) должностного лица решение, действие (бездействие) которого (которых) обжалуется (обжалуются);</w:t>
+    <w:bookmarkStart w:name="z202" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) исходящий номер и дата подачи жалобы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z201" w:id="54"/>
-[...15 lines deleted...]
-      3) обстоятельства, на которых лицо, подающее жалобу, основывает свои требования и доказательства;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) перечень прилагаемых к жалобе документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z202" w:id="55"/>
-[...15 lines deleted...]
-      4) исходящий номер и дата подачи жалобы;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подписывается услугополучателем либо лицом, являющимся его представителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z203" w:id="56"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2686,70 +2893,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z476" w:id="58"/>
+    <w:bookmarkStart w:name="z476" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2858,77 +3065,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к Правилам выдачи разрешения </w:t>
+              <w:t>к Правилам выдачи разрешения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на</w:t>
-[...12 lines deleted...]
-              <w:t>открытие банка, филиала</w:t>
+              <w:t>на открытие банка, филиала</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>банка-нерезидента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2977,584 +3171,1271 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканское</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республиканское </w:t>
+              <w:t>государственное</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственное</w:t>
+              <w:t>учреждение "Агентство</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">учреждение "Агентство </w:t>
+              <w:t>Республики Казахстан по</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики</w:t>
+              <w:t>регулированию и Развитию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Казахстан по регулированию и </w:t>
+              <w:t>финансового рынка"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>развитию</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">(БИН 191240019852)     </w:t>
+              <w:t>(БИН 191240019852)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1213" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление о выдаче разрешения на открытие банка  </w:t>
+        <w:t xml:space="preserve"> Заявление о выдаче разрешения на открытие банка</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1397" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии) физического лица, индивидуальный идентификационный номер (при наличии), наименование юридического лица, бизнес идентификационный номер (при наличии), фамилия, имя, отчество (при его наличии) представителя юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z1398" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z1399" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z1400" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z1401" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      (ссылка на нотариально или иным образом удостоверенный документ, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z1402" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подтверждающий полномочия заявителя на подачу настоящего заявления от имени учредителей)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z1403" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z1404" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (место работы заявителя и занимаемая им должность, место жительства, юридический адрес) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z1405" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      просит в соответствии с протоколом учредительного собрания № ____ от "___" ____________ года:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z1406" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выдать разрешение на открытие</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z1407" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z1408" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z1409" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование и место нахождения создаваемого банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z1410" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выдать согласие на приобретение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z1411" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z1412" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z1413" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (фамилия, имя, отчество (при его наличии) физического лица, наименование юридического лица (при наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z1414" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      статуса крупного участника банка и (или) банковского холдинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z1415" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (нужное выбрать) (заполняется в случае необходимости)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z1416" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выдать разрешение на создание</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z1417" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z1418" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z1419" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии) физического лица, наименование юридического лица (при наличии) дочерней организации или значительное участие в капитале</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z1420" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z1421" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (нужное выбрать)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z1422" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z1423" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование открываемого банка) (заполняется в случае необходимости)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z1424" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения об условиях и порядке приобретения акций банка, включая описание источников и средств, используемых для приобретения акций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z1425" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z1426" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z1427" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сведения об учредителях – физических и юридических лицах с долей участия в уставном капитале банка менее десяти процентов </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z1428" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z1429" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z1430" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовая отчетность заявителя за ____________ год размещена по ссылке*:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z1431" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z1432" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовая отчетность заявителя за ____________ год размещена по ссылке*:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z1433" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z1434" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовая отчетность заявителя за ____________ квартал ____ года размещена по ссылке*: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z1435" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z1436" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z1437" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Учредитель (учредители) подтверждает (подтверждают) достоверность прилагаемых к заявлению документов и сведений, а также своевременное представление уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций информации, запрашиваемой в связи с рассмотрением настоящего заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z1438" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учредитель (учредители) представляет (представляют) согласие на сбор и обработку персональных данных и на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z1439" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение (указать перечень направляемых документов и сведений, количество экземпляров и листов по каждому из них):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z1440" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z1441" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z1442" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z1443" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электронная цифровая подпись заявителя, дата) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z1444" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *ссылка на интернет-ресурс указывается в случае, предусмотренном подпунктом 2) пункта 3 статьи 19 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...362 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -3613,625 +4494,131 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к Правилам выдачи разрешения </w:t>
+              <w:t>к Правилам выдачи разрешения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на</w:t>
+              <w:t>на открытие банка,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>открытие банка, филиала</w:t>
+              <w:t>филиала банка-нерезидента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>банка-нерезидента</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>Республики Казахстан</w:t>
-            </w:r>
-[...167 lines deleted...]
-              <w:t xml:space="preserve">(БИН 191240019852) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1215" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...207 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1216" w:id="61"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4265,276 +4652,2257 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Республиканское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам выдачи разрешения</w:t>
+              <w:t>государственное</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">на открытие банка, филиала </w:t>
+              <w:t>учреждение "Агентство</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>банка-нерезидента</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан     </w:t>
+              <w:t>по регулированию и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>развитию финансового рынка"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(БИН 191240019852)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1222" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+        <w:t xml:space="preserve"> Заявление о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      Сноска. Приложение 2 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 107</w:t>
+        <w:t>№ 42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1448" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z1449" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (полное наименование и юридический адрес, место нахождения (почтовый индекс, страна, область, город, улица,), номер телефона банка-нерезидента Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z1450" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z1451" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z1452" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (сведения о государственной регистрации (перерегистрации) в стране государства, резидентом которого является банк-нерезидент Республики Казахстан (наименование документа, номер и дата выдачи, кем выдан)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z1453" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z1454" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бизнес-идентификационный номер или иной уникальный номер, формируемый для юридического лица в стране государства, резидентом которого является банк-нерезидент Республики Казахстан (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z1455" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z1456" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z1457" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование, номер и дата выдачи действующей лицензии (разрешения), наименование органа финансового надзора государства, выдавшего лицензию (разрешения) банка-нерезидента Республики Казахстан на проведение банковских и иных операций, резидентом которого является банк-нерезидент Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z1458" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z1459" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z1460" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z1461" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z1462" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z1463" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (указать основные виды деятельности аналогичных, по существу, банковским и иным операциям, в соответствии с лицензией) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z1464" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      которые банк-нерезидент Республики Казахстан планирует осуществлять на территории Республики Казахстан через свой филиал </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z1465" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z1466" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z1467" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (долгосрочный кредитный рейтинг банка-нерезидента Республики Казахстан по международной шкале на день представления заявления (название рейтингового агентства, ссылка на интернет-ресурс, где размещены сведения, подтверждающие наличие у банка-нерезидента Республики Казахстан минимального требуемого кредитного рейтинга одного из рейтинговых агентств, перечень которых устанавливается постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2012 года № 385 "Об установлении минимального рейтинга для юридических лиц и стран, необходимость наличия которого требуется в соответствии с законодательством Республики Казахстан, регулирующим деятельность финансовых организаций, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, перечня рейтинговых агентств, присваивающих данный рейтинг", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 8318)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z1468" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      просит в соответствии с решением </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z1469" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z1470" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z1471" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование органа банка-нерезидента Республики Казахстан, принявшего решение)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1472" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       об открытии филиала на территории Республики Казахстан № _____________ от "___" _______ 20___ года выдать разрешение на открытие ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z1473" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование и место открываемого филиала банка-нерезидента Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z1474" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения об акционерах банка-нерезидента Республики Казахстан, владеющих 10 (десятью) и более процентами акций банка-нерезидента Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z1475" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1476" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z1477" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z1478" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z1479" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z1480" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии) физического лица, дата, место рождения, гражданство, данные документа, удостоверяющего личность физического лица, индивидуальный идентификационный номер или иной уникальный номер, формируемый для физического лица в стране государства, резидентом которого оно является (при наличии), наименование юридического лица, местонахождения и фактический адрес, сведения о государственной регистрации (перерегистрации) юридического лица с указанием наименования документа, номера и даты выдачи, кем выдан, бизнес-идентификационный номер или иной уникальный номер, формируемый для юридического лица в стране государства, резидентом которого оно является (при наличии), виды деятельности юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z1481" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сведения о руководителе органа управления банка-нерезидента Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z1482" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z1483" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z1484" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z1485" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата рождения________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z1486" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      место рождения ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z1487" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданство ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z1488" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      данные документа, удостоверяющего личность______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z1489" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z1490" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный номер или иной уникальный номер, формируемый для физического лица в стране государства, резидентом которого является физическое лицо (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z1491" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z1492" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о руководителе исполнительного органа (лице, единолично осуществляющем функции исполнительного органа) банка-нерезидента Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1493" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1494" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1495" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата рождения ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1496" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      место рождения __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z1497" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданство ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z1498" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      данные документа, удостоверяющего личность ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z1499" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный номер или иной уникальный номер, формируемый для физического лица в стране государства, резидентом которого является физическое лицо (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z1500" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z1501" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z1502" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z1503" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии) представителя банка-нерезидента Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z1504" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z1505" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ссылка на нотариально или иным образом удостоверенный документ,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z1506" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подтверждающий полномочия заявителя на подачу настоящего заявления от имени банка-нерезидента Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1507" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1508" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z1509" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (место работы заявителя и занимаемая им должность, место жительства, юридический адрес) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z1510" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возникали ли в течение последних 3 (трех) календарных лет у банка-нерезидента Республики Казахстан крупные финансовые проблемы, в том числе банкротство, консервация, санация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z1511" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z1512" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z1513" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z1514" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (причины их возникновения, результаты решения этих проблем)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z1515" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк-нерезидент Республики Казахстан подтверждает, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z1516" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - является юридическим лицом по законодательству государства, резидентом которого он является;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z1517" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - принимает на себя полную ответственность по обязательствам своего филиала, планирующего осуществлять деятельность на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z1518" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - в течение последних двенадцати месяцев, предшествующих дате подачи данного заявления на получение разрешения на открытие филиала на территории Республики Казахстан, отсутствуют нарушения коэффициентов достаточности собственного капитала и коэффициентов ликвидности, установленных законодательством государства, резидентом которого является банк-нерезидент Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z1519" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - обладает всеми необходимыми решениями и согласованиями, требующимися в соответствии с учредительными документами, внутренними политиками банка-нерезидента Республики Казахстан и (или) законодательством государства, резидентом которого он является, в отношении:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z1520" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - открытия филиала на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z1521" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - принятия банком-нерезидентом Республики Казахстан полной ответственности по обязательствам его филиала, планирующего осуществлять деятельность на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z1522" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк-нерезидент Республики Казахстан подтверждает, что настоящая информация была проверена банком – нерезидентом Республики Казахстан и является достоверной и полной.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z1523" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Банк-нерезидент Республики Казахстан подтверждает достоверность прилагаемых к заявлению документов и сведений, а также своевременное представление уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций информации, запрашиваемой в связи с рассмотрением настоящего заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z1524" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Предоставляю согласие на сбор и обработку персональных данных и на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z1525" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Приложение (указать перечень направляемых документов и сведений, количество экземпляров и листов по каждому из них): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z1526" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z1527" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электронная цифровая подпись заявителя, дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>разрешения на открытие банка,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>филиала банка-нерезидента</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование государственной услуги "Выдача разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан".</w:t>
-[...53 lines deleted...]
-2) для получения разрешения на открытие филиала банка-нерезидента Республики Казахстан.</w:t>
+Наименование государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование подвидов государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для получения разрешения на открытие банка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для получения разрешения на открытие филиала банка-нерезидента Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4603,51 +6971,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Агентство Республики Казахстан по регулированию и развитию финансового рынка.</w:t>
+Агентство Республики Казахстан по регулированию и развитию финансового рынка (далее – уполномоченный орган).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4679,52 +7047,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4828,52 +7196,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-По всем подвидам государственной услуги в течение 65 (шестидесяти пяти) рабочих дней со дня обращения на портал. </w:t>
+              <w:t>
+По всем подвидам государственной услуги в течение 65 (шестидесяти пяти) рабочих дней со дня обращения на портал.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4942,92 +7310,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По всем подвидам государственной услуги электронная (полностью автоматизированная)/ оказываемая по принципу "одного заявления".</w:t>
+По всем подвидам государственной услуги электронная (частично автоматизированная).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-5 </w:t>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5208,142 +7576,142 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-7 </w:t>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-График работы услугодателя и объектов информации </w:t>
+              <w:t>
+График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, за исключением выходных и праздничных дней в соответствии с трудовым законодательством Республики Казахстан и Законом Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках);</w:t>
-[...17 lines deleted...]
-2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону о праздниках, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
+1)услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, за исключением выходных и праздничных дней в соответствии с трудовым законодательством Республики Казахстан и Законом Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону о праздниках, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5411,520 +7779,790 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения разрешения на открытие банка:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче разрешения на открытие банка на казахском или русском языках по форме согласно приложению 1 к Правилам в виде электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) заявителя, (с приложением электронных копий документов, подтверждающих полномочия заявителя на подачу данного заявления и прилагаемых к нему документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия протокола учредительного собрания (решения единственного учредителя), оформленного в установленном законодательством Республики Казахстан порядке;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронные копии сведений об учредителе – физическом лице с долей в уставном капитале банка менее 10 (десяти) процентов по форме согласно приложению 1 к настоящему перечню основных требований к оказанию государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронные копии сведений об учредителе – юридическом лице с долей в уставном капитале банка менее 10 (десяти) процентов по форме согласно приложению 2 к настоящему перечню основных требований к оказанию государственной услуги, в том числе копии годовой финансовой отчетности учредителя – юридического лица (консолидированной финансовой отчетности в случае наличия у учредителя - юридического лица дочерних организаций) за два последних финансовых года, подтвержденной аудиторскими отчетами, а также копию финансовой отчетности учредителя – юридического лица за последний завершенный квартал перед подачей заявления.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае отсутствия в период с 1 января по 1 июня текущего года аудиторского отчета, подтверждающего финансовую отчетность за последний завершенный финансовый год, учредитель - юридическое лицо представляет копии финансовой отчетности (консолидированной финансовой отчетности в случае наличия у учредителя - юридического лица дочерних организаций) за последний завершенный финансовый год и последний завершенный квартал перед подачей заявления, а также копии годовой финансовой отчетности (консолидированной финансовой отчетности в случае наличия у учредителя - юридического лица дочерних организаций), подтвержденной аудиторскими отчетами, за два года, предшествующих последнему завершенному финансовому году.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансовая отчетность, указанная в настоящем подпункте, не представляется в следующих случаях:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при наличии данной финансовой отчетности на интернет-ресурсе депозитария финансовой отчетности или возможности получения ее уполномоченным органом через веб-портал "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+когда учредитель - юридическое лицо является финансовой организацией-нерезидентом Республики Казахстан и данная финансовая отчетность размещена и доступна на казахском, русском или английском языке на интернет-ресурсе данной финансовой организации-нерезидента Республики Казахстан или иностранной фондовой биржи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) документы и сведения, представляемые в соответствии со статьей 11-1 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) документы и сведения, представляемые в соответствии со статьей 17-1 Закона о банках, в случае необходимости получения услугополучателем статуса крупного участника банка или банковского холдинга, за исключением заявления о приобретении статуса банковского холдинга или крупного участника банка, указанного в пункте 3 статьи 17-1 Закона о банках, и документов и сведений, указанных в подпункте 1) пункта 4, подпункте 1) пункта 5 и пункте 7-1 статьи 17-1 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-При обращении услугополучателя для получения разрешения на открытие банка: </w:t>
-[...17 lines deleted...]
-1) заявление о выдаче разрешения на открытие банка по форме согласно приложению 1 к Правилам в виде электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) заявителя, (с приложением документа, подтверждающего полномочия заявителя на подачу данного заявления);</w:t>
+7) электронные копии документов, подтверждающих источники (происхождение) средств, используемых физическим лицом для приобретения акций (оплаты уставного капитала) создаваемого банка. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Источники средств, которые могут быть использованы физическим лицом для приобретения акций (оплаты уставного капитала) создаваемого банка, указаны в пункте 3-1 статьи 17-1 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) электронная копия согласия (разрешения) на владение акциями банка, осуществляющего свою деятельность на территории Республики Казахстан, выданного органом финансового надзора государства, резидентом которого является юридическое лицо- нерезидент Республики Казахстан, либо копию подтверждения от органа финансового надзора государства, резидентом которого является юридическое лицо-нерезидент Республики Казахстан, о том, что такое согласие (разрешение) не требуется;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) нотариально засвидетельствованная копия учредительного договора, оформленного в установленном законодательством Республики Казахстан порядке.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения разрешения на открытие филиала банка-нерезидента Республики Казахстан:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан на казахском или русском языках по форме согласно приложению 2 к Правилам в виде электронного документа, удостоверенного ЭЦП заявителя (с приложением электронных копий документов, подтверждающих полномочия заявителя на подачу данного заявления и прилагаемых к нему документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия решения услугополучателя об открытии филиала на территории Республики Казахстан, которое содержит в том числе, решения по следующим вопросам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- о принятии банком-нерезидентом Республики Казахстан ответственности по обязательствам, возникающим в процессе осуществления деятельности его филиала на территории Республики Казахстан, и об учете таких обязательств на балансе банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-об утверждении размера активов филиала банка-нерезидента Республики Казахстан, принимаемых в качестве резерва, в соответствии с частью второй пунктом 6 статьи 42 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронные копии нотариально засвидетельственных копий учредительных документов банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия согласия (разрешения) на открытие филиала банка-нерезидента Республики Казахстан на территории Республики Казахстан, выданного органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан, либо копия подтверждения от органа финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан, о том, что такое согласие (разрешение) не требуется;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия действующей лицензии (действующего разрешения) банка-нерезидента Республики Казахстан на проведение банковских и иных операций, выданной (выданного) органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан, с указанием перечня разрешенных в рамках лицензии (разрешения) банковских и иных операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) копия годовой финансовой отчетности банка-нерезидента Республики Казахстан (консолидированной финансовой отчетности в случае наличия у банка-нерезидента Республики Казахстан дочерних организаций) за два последних финансовых года, подтвержденной аудиторскими отчетами, а также копия финансовой отчетности банка-нерезидента Республики Казахстан за последний завершенный квартал перед подачей заявления.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае отсутствия в период с 1 января по 1 июня текущего года аудиторского отчета, подтверждающего финансовую отчетность за последний завершенный финансовый год, банк-нерезидент Республики Казахстан представляет копии финансовой отчетности (консолидированной финансовой отчетности в случае наличия у банка-нерезидента Республики Казахстан дочерних организаций) за последний завершенный финансовый год и последний завершенный квартал перед подачей заявления, а также копии годовой финансовой отчетности (консолидированной финансовой отчетности в случае наличия у банка-нерезидента Республики Казахстан дочерних организаций), подтвержденной аудиторскими отчетами, за два года, предшествующих последнему завершенному финансовому году.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансовая отчетность, указанная в настоящем подпункте, не представляется в случаях, когда данная финансовая отчетность размещена и доступна на казахском, русском или английском языке на интернет-ресурсе банка-нерезидента Республики Казахстан или иностранной фондовой биржи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) сведения о лицах, владеющих прямо или косвенно десятью или более процентами акций (долей участия в уставном капитале) банка- нерезидента Республики Казахстан, и лицах, осуществляющих контроль в отношении банка-нерезидента Республики Казахстан, а также копии документов, подтверждающих данные сведения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о лицах, владеющих прямо или косвенно десятью или более процентами акций (долей участия в уставном капитале) банка- нерезидента Республики Казахстан, и лицах, осуществляющих контроль в отношении банка- нерезидента Республики Казахстан должны содержать следующую информацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+для юридических лиц:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование и место нахождения юридического лица;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+данные о государственной регистрации (перерегистрации), уставные виды деятельности юридического лица (перечислить основные виды деятельности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма участия в уставном капитале (стоимость приобретенных акций (в тысячах тенге);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+соотношение количества акций к общему количеству голосующих акций или доля участия в уставном капитале (в процентах): индивидуальное (прямо или косвенно) или совместное владение (процент, наименование юридического лица (фамилия, имя, отчество (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+для физических лиц:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия, имя и отчество (при наличии), адрес прописки и проживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+индивидуальный идентификационный номер (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма участия в уставном капитале (стоимость приобретенных акций (в тысячах тенге);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) электронная копия протокола учредительного собрания, засвидетельствованного нотариально и оформленного в установленном законодательством Республики Казахстан порядке; </w:t>
-[...161 lines deleted...]
-10) электронные копии учредительных документов (учредительный договор, устав), оформленных в установленном законодательством Республики Казахстан порядке (нотариально засвидетельствованные в случае непредставления оригиналов для сверки).</w:t>
+соотношение количества акций к общему количеству голосующих акций или доля участия в уставном капитале (в процентах): </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-При обращении услугополучателя для получения разрешения на открытие филиала банка-нерезидента Республики Казахстан: </w:t>
-[...17 lines deleted...]
-1) заявление о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан по форме согласно приложению 2 к Правилам в виде электронного документа, удостоверенного ЭЦП заявителя (с приложением документа, подтверждающего полномочия заявителя на подачу данного заявления);</w:t>
+индивидуальное (прямо или косвенно) или совместное владение (процент, наименование юридического лица (фамилия, имя, отчество (при его наличии); </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) электронная копия решения услугополучателя об открытии филиала на территории Республики Казахстан; </w:t>
-[...215 lines deleted...]
-14) электронная копия действующей лицензии услугополучателя, выданной органом финансового надзора государства, резидентом которого является услугополучатель.</w:t>
+8) краткие данные о руководящих работниках банка-нерезидента Республики Казахстан согласно приложению 5 к настоящему перечню основных требований к оказанию государственной услуги. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для целей настоящего подпункта руководящими работниками банка-нерезидента Республики Казахстан признаются руководитель органа управления, его заместитель и члены органа управления, руководитель исполнительного органа, его заместитель и члены исполнительного органа, главный бухгалтер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Требования о представлении документов, подтверждающих сведения, указанные в подпунктах 7), 8) части второй настоящего пункта, не распространяются на банк-нерезидент Республики Казахстан, при наличии у него кредитного рейтинга не ниже "А-" одного из рейтинговых агентств, перечень которых устанавливается постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2012 года № 385 "Об установлении минимального рейтинга для юридических лиц и стран, необходимость наличия которого требуется в соответствии с законодательством Республики Казахстан, регулирующим деятельность финансовых организаций, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, перечня рейтинговых агентств, присваивающих данный рейтинг", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 8318.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5992,556 +8630,394 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+При выдаче разрешения на открытие банка:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) несоответствие наименования банка требованиям пунктов 2-4 статьи 15 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) неустойчивость финансового положения учредителей банка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Под неустойчивостью финансового положения понимается наличие признаков, установленных в пункте 10 статьи 17-1 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) в случаях, когда учредитель – физическое лицо либо первый руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа), органа управления (в случае его создания) учредителя – юридического лица: имеет непогашенную или неснятую в установленном законом порядке судимость;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+занимал должность первого руководителя органа управления, первого руководителя исполнительного органа или его заместителя, главного бухгалтера, заместителя главного бухгалтера финансовой организации, в том числе финансовой организации- нерезидента Республики Казахстан, в период не более чем за один год до принятия уполномоченным органом или органом финансового надзора государства, резидентом которого является финансовая организация-нерезидент Республики Казахстан, решения об отнесении банка, к категории неплатежеспособных банков, либо принудительном выкупе его акций, лишении лицензии финансовой организации, в том числе финансовой организации-нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, или признании ее банкротом в установленном законодательством Республики Казахстан или законодательством государства, резидентом которого является финансовая организация-нерезидент Республики Казахстан, порядке.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Указанное требование применяется в течение пяти лет после принятия уполномоченным органом или органом финансового надзора государства, резидентом которого является финансовая организация-нерезидент Республики Казахстан, решения об отнесении банка, к категории неплатежеспособных банков, либо принудительном выкупе его акций, лишении лицензии финансовой организации, в том числе финансовой организации-нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации, в том числе финансовой организации-нерезидента Республики Казахстан, или признании ее банкротом в установленном законодательством Республики Казахстан или законодательством государства, резидентом которого является финансовая организация-нерезидент Республики Казахстан, порядке. Для целей настоящего подпункта под финансовой организацией также понимаются филиал банка-нерезидента Республики Казахстан, филиал страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиал страхового брокера-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) несоблюдение требований статьи 17-1 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) несоблюдение ограничений, установленных статьей 17 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) отказ в выдаче согласия уполномоченным органом на приобретение статуса крупного участника банка, банковского холдинга;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) отказ в выдаче разрешения на создание (приобретение) дочерней организации банка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) отсутствие согласия услугополучателя,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите" (далее – Закон о персональных данных), на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) недостоверность сведений и информации в документах, представленных для получения разрешения. При выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) несоответствие требованиям, указанным в пункте 1 статьи 13-1 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-При выдаче разрешения на открытие банка: </w:t>
-[...503 lines deleted...]
-6) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона о персональных данных, на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+2) недостоверность сведений и информации в документах, представленных для получения разрешения; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) несоответствие наименования филиала банка-нерезидента Республики Казахстан требованиям, установленным пунктом 2 статьи 4-1 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) неустранение замечаний уполномоченного органа по представленным документам в установленный им срок;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона о персональных данных, на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) отсутствие безупречной деловой репутации у руководящих работников банка-нерезидента Республики Казахстан, открывающего филиал на территории Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6610,105 +9086,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес места оказания государственной услуги размещен на официальном интернет-ресурсе услугодателя.</w:t>
-[...17 lines deleted...]
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа через "личный кабинет" портала, а также Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+Адрес места оказания государственной услуги размещен на официальном интернет-ресурсе услугодателя. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа через "личный кабинет" портала, а также Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контактные телефоны справочных служб по вопросам оказания государственной услуги размещены на официальном интернет-ресурсе услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
-            </w:r>
-[...16 lines deleted...]
-Государственная услуга по всем подвидам государственной услуги осуществляется по принципу "одного заявления", предусматривающему оказание совокупности нескольких государственных услуг на основании одного заявления, по выбору услугополучателя. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7997,90 +10437,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1226" w:id="68"/>
+    <w:bookmarkStart w:name="z1226" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сведения о трудовой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z1227" w:id="69"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z1227" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В данном пункте указываются сведения о трудовой деятельности учредителя – физического лица, а также членстве в органе управления, в том числе с даты окончания высшего учебного заведения, а также период, в течение которого учредителем – физическим лицом трудовая деятельность не осуществлялась.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8700,70 +11140,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1228" w:id="70"/>
+    <w:bookmarkStart w:name="z1228" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сведения о юридических лицах, по отношению к которым учредитель – физическое лицо является крупным акционером либо имеет право на соответствующую долю в имуществе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9190,110 +11630,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1229" w:id="71"/>
+    <w:bookmarkStart w:name="z1229" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: в графе 4 необходимо указывать долю с учетом доли, находящейся в доверительном управлении учредителя – физического лица, а также количества акций (долей), в результате владения которыми учредитель – физическое лицо в совокупности с иными лицами является крупным участником.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z1230" w:id="72"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z1230" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сведения о том, занимал ли учредитель – физическое лицо должность первого руководителя органа управления, первого руководителя исполнительного органа или его заместителя, главного бухгалтера, заместителя главного бухгалтера финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, в период не более чем за один год до принятия уполномоченным органом или органом финансового надзора государства, резидентом которого является финансовая организация-нерезидент Республики Казахстан, решения об отнесении банка, к категории неплатежеспособных банков, либо принудительном выкупе его акций, лишении лицензии финансовой организации, в том числе финансовой организации -нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, или признании ее банкротом в установленном законодательством Республики Казахстан или законодательством государства, резидентом которого является финансовая организация-нерезидент Республики Казахстан, порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z1231" w:id="73"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z1231" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для целей настоящего подпункта под финансовой организацией также понимаются филиал банка-нерезидента Республики Казахстан, филиал страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиал страхового брокера-нерезидента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9310,316 +11750,316 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                            наименование организации, должность, период работы)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1232" w:id="74"/>
+    <w:bookmarkStart w:name="z1232" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сведения о том, являлся ли учредитель – физическое лицо ранее руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером финансовой организации, крупным участником (крупным акционером) – физическим лицом, руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером крупного участника (крупного акционера) – юридического лица – эмитента, допустившего дефолт по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам в течение четырех и более последовательных периодов либо сумма задолженности которого по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам, по которым был допущен дефолт, составляет четырехкратный и (или) более размер купонного вознаграждения, либо размер дефолта по выплате основного долга по выпущенным эмиссионным ценным бумагам составляет сумму, в десять тысяч раз превышающую месячный расчетный показатель, установленный законом о республиканском бюджете на дату выплаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z1233" w:id="75"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z1233" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        (да (нет), указать _______________________________________________________________________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименование организации, должность, период работы)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1234" w:id="76"/>
+    <w:bookmarkStart w:name="z1234" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Привлекался ли учредитель – физическое лицо к ответственности за совершение коррупционного преступления либо подвергался административному взысканию за совершение коррупционного правонарушения в течение трех лет до даты назначения (избрания), подачи документов для его согласования (не заполняется кандидатом на должность руководящего работника Фонда) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z1235" w:id="77"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z1235" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________ (да (нет), краткое описание правонарушения, преступления, реквизиты акта о наложении взыскания или решения суда, с указанием оснований привлечения к ответственности)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z1236" w:id="78"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z1236" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Имеется ли в отношении учредителя – физического лица вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги или решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z1237" w:id="79"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1237" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. К сведениям прилагаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z1238" w:id="80"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z1238" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копия документа, удостоверяющего личность учредителя – физического лица (для иностранцев, лиц без гражданства);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z1239" w:id="81"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z1239" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документ, подтверждающий сведения об отсутствии у учредителя – физического лица неснятой или непогашенной судимости за преступления в стране гражданства (для иностранцев) или в стране постоянного проживания (для лиц без гражданства), выданного государственным органом страны их гражданства (страны их постоянного проживания – для лиц без гражданства). В случае, если учредитель – физическое лицо в течение последних 10 (десяти) лет постоянно проживал за пределами страны гражданства, также представляется электронная копия документа об отсутствии неснятой или непогашенной судимости за преступления в стране, где учредитель – физическое лицо постоянно проживал последние 10 (десять) лет. Дата выдачи указанного документа не превышает 3 (трех) месяцев, предшествующих дате подачи заявления (за исключением случаев, когда в представляемом документе указан иной срок его действия). Если законодательством страны, государственный орган которой уполномочен подтверждать сведения об отсутствии неснятой или непогашенной судимости за преступления, не предусмотрена выдача подтверждающих документов лицам, в отношении которых запрашиваются указанные сведения, то соответствующее подтверждение направляется письмом государственного органа страны гражданства (для иностранцев) или страны постоянного проживания (для лиц без гражданства) в адрес уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z1240" w:id="82"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z1240" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю, что настоящая информация была проверена мною и является достоверной и полной, а также подтверждаю соответствие требованиям, предъявляемым к учредителям банка, и наличие безупречной деловой репутации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z1241" w:id="83"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z1241" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляю согласие на сбор и обработку персональных данных, необходимых для оказания государственной услуги и на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z1242" w:id="84"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z1242" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -10033,190 +12473,190 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1245" w:id="85"/>
+    <w:bookmarkStart w:name="z1245" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Учредитель___________________________________________________ (наименование) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z1246" w:id="86"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z1246" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Место нахождения и фактический адрес___________________________ ____________________________________________________________________ (почтовый индекс, область, город, улица, номер телефона) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z1247" w:id="87"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z1247" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сведения о государственной регистрации (перерегистрации)_________ ____________________________________________________________________ (наименование документа, номер и дата выдачи, кем выдан) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z1248" w:id="88"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z1248" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Бизнес-идентификационный номер (при наличии) __________________ ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z1249" w:id="89"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z1249" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Вид деятельности______________________________________________ ____________________________________________________________________ (указать основные виды деятельности) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z1250" w:id="90"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z1250" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Резидент или нерезидент Республики Казахстан ____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z1251" w:id="91"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z1251" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        7. Сведения о юридических лицах, по отношению к которым учредитель – юридическое лицо является крупным акционером либо имеет право на соответствующую долю в имуществе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10643,90 +13083,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1252" w:id="92"/>
+    <w:bookmarkStart w:name="z1252" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: в графе 4 необходимо указывать долю с учетом доли, находящейся в доверительном управлении учредителя – юридического лица, а также количества акций (долей), в результате владения которыми учредитель – юридическое лицо в совокупности с иными лицами является крупным участником.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z1253" w:id="93"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z1253" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Возникали ли в течение последних 3 (трех) календарных лет у учредителя - юридического лица крупные финансовые проблемы, в том числе банкротство, консервация, санация______________________________________ ____________________________________________________________________ ____________________________________________________________________ (причины их возникновения, результаты решения этих проблем) 9. Первый руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) _______________________ _________________________________________________________________________ (фамилия, имя, отчество (при его наличии) Дата рождения _______________________________________________________ Место рождения ______________________________________________________ Гражданство __________________________________________________________ Данные документа, удостоверяющего личность ____________________________ __________________________________________________________________________ Индивидуальный идентификационный номер (при наличии) _________________ Место жительства и юридический адрес___________________________________ __________________________________________________________________________ Образование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11241,70 +13681,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1254" w:id="94"/>
+    <w:bookmarkStart w:name="z1254" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о супруге, близких родственниках (родители, брат, сестра, дети) и свойственниках (родители, брат, сестра, дети супруга (супруги) первого руководителя исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) учредителя – юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11837,90 +14277,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1255" w:id="95"/>
+    <w:bookmarkStart w:name="z1255" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о трудовой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z1256" w:id="96"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z1256" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В данном абзаце указываются сведения о всей трудовой деятельности первого руководителя исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) учредителя – юридического лица (также членстве в органе управления), в том числе с момента окончания высшего учебного заведения, а также период, в течение которого трудовая деятельность не осуществлялась.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12540,70 +14980,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1257" w:id="97"/>
+    <w:bookmarkStart w:name="z1257" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о юридических лицах, по отношению к которым первый руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) учредителя – юридического лица является крупным акционером либо имеет право на соответствующую долю в имуществе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13049,170 +15489,170 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1258" w:id="98"/>
+    <w:bookmarkStart w:name="z1258" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о том, являлся ли первый руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) учредителя – юридического лица руководителем, членом органа управления, руководителем исполнительного органа, его заместителем или членом исполнительного органа, главным бухгалтером, заместителем главного бухгалтера финансовой организации, руководителем, заместителем руководителя, главным бухгалтером, заместителем главного бухгалтера филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, крупным участником - физическим лицом, руководителем крупного участника (банковского холдинга) - юридического лица финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, в период не более чем за один год до принятия уполномоченным органом или органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан решения об отнесении банка, филиала банка-нерезидента Республики Казахстан к категории неплатежеспособных банков, филиалов банков-нерезидентов Республики Казахстан либо о принудительном выкупе акций банка, лишении лицензии финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, или признании ее банкротом в установленном законодательством Республики Казахстан или законодательством государства, резидентом которого является банк-нерезидент Республики Казахстан порядке, либо вступления в законную силу решения суда о принудительном прекращении деятельности филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан в случаях, установленных законами Республики Казахстан ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z1259" w:id="99"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z1259" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z1260" w:id="100"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z1260" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (да (нет), указать наименование организации, должность, период работы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z1261" w:id="101"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z1261" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о том, являлся ли первый руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) учредителя – юридического лица ранее руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером финансовой организации, крупным участником (крупным акционером) – физическим лицом, руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером крупного участника (крупного акционера) – юридического лица – эмитента, допустившего дефолт по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам в течение четырех и более последовательных периодов либо сумма задолженности которого по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам, по которым был допущен дефолт, составляет четырехкратный и (или) более размер купонного вознаграждения, либо размер дефолта по выплате основного долга по выпущенным эмиссионным ценным бумагам составляет сумму, в десять тысяч раз превышающую месячный расчетный показатель, установленный законом о республиканском бюджете на дату выплаты _____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z1262" w:id="102"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z1262" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________________________ (да (нет), указать наименование _____________________________________________________________________________________ организации, должность, период работы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z1263" w:id="103"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z1263" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Привлекался ли первый руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) учредителя – юридического лица в качестве ответчика в судебных разбирательствах_____________________________________ _____________________________________________________________________________________ (да (нет), указать дату, наименование организации, ответчика в судебном _____________________________________________________________________________________ разбирательстве, рассматриваемый вопрос и решение суда) Привлекался ли первый руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) учредителя – юридического лица к ответственности за совершение коррупционного преступления либо подвергался административному взысканию за совершение коррупционного правонарушения в течение трех лет до даты подачи заявления ______________________________________________________________________________________ ______________________________________________________________________________________ (да (нет), краткое описание правонарушения реквизиты акта о наложении дисциплинарного взыскания с указанием оснований привлечения к ответственности) 10. Первый руководитель органа управления (в случае его создания) ______________________________________________________________________________________ ______________________________________________________________________________________ (фамилия, имя, отчество (при его наличии) Дата рождения ____________________________________________________________________ Место рождения __________________________________________________________________ Гражданство ______________________________________________________________________ Данные документа, удостоверяющего личность ________________________________________ ______________________________________________________________________________________ Индивидуальный идентификационный номер (при наличии) _____________________ Место жительства и юридический адрес_______________________________________ __________________________________________________________________________ Образование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13727,70 +16167,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1264" w:id="104"/>
+    <w:bookmarkStart w:name="z1264" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о супруге, близких родственниках (родители, брат, сестра, дети) и свойственниках (родители, брат, сестра, дети супруга (супруги) первого руководителя органа управления (в случае его создания) учредителя – юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14323,90 +16763,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1265" w:id="105"/>
+    <w:bookmarkStart w:name="z1265" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о трудовой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z1266" w:id="106"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z1266" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В данном абзаце указываются сведения о всей трудовой деятельности первого руководителя органа управления (в случае его создания) учредителя – юридического лица (также членстве в органе управления), в том числе с момента окончания высшего учебного заведения, а также период, в течение которого трудовая деятельность не осуществлялась.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15026,70 +17466,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1267" w:id="107"/>
+    <w:bookmarkStart w:name="z1267" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о юридических лицах, по отношению к которым первый руководитель органа управления (в случае его создания) учредителя – юридического лица является крупным акционером либо имеет право на соответствующую долю в имуществе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15535,590 +17975,590 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1268" w:id="108"/>
+    <w:bookmarkStart w:name="z1268" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о том, являлся ли первый руководитель органа управления (в случае его создания) учредителя – юридического лица руководителем, членом органа управления, руководителем исполнительного органа, его заместителем или членом исполнительного органа, главным бухгалтером, заместителем главного бухгалтера финансовой организации, руководителем, заместителем руководителя, главным бухгалтером, заместителем главного бухгалтера филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, крупным участником - физическим лицом, руководителем крупного участника (банковского холдинга) - юридического лица финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, в период не более чем за один год до принятия уполномоченным органом или органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан решения об отнесении банка, филиала банка-нерезидента Республики Казахстан к категории неплатежеспособных банков, филиалов банков-нерезидентов Республики Казахстан либо о принудительном выкупе акций банка, лишении лицензии финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, или признании ее банкротом в установленном законодательством Республики Казахстан или законодательством государства, резидентом которого является банк-нерезидент Республики Казахстан порядке, либо вступления в законную силу решения суда о принудительном прекращении деятельности филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан в случаях, установленных законами Республики Казахстан ________ ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z1269" w:id="109"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z1269" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z1270" w:id="110"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z1270" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (да (нет), указать наименование организации, должность, период работы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z1271" w:id="111"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z1271" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о том, являлся ли первый руководитель органа управления (в случае его создания) учредителя – юридического лица ранее руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером финансовой организации, крупным участником (крупным акционером) – физическим лицом, руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером крупного участника (крупного акционера) – юридического лица – эмитента, допустившего дефолт по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам в течение четырех и более последовательных периодов либо сумма задолженности которого по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам, по которым был допущен дефолт, составляет четырехкратный и (или) более размер купонного вознаграждения, либо размер дефолта по выплате основного долга по выпущенным эмиссионным ценным бумагам составляет сумму, в десять тысяч раз превышающую месячный расчетный показатель, установленный законом о республиканском бюджете на дату выплаты _____________________ ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z1272" w:id="112"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z1272" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (да (нет), указать наименование организации, должность, период работы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z1273" w:id="113"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z1273" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Привлекался ли первый руководитель органа управления (в случае его создания) учредителя – юридического лица в качестве ответчика в судебных разбирательствах_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z1274" w:id="114"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z1274" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z1275" w:id="115"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z1275" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (да (нет), указать дату, наименование организации, ответчика в судебном разбирательстве, рассматриваемый вопрос и решение суда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z1276" w:id="116"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z1276" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Привлекался ли первый руководитель органа управления (в случае его создания) учредителя – юридического лица к ответственности за совершение коррупционного преступления либо подвергался административному взысканию за совершение коррупционного правонарушения в течение 3 (трех) лет до даты подачи заявления __________________________________________ ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z1277" w:id="117"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z1277" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        (да (нет), краткое описание правонарушения реквизиты акта о наложении дисциплинарного взыскания с указанием оснований привлечения к ответственности)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z1278" w:id="118"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z1278" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Имеется ли в отношении учредителя – юридического лица вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги или решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z1279" w:id="119"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z1279" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. К сведениям прилагаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z1280" w:id="120"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z1280" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       копия учредительных документов учредителя – юридического лица, в случае отсутствия их на интернет-ресурсе депозитария финансовой отчетности или возможности получения их услугодателем через портал; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z1281" w:id="121"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1281" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информация, подтверждающая выполнение требований, установленных пунктом 4 статьи 19 Закона о банках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z1282" w:id="122"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1282" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       финансовая отчетность за последние 2 (два) завершенных финансовых года (включая консолидированную при наличии), заверенная аудиторской организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z1283" w:id="123"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z1283" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копия документа, удостоверяющего личность первых руководителей исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) и органа управления (в случае его создания) учредителя – юридического лица (для иностранцев, лиц без гражданства);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z1284" w:id="124"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z1284" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документ, подтверждающий сведения об отсутствии у первого руководителя исполнительного органа (лица, единолично осуществляющего функции исполнительного органа) и органа управления (в случае его создания) неснятой или непогашенной судимости за преступления в стране гражданства (для иностранцев) или в стране постоянного проживания (для лиц без гражданства), выданного государственным органом страны их гражданства (страны их постоянного проживания – для лиц без гражданства). В случае, если указанные лица в течение последних 10 (десяти) лет постоянно проживали за пределами страны гражданства, также представляется электронная копия документа об отсутствии неснятой или непогашенной судимости за преступления в стране, где они постоянно проживали последние 10 (десять) лет. Дата выдачи указанного документа не превышает 3 (трех) месяцев, предшествующих дате подачи заявления (за исключением случаев, когда в представляемом документе указан иной срок его действия). Если законодательством страны, государственный орган которой уполномочен подтверждать сведения об отсутствии неснятой или непогашенной судимости за преступления, не предусмотрена выдача подтверждающих документов лицам, в отношении которых запрашиваются указанные сведения, то соответствующее подтверждение направляется письмом государственного органа страны гражданства (для иностранцев) или страны постоянного проживания (для лиц без гражданства) в адрес уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z1285" w:id="125"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z1285" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю, что настоящая информация была проверена учредителем – юридическим лицом и является достоверной и полной, а также подтверждаю соответствие требованиям, предъявляемым к учредителям банка, и наличие безупречной деловой репутации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z1286" w:id="126"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z1286" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляю согласие на сбор и обработку персональных данных, необходимых для оказания государственной услуги и на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z1287" w:id="127"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z1287" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___" _____________ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z1288" w:id="128"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z1288" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Подпись первого руководителя исполнительного органа </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z1289" w:id="129"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z1289" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (лица, единолично осуществляющего функции исполнительного органа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z1290" w:id="130"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z1290" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       учредителя – юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z1291" w:id="131"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z1291" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z1292" w:id="132"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z1292" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Подпись первого руководителя органа управления </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z1293" w:id="133"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z1293" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (в случае его создания) учредителя – юридического лица </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z1294" w:id="134"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z1294" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16210,428 +18650,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оказанию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1296" w:id="135"/>
+    <w:bookmarkStart w:name="z1296" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования к содержанию бизнес-плана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...252 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      раскрытие подробной структуры открываемого филиала банка-нерезидента Республики Казахстан (бюджет, расчетный отчет об активах и обязательствах, счет доходов и расходов за первые 3 (три) финансовых (операционных) года, план маркетинга (формирования клиентуры филиала банка-нерезидента Республики Казахстан); </w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="153"/>
+      Сноска. Приложение 3 исключено постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16909,673 +19027,160 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(БИН 191240019852)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о банке-нерезиденте Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________  </w:t>
-[...609 lines deleted...]
-    <w:bookmarkEnd w:id="182"/>
+      Сноска. Приложение 4 исключено постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1528" w:id="253"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение 5</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к перечню основных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требований к оказанию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17609,301 +19214,900 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1530" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краткие данные о руководящих работниках банка-нерезидента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень дополнен приложением 5 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1531" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование банка - нерезидента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z1532" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1533" w:id="257"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="257"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Должность руководящего работника банка - нерезидента Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1536" w:id="258"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="258"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гражданство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Данные документа, удостоверяющего личность (для иностранцев, лиц без гражданства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z1541" w:id="259"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="259"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Форма </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...42 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z1548" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
+      Банк - нерезидент Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z1549" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z1550" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z1551" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подтверждает соответствие указанного (указанных) руководящего (руководящих) работника (работников) банка - нерезидента Республики Казахстан, требованиям, установленным подпунктами 3), 4), 5) и 6) пункта 3 статьи 20 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z1552" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отсутствие неснятой или не погашенной судимости в стране гражданства (для иностранцев) или в стране постоянного проживания (для лиц без гражданства), а также в стране, где данный (данные) руководящий (руководящие) работник (работники) постоянно проживал (проживали) последние 10 (десять) лет проверено банком - нерезидентом Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z1553" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z1554" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z1555" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая информация проверена банком - нерезидентом Республики Казахстан и является достоверной и полной.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z1556" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель исполнительного органа (лицо, единолично осуществляющее функции исполнительного органа) или лицо, исполняющее его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z1557" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z1558" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17937,3641 +20141,127 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 к постановлению </w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Правления Агентства </w:t>
+              <w:t>к Правилам выдачи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>разрешения на открытие</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по регулированию и развитию</w:t>
+              <w:t>банка, филиала</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>финансового рынка</w:t>
+              <w:t>банка-нерезидента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "30" марта 2020 года № 36</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3511 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -21617,3602 +20307,404 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...64 lines deleted...]
-              <w:t>к Правилам лицензирования банков, филиалов банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, лицензирования на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1193" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (печатается на бланке уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций с изображением государственного герба Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="267"/>
+        <w:t xml:space="preserve"> Разрешение на открытие банка, филиала банка-нерезидента Республики Казахстан (выбрать нужное)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      Сноска. Приложение 4 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 107</w:t>
+        <w:t>№ 42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...3426 lines deleted...]
-    </w:tbl>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № ______ от "___" ____________ __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1560" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее разрешение выдано на открытие</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z1561" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z1562" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование банка, филиала банка-нерезидента Республики Казахстан, которому выдается разрешение)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z1563" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разрешение на открытие _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z1564" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z1565" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование банка, филиала банка-нерезидента Республики Казахстан) имеет юридическую силу до принятия уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций решения о выдаче</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z1566" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z1567" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование банка, филиала банка-нерезидента Республики Казахстан) лицензии на проведение банковских операций, либо до наступления одного из случаев, предусмотренных пунктами 3 или 4 статьи 13, пунктами 3-1 или 4 статьи 13-1 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z1568" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Председатель (заместитель Председателя) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z1569" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ________________________ __________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z1570" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (подпись или электронная цифровая подпись) (фамилия, инициалы) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z1571" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати (для бумажной формы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25246,3458 +20738,3656 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...64 lines deleted...]
-              <w:t>к Правилам лицензирования банков, филиалов банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, лицензирования на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
+              <w:t xml:space="preserve">Приложение 2 к постановлению </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Правления Агентства </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по регулированию и развитию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансового рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от "30" марта 2020 года № 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1194" w:id="268"/>
+    <w:bookmarkStart w:name="z150" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="268"/>
+        <w:t xml:space="preserve"> Правила лицензирования банков, филиалов банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, лицензирования на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      Сноска. Правила в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 25.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z809" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила лицензирования банков, филиалов банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, лицензирования на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан (далее – Правила), разработаны в соответствии с частью первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 26 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках), подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее – Закон о государственных услугах), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О разрешениях и уведомлениях" (далее – Закон о разрешениях и уведомлениях) и определяют порядок лицензирования уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган, услугодатель) банков, филиалов банков-нерезидентов Республики Казахстан, исламских банков, филиалов исламских банков-нерезидентов Республики Казахстан (далее – услугополучатель) на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан и на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о внесенных изменениях и (или) дополнениях в Правила размещается на официальном интернет-ресурсе уполномоченного органа, направляется оператору информационно-коммуникационной инфраструктуры "электронного правительства" и Единый контакт-центр в течение 3 (трех) рабочих дней с даты утверждения или изменения соответствующего нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z811" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Правилах используются понятия, применяемые в значениях, указанных в Законе о банках, Законе о государственных услугах, Законе о разрешениях и уведомлениях, законах Республики Казахстан "Об электронном документе и электронной цифровой подписи" и "Об информатизации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...3280 lines deleted...]
-    </w:tbl>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z812" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Документы предоставляются на бумажном носителе либо в электронном виде через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги "Выдача лицензии банкам, филиалам банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан" приведен в приложении 1 к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги "Выдача лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан" приведен в приложении 2 к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача услугополучателю согласия на осуществление подвидов государственных услуг "Выдача лицензии банкам, филиалам банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан" и "Выдача лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан" (далее – государственные услуги), указанных в Перечне основных требований к оказанию государственной услуги согласно приложению 1 к Правилам и Перечне основных требований к оказанию государственной услуги согласно приложению 2 к Правилам, осуществляется в соответствии с Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При направлении услугополучателем заявления через портал в "личном кабинете" автоматически отображается статус о принятии запроса на оказание государственной услуги с указанием даты и времени получения результата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о стадии оказания государственных услуг обновляется в автоматическом режиме в информационной системе мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z817" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Документы, предоставляемые на бумажном носителе, состоящие из нескольких листов, представляются пронумерованными и прошитыми с указанием количества прошитых листов на ярлыке, наклеенном на обороте последнего листа на узел прошивки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z818" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Копии документов заверяются подписью руководителя исполнительного органа банка, руководителя филиала банка-нерезидента Республики Казахстан либо лица, исполняющего его обязанности (с представлением копии подтверждающего документа о возложении исполнения обязанностей), с указанием фамилии, имени, отчества (при его наличии) с указанием на верность копии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z819" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Документы, выданные органом финансового надзора, компетентными органами или должностными лицами иностранных государств, подлежат легализации либо апостилированию в соответствии с требованиями законодательства Республики Казахстан или международными договорами, ратифицированными Республикой Казахстан (за исключением документов, удостоверяющих личность физического лица – нерезидента Республики Казахстан). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z820" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, представляемые на иностранном языке, переводятся на казахский и русский языки и подлежат нотариальному засвидетельствованию в соответствии с законодательством Республики Казахстан о нотариате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z821" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уполномоченный орган получает из информационных систем, используемых для оказания государственных услуг, или сервиса цифровых документов сведения, указанные в документах о государственной регистрации (перерегистрации) юридического лица – резидента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z822" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Оплата лицензионного сбора осуществляется услугополучателем в наличной или безналичной форме через банки второго уровня, филиалы банков-нерезидентов Республики Казахстан, открытые на территории Республики Казахстан, или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z823" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок лицензирования банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков-нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z824" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Для получения лицензии на проведение дополнительных видов банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, банк, филиал банка-нерезидента Республики Казахстан при выполнении требований пункта 3 статьи 26 Закона о банках подают в уполномоченный орган на бумажном носителе либо в электронном виде через портал заявление о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z825" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для получения лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, при добровольной реорганизации банка в форме конвертации в исламский банк и (или) для получения лицензии на проведение дополнительных видов банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, исламский банк, филиал исламского банка-нерезидента Республики Казахстан при выполнении требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 26 Закона о банках подают в уполномоченный орган на бумажном носителе либо в электронном виде через портал заявление о выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z826" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Работник услугодателя, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления о выдаче лицензии на проведение банковских и иных операций осуществляет его прием, регистрацию и направление на исполнение в подразделение, ответственное за оказание государственной услуги (далее – ответственное подразделение). При поступлении заявления услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках), прием заявлений осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник ответственного подразделения в течение 2 (двух) рабочих дней, следующих за днем регистрации заявления о выдаче лицензии на проведение банковских и иных операций, проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае установления факта неполноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в течение 2 (двух) рабочих дней, следующих за днем получения документов услугополучателя, готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления о выдаче лицензии на проведение банковских и иных операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z829" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. После установления факта полноты представленных документов ответственное подразделение в течение срока оказания государственной услуги рассматривает документы на предмет их соответствия требованиям банковского законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z209" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований для отказа в выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, уполномоченный орган уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z210" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до принятия решения об отказе в оказании государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения услугополучателем уведомления о предварительном решении об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z211" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По результатам рассмотрения документов, представленных услугополучателем, заслушивания ответственное подразделение готовит и направляет на рассмотрение уполномоченного лица услугодателя проект приказа о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, либо мотивированного отказа в выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан. Уполномоченное лицо услугодателя подписывает проект приказа о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, либо мотивированный отказ в выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, по основаниям, предусмотренным пунктом 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам и пунктом 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z212" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник ответственного подразделения в течение 3 (трех) рабочих дней, следующих за днем принятия уполномоченным лицом услугодателя соответствующего решения (в пределах срока оказания государственной услуги), через канцелярию услугодателя направляет услугополучателю уведомление о выдаче лицензии на проведение банковских и иных операций с приложением лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, либо мотивированный отказ в выдаче лицензии на проведение банковских и иных операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z213" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале уведомление о выдаче лицензии на проведение банковских и иных операций с приложением электронной копии лицензии либо мотивированный отказ в выдаче лицензии на проведение банковских и иных операций направляется услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z214" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При наличии оснований для отказа в выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, срок рассмотрения заявления может быть продлен мотивированным решением руководителя услугодателя или его заместителя на разумный срок, но не более чем до 2 (двух) месяцев ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения заявления, о чем извещается услугополучатель в течение 3 (трех) рабочих дней со дня продления срока, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 76 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 14.02.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z832" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. В случае несоответствия документов, представленных услугополучателем для получения лицензии на проведение дополнительных видов банковских операций, требованиям Закона о банках и Правил, за исключением оснований отказа в выдаче лицензии на проведение банковских или иных операций, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о банках, уполномоченный орган в течение срока их рассмотрения, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 26 Закона о банках, направляет услугополучателю письмо с замечаниями для их устранения и представления доработанных (исправленных) документов, соответствующих требованиям банковского законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z833" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Уполномоченный орган выдает банку, филиалу банка-нерезидента Республики Казахстан лицензию на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, по форме согласно приложению 5 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 26.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z835" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Уполномоченный орган выдает исламскому банку, филиалу исламского банка-нерезидента Республики Казахстан лицензию на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 26.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z836" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уполномоченный орган выдает исламскому банку, филиалу исламского банка-нерезидента Республики Казахстан лицензию на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, и осуществление деятельности на рынке ценных бумаг по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z837" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. В случае принятия уполномоченным органом решения о выдаче банку, филиалу банка-нерезидента Республики Казахстан лицензии на проведение дополнительных видов банковских и иных операций банку, филиалу банка-нерезидента Республики Казахстан выдается новая лицензия с включением в нее дополнительных видов банковских и иных операций. Ранее выданные лицензии банка, филиала банка-нерезидента Республики Казахстан подлежат возврату в уполномоченный орган в течение 10 (десяти) рабочих дней со дня получения новой лицензии на проведение банковских и иных операций. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z838" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок переоформления, выдачи дубликата, приостановления либо прекращения действия лицензии банка, филиала банка-нерезидента Республики Казахстан на проведение всех или отдельных банковских и (или) иных операций, предусмотренных банковским законодательством Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z839" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Переоформление лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, производится по основаниям и в порядке, установленным Законом о разрешениях и уведомлениях, в том числе в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z840" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реорганизации услугополучателя в соответствии с порядком, определенным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о разрешениях и уведомлениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z841" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изменения наименования услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z842" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличия требования о переоформлении в законах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z843" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. При переоформлении лицензии банк, филиал банка-нерезидента Республики Казахстан обращаются в уполномоченный орган с заявлением о переоформлении лицензии по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам на бумажном носителе через канцелярию услугодателя либо в электронном виде через портал. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z844" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При переоформлении лицензии исламский банк, филиал исламского банка-нерезидента Республики Казахстан обращаются в уполномоченный орган с заявлением о переоформлении лицензии (для исламского банка, филиала исламского банка-нерезидента Республики Казахстан) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам на бумажном носителе через канцелярию услугодателя либо в электронном виде посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z845" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Работник услугодателя, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления о переоформлении лицензии осуществляет его прием, регистрацию и направление на исполнение в ответственное подразделение. При поступлении заявления услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону о праздниках прием заявлений осуществляется следующим рабочим днем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z1350" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник ответственного подразделения в течение 2 (двух) рабочих дней, следующих за днем регистрации заявления о переоформлении лицензии, проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z1351" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае установления факта неполноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в течение 2 (двух) рабочих дней, следующих за днем получения документов услугополучателя, готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления о переоформлении лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z848" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. После установления факта полноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в течение срока оказания государственной услуги рассматривает документы на предмет их соответствия требованиям банковского законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований для отказа в переоформлении лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, уполномоченный орган уведомляет услугополучателя о предварительном решении об отказе в переоформлении лицензии, а также времени и месте (способе) проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до принятия решения об отказе в оказании государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения услугополучателем уведомления о предварительном решении об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения документов, представленных услугополучателем, и (или) проведения заслушивания ответственное подразделение готовит и направляет на рассмотрение уполномоченного лица услугодателя проект приказа о переоформлении лицензии либо мотивированного отказа в переоформлении лицензии. Уполномоченное лицо услугодателя подписывает проект приказа о переоформлении лицензии либо мотивированный отказ в переоформлении лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник ответственного подразделения в течение 3 (трех) рабочих дней, следующих за днем принятия уполномоченным лицом услугодателя соответствующего решения (в пределах срока оказания государственной услуги), через канцелярию услугодателя направляет услугополучателю уведомление о переоформлении лицензии на проведение банковских и иных операций с приложением переоформленной лицензии на проведение банковских и иных операций либо мотивированный отказ в переоформлении лицензии на проведение банковских и иных операций, по основаниям, предусмотренным пунктом 9 приложения 1 к Правилам и пунктом 9 приложения 2 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале уведомление о переоформлении лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, с приложением электронной копии переоформленной лицензии либо мотивированный отказ в переоформлении лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, направляется услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии оснований для отказа в переоформлении лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, срок рассмотрения заявления о переоформлении лицензии продлевается мотивированным решением руководителя услугодателя или его заместителя на разумный срок, но не более чем до 2 (двух) месяцев ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения заявления о переоформлении лицензии, о чем извещается услугополучатель в течение 3 (трех) рабочих дней со дня продления срока, в соответствии с частью третьей статьи 76 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z851" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При поступлении заявления на выдачу дубликата лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, (если ранее выданная лицензия была оформлена в бумажной форме) работник услугодателя, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления на выдачу дубликата лицензии осуществляет его прием, регистрацию и направление на исполнение в ответственное подразделение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При поступлении заявления услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону о праздниках прием заявлений осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственное подразделение в течение 2 (двух) рабочих дней (в пределах срока оказания государственной услуги) рассматривает представленные документы на предмет их соответствия требованиям законодательства Республики Казахстан, готовит проект дубликата лицензии либо отказа, подписывает дубликат лицензии либо отказ у руководителя услугодателя, направляет уведомление о выдаче дубликата лицензии с приложением дубликата лицензии услугополучателю через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале уведомление о выдаче дубликата лицензии с приложением электронной копии дубликата лицензии либо отказ в выдаче дубликата лицензии услугополучателю направляется услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z855" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Приостановление действия либо лишение банка, филиала банка-нерезидента Республики Казахстан лицензии на проведение всех или отдельных банковских операций производится по основаниям, предусмотренным банковским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z856" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Решение уполномоченного органа о приостановлении действия либо лишении лицензии на проведение всех или отдельных банковских операций направляется для исполнения банку, филиалу банка-нерезидента Республики Казахстан в течение 5 (пяти) рабочих дней со дня принятия указанного решения. Информация о принятом решении размещается на интернет-ресурсе уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z857" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Банк, филиал банка-нерезидента Республики Казахстан, действие лицензий которых приостановлено, ежемесячно не позднее 10 (десятого) числа каждого месяца (до даты возобновления действия лицензии либо окончания срока приостановления действия лицензии) уведомляют уполномоченный орган о мероприятиях, проведенных банком, филиалом банка-нерезидента Республики Казахстан по устранению выявленных нарушений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z858" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. При добровольном обращении банка в уполномоченный орган о прекращении действия лицензии банк на основании решения общего собрания акционеров банка в течение 30 (тридцати) календарных дней после исполнения всех обязательств по всем или отдельным банковским и (или) иным операциям обращается в уполномоченный орган с заявлением о прекращении действия лицензии на проведение всех или отдельных банковских и (или) иных операций по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам (далее – заявление о прекращении действия лицензии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z859" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При добровольном обращении филиала банка-нерезидента Республики Казахстан в уполномоченный орган о прекращении действия лицензии на проведение отдельных банковских и (или) иных операций, предусмотренных банковским законодательством Республики Казахстан, филиал банка-нерезидента Республики Казахстан на основании решения банка-нерезидента Республики Казахстан в течение 30 (тридцати) календарных дней после исполнения всех обязательств по данным банковским и (или) иным операциям, предусмотренным банковским законодательством Республики Казахстан, обращается в уполномоченный орган с заявлением о прекращении действия лицензии по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z860" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 61-4 Закона о банках, дочерний банк на основании решения общего собрания акционеров в течение 30 (тридцати) календарных дней после подписания договора об одновременной передаче активов и обязательств обращается в уполномоченный орган с заявлением о прекращении действия лицензии на бумажном носителе через канцелярию услугодателя либо в электронном виде через портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z861" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Информация о добровольном обращении банка в уполномоченный орган о прекращении действия лицензии на проведение всех или отдельных банковских и (или) иных операций, а также о добровольном обращении филиала банка-нерезидента Республики Казахстан в уполномоченный орган о прекращении действия лицензии на проведение отдельных банковских и (или) иных операций, предусмотренных банковским законодательством Республики Казахстан, публикуется банком, филиалом банка-нерезидента Республики Казахстан в периодических печатных изданиях на казахском и русском языках, распространяемых на всей территории Республики Казахстан, не позднее 60 (шестидесяти) календарных дней до даты подачи заявления в уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z862" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. При добровольном обращении банка, филиала банка-нерезидента Республики Казахстан в уполномоченный орган о прекращении действия лицензии, предусмотренном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, банк, филиал банка-нерезидента Республики Казахстан представляют подписанное руководителем исполнительного органа банка, руководителем филиала банка-нерезидента либо лицом, исполняющим их обязанности (с представлением копии подтверждающего документа о возложении исполнения обязанностей) заявление о прекращении действия лицензии. К заявлению о прекращении действия лицензии прилагаются следующие документы на бумажном носителе через канцелярию услугодателя либо в электронном виде через портал: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z863" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) решение общего собрания акционеров банка либо решение банка-нерезидента Республики Казахстан о добровольном обращении в уполномоченный орган о прекращении действия лицензии, предусмотренном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z864" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) письмо – гарантия банка, филиала банка-нерезидента Республики Казахстан об отсутствии обязательств и действующих договоров по всем или отдельным банковским и (или) иным операциям, за исключением случая, предусмотренного пунктом 7 статьи 61-4 Закона о банках, при котором прилагается оригинал договора об одновременной передаче активов и обязательств, заключенного между родительским и дочерним банками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z865" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бухгалтерский баланс (для банка), отчет об активах и обязательствах (для филиала банка-нерезидента Республики Казахстан) и пояснительная записка к ним, составленные по состоянию на последний рабочий день, предшествующий дню направления заявления о прекращении действия лицензии. В пояснительной записке раскрывается информация о кредиторах банка, филиала банка-нерезидента Республики Казахстан (при их наличии) с указанием сумм кредиторской задолженности и оснований ее возникновения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z866" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) письмо акционерного общества "Центральный депозитарий ценных бумаг" о закрытии в системе учета центрального депозитария лицевого счета и всех субсчетов на лицевом счете банка, филиала банка-нерезидента Республики Казахстан или информация от акционерного общества "Центральный депозитарий ценных бумаг" о присвоении лицевому счету, открытому на имя банка, филиала банка-нерезидента Республики Казахстан статуса "потерянный клиент";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z867" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) письмо акционерного общества "Центральный депозитарий ценных бумаг" о расторжении договора депозитарного обслуживания, договора текущего счета и договора о приеме и выдаче операционных документов в виде факсимильных сообщений (при добровольном обращении в уполномоченный орган о прекращении действия лицензии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z868" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) письмо акционерного общества "Казахстанская фондовая биржа" об отсутствии задолженности перед акционерным обществом "Казахстанская фондовая биржа" по всем или отдельным банковским и (или) иным операциям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z869" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) информацию о выполнении требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z870" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. При прекращении действия лицензии на проведение отдельных банковских и (или) иных операций в связи с добровольным обращением банка, филиала банка-нерезидента Республики Казахстан в уполномоченный орган заявление о прекращении действия лицензии рассматривается уполномоченным органом в течение 30 (тридцати) рабочих дней с даты получения документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, соответствующих требованиям банковского законодательства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z871" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При прекращении действия лицензии на проведение всех банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, в связи с добровольным обращением банка в уполномоченный орган заявление о прекращении действия лицензии рассматривается уполномоченным органом в течение 3 (трех) месяцев с даты получения документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, соответствующих требованиям банковского законодательства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z872" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Добровольное обращение в уполномоченный орган о прекращении действия лицензии, предусмотренное в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, производится при выполнении банком, филиалом банка-нерезидента Республики Казахстан следующих условий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z873" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) представление полного пакета документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z874" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствие обязательств и действующих договоров по всем или отдельным банковским и (или) иным операциям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z875" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. В случае невыполнения банком, филиалом банка-нерезидента Республики Казахстан условий, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, уполномоченный орган отказывает в прекращении действия лицензии на проведение всех или отдельных банковских и (или) иных операций, предусмотренных банковским законодательством Республики Казахстан. При повторном представлении банком, филиалом банка-нерезидента Республики Казахстан заявления о прекращении действия лицензии исчисление срока его рассмотрения уполномоченным органом начинается с даты его повторного представления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z876" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При наличии замечаний по представленным документам в части оформления и при наличии арифметических ошибок уполномоченный орган в течение сроков их рассмотрения, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, направляет банку, филиалу банка-нерезидента Республики Казахстан письмо с замечаниями для их устранения и представления доработанных (исправленных) документов, соответствующих требованиям банковского законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z877" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Не позднее 10 (десяти) рабочих дней с даты получения письма уполномоченного органа о возможности прекращения действия лицензии на проведение всех или отдельных банковских и (или) иных операций, предусмотренных банковским законодательством Республики Казахстан, банк, филиал банка-нерезидента Республики Казахстан возвращают оригинал лицензии, выданной на бумажном носителе, в уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z878" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Не позднее 30 (тридцати) рабочих дней с даты получения письма уполномоченного органа о возможности прекращения действия лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, банк уведомляет уполномоченный орган о государственной перерегистрации в части исключения из наименования банка слова "банк". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z879" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Требования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подпункта 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил не распространяются на дочерний банк при добровольном обращении о прекращении действия лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 61-4 Закона о банках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z880" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Прекращение действия лицензии на проведение всех банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, в связи с добровольным обращением филиала банка–нерезидента Республики Казахстан в уполномоченный орган осуществляется при условии добровольного прекращения деятельности филиала банка-нерезидента Республики Казахстан на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z881" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При получении разрешения уполномоченного органа на добровольное прекращение деятельности филиал банка-нерезидента Республики Казахстан возвращает ранее выданный оригинал лицензии на право осуществления банковских и (или) иных операций, предусмотренных банковским законодательством Республики Казахстан, в течение 10 (десяти) рабочих дней с даты вступления в силу данного решения уполномоченного органа (если ранее выданная лицензия была оформлена в бумажном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z882" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z883" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг производится в письменном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z225" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим должностным лицом услугодателя, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z226" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z227" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра: 8-800-080-7777 или 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z228" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z229" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя по вопросам оказания государственных услуг, поступившая в адрес услугодателя, рассматривается в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z230" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, рассматривается в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 14.02.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z890" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В жалобе указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z232" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) полное наименование, почтовый адрес, бизнес-идентификационный номер услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z233" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование услугодателя и (или) фамилия, имя, отчество (при его наличии) должностного лица решение, действие (бездействие) которого (которых) обжалуется (обжалуются);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z234" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обстоятельства, на которых лицо, подающее жалобу, основывает свои требования и доказательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z235" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) исходящий номер и дата подачи жалобы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z236" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) перечень прилагаемых к жалобе документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z237" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подписывается услугополучателем либо лицом, являющимся его представителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 14.02.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z892" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 14.02.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28731,1024 +24421,3257 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
-[...649 lines deleted...]
-              <w:t>банка-нерезидента Республики Казахстан)</w:t>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам лицензирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков, филиалов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на проведение банковских и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предусмотренных банковским</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>законодательством</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензирования на проведение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банковских и иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляемых исламскими</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банками, филиалами исламских</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1196" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="269"/>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
+      Сноска. Приложение 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 107</w:t>
+        <w:t>№ 42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...141 lines deleted...]
-    <w:bookmarkEnd w:id="276"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование государственной услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача лицензии банкам, филиалам банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование подвидов государственной услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя – резидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством, впервые;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении открываемого филиала банка-нерезидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии на проведение дополнительных банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения дубликата лицензии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для переоформления лицензии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Агентство Республики Казахстан по регулированию и развитию финансового рынка (далее – уполномоченный орган)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По всем подвидам государственной услуги: веб-портал "электронного правительства" www.egov.kz (далее – портал); канцелярия услугодателя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Со дня сдачи пакета документов услугодателю, а также со дня обращения на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) при выдаче лицензии на проведение банковских и иных операций (далее – лицензия): в течение 30 (тридцати) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в рамках добровольной реорганизации микрофинансовой организации в форме конвертации в банк – в течение 10 (десяти) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при переоформлении лицензии: в течение 15 (пятнадцати) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при переоформлении лицензии в случае реорганизации услугополучателя в форме выделения или разделения – не позднее 30 (тридцати) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) при выдаче дубликатов лицензии – в течение 2 (двух) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По всем подвидам государственной услуги электронная (частично автоматизированная) /бумажная.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уведомление о выдаче лицензии, переоформлении лицензии, выдаче дубликата лицензии с приложением лицензии либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) лицензионный сбор за выдачу лицензии составляет 800 (восемьсот) месячных расчетных показателей (за каждую банковскую операцию отдельно);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) лицензионный сбор за переоформление лицензии составляет 10 (десять) процентов от ставки, установленной в подпункте 1) настоящего пункта (за каждую банковскую операцию отдельно);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) лицензионный сбор за выдачу дубликата лицензии составляет 10 (десять) процентов от ставки, установленной в подпункте 1) настоящего пункта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оплата лицензионного сбора осуществляется в наличной или безналичной форме через банки второго уровня, филиалы банков-нерезидентов Республики Казахстан, открытые на территории Республики Казахстан, или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, за исключением выходных и праздничных дней в соответствии с трудовым законодательством Республики Казахстан и Законом Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону о праздниках, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя – резидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством, впервые на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан, по форме согласно приложению 3 к Правилам в виде электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нотариально засвидетельствованная копия устава услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия документа, подтверждающего уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников банка, в соответствии с требованиями статьи 20 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным постановлением Правления Национального Банка Республики Казахстан от 12 ноября 2019 года № 188 "Об утверждении Правил формирования системы управления рисками и внутреннего контроля для банков второго уровня, филиалов банков-нерезидентов Республики Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 19632 (далее – Постановление № 188);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) электронная копия штатного расписания с указанием фамилий, имен и при наличии отчеств сотрудников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) электронные копии документов, подтверждающих оплату уставного капитала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя – резидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством, впервые в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан, по форме согласно приложению 3 к Правилам с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нотариально засвидетельствованная копия устава услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документ, подтверждающий уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников банка, в соответствии с требованиями статьи 20 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным Постановлением № 188;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) штатное расписание с указанием фамилий, имен и при наличии отчеств сотрудников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) копии документов, подтверждающих оплату уставного капитала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении филиала банка – нерезидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, впервые на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан, по форме согласно приложению 3 к Правилам в виде электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников филиала банка-нерезидента Республики Казахстан, в соответствии с требованиями статьи 20 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным Постановлением № 188;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия положения о филиале, утвержденного органом управления банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) письменное обязательство (подтверждение) банка-нерезидента Республики Казахстан о принятии ответственности по обязательствам, возникающим в процессе осуществления деятельности его филиала на территории Республики Казахстан, и об учете таких обязательств на балансе банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) копия действующей лицензии (действующего разрешения) банка-нерезидента Республики Казахстан на проведение банковских и иных операций, выданной (выданного) органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан, с указанием перечня разрешенных в рамках лицензии (разрешения) банковских и иных операций, – представляется в случае, если после подачи заявления о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан, предусмотренного пунктом 2 статьи 13-1 Закона о банках, был изменен перечень банковских или иных операций, которые банк-нерезидент Республики Казахстан вправе осуществлять, или банк-нерезидент Республики Казахстан получил новую лицензию (новое разрешение).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении филиала банка – нерезидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, впервые в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан, по форме согласно приложению 3 к Правилам с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) документ, подтверждающий уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников филиала банка – нерезидента Республики Казахстан, в соответствии с требованиями статьи 20 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным Постановлением № 188;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) копия положения о филиале, утвержденного органом управления банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) письменное обязательство (подтверждение) банка-нерезидента Республики Казахстан о принятии ответственности по обязательствам, возникающим в процессе осуществления деятельности его филиала на территории Республики Казахстан, и об учете таких обязательств на балансе банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) копия действующей лицензии (действующего разрешения) банка-нерезидента Республики Казахстан на проведение банковских и иных операций, выданной (выданного) органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан, с указанием перечня разрешенных в рамках лицензии (разрешения) банковских и иных операций, – представляется в случае, если после подачи заявления о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан, предусмотренного пунктом 2 статьи 13-1 Закона о банках, был изменен перечень банковских или иных операций, которые банк-нерезидент Республики Казахстан вправе осуществлять, или банк-нерезидент Республики Казахстан получил новую лицензию (новое разрешение).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии на проведение дополнительных банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Заявление о выдаче лицензии на проведение дополнительных банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан, по форме согласно приложению 3-1 к Правилам в виде электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего оплату лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия правил, определяющих общие условия проведения дополнительных видов банковских операций.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии на проведение дополнительных банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Заявление о выдаче лицензии на проведение дополнительных банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан, по форме согласно приложению 3-1 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копия документа, подтверждающего оплату лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) правила, определяющие общие условия проведения дополнительных видов банковских операций.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения дубликата лицензии (если ранее выданная лицензия была оформлена в бумажной форме) на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при выдаче дубликата лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения дубликата лицензии (если ранее выданная лицензия была оформлена в бумажной форме) в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление в произвольной форме, подписанное первым руководителем услугополучателя либо лицом, уполномоченным на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при выдаче дубликата лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для переоформления лицензии на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при переоформлении лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронные копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация из которых содержится в государственных информационных системах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) оригинал лицензии, в случае исключения из лицензируемого вида деятельности одной или более банковских и иных операций (если ранее выданная лицензия была оформлена в бумажной форме), направляется в канцелярию услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для переоформления лицензии в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о переоформлении лицензии по форме в соответствии с приложением 9 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) оригинал лицензии, в случае исключения из лицензируемого вида деятельности одной или более банковских и иных операций (если ранее выданная лицензия была оформлена в бумажной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при переоформлении лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация из которых содержится в государственных информационных системах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) несоблюдение любого из требований, установленных пунктами 2 и 3 статьи 26 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоблюдение банковским конгломератом, в состав которого входит банк, установленных пруденциальных нормативов и других обязательных к соблюдению норм и лимитов в период за 6 (шесть) месяцев до подачи заявления о выдаче лицензии на проведение банковских и иных операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) невыполнение требования по формированию активов филиала банка-нерезидента Республики Казахстан, принимаемых в качестве резерва, в соответствии с частью второй пункта 6 статьи 42 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) отсутствие у банка – нерезидента Республики Казахстан действующей лицензии (действующего разрешения) на проведение банковских и иных операций, выданной (выданного) органом финансового надзора государства, резидентом которого является банк – нерезидент Республики Казахстан, аналогичных по существу банковским и иным операциям, которые планирует осуществлять филиал банка – нерезидента Республики Казахстан на территории Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) несоответствие размера, состава и структуры уставного капитала банка требованиям статьи 16 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) несоответствие представленных документов требованиям законодательства Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) несогласование руководящего работника из числа кандидатов, предлагаемых к назначению (избранию) (для вновь создаваемого банка, открываемого филиала банка-нерезидента Республики Казахстан);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) несоблюдение требования, указанного в пункте 1-1 статьи 20 Закона о банках, по наличию в числе руководящих работников филиала банка-нерезидента Республики Казахстан не менее двух руководящих работников-резидентов Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) не внесен лицензионный сбор за право занятия отдельными видами деятельности в случае подачи заявления на выдачу лицензии на вид деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о приостановлении или запрещении деятельности или отдельных видов деятельности, подлежащих лицензированию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) судом на основании представления судебного исполнителя временно запрещено выдавать услугополучателю-должнику лицензию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) занятие видом деятельности запрещено законами Республики Казахстан для данной категории юридических лиц;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) установлена недостоверность документов, представленных услугополучателем для получения лицензии, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) отмена ранее выданного разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) несоответствие стратегии развития услугополучателя и (или) иных представленных документов требованиям уполномоченного органа к системе управления рисками и внутреннего контроля и (или) непредставления сведений, подтверждающих, что:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по истечении первых трех финансовых (операционных) лет деятельность услугополучателя будет рентабельной;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+услугополучатель и (или) банковский конгломерат, в состав которого войдет услугополучатель, будут выполнять пруденциальные нормативы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+услугополучатель обладает организационной структурой, соответствующей планам его деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17) недостоверность сведений и информации в документах, представленных для получения лицензии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель отказывает в переоформлении лицензии в случае ненадлежащего оформления документов, указанных в частях седьмой и восьмой пункта 8 настоящего перечня основных требований к оказанию государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес места оказания государственной услуги размещен на официальном интернет-ресурсе услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги размещены на официальном интернет-ресурсе услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29782,847 +27705,3527 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам лицензирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков, филиалов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на проведение банковских и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предусмотренных банковским</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>законодательством</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензирования на проведение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банковских и иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляемых исламскими</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банками, филиалами исламских</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование подвидов государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>к Правилам лицензирования банков, филиалов банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, лицензирования на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя – резидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством, впервые;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении открываемого филиала исламского банка-нерезидента Республики Казахстан для получения лицензии на проведение банковских и иных операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии на проведение дополнительных банковских и иных операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии при добровольной реорганизации банка в форме конвертации в исламский банк;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения дубликата лицензии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для переоформления лицензии.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Агентство Республики Казахстан по регулированию и развитию финансового рынка (далее – уполномоченный орган).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">В Республиканское государственное </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По всем подвидам государственной услуги:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+канцелярия услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">учреждение "Агентство Республики </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Со дня сдачи пакета документов услугодателю, а также со дня обращения на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) при выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками (далее – лицензия): в течение 30 (тридцати) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при переоформлении лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в течение 15 (пятнадцати) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при переоформлении лицензии в случае реорганизации услугополучателя в форме выделения или разделения - не позднее 30 (тридцати) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) при выдаче дубликатов лицензии – в течение 2 (двух) рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Казахстан по регулированию и развитию </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По всем подвидам государственной услуги электронная (частично автоматизированная) /бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>финансового рынка"</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уведомление о выдаче лицензии, переоформлении лицензии, выдаче дубликата лицензии с приложением лицензии либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">(БИН 191240019852) </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) лицензионный сбор за выдачу лицензии составляет 800 (восемьсот) месячных расчетных показателей (за каждую банковскую операцию отдельно);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) лицензионный сбор за переоформление лицензии составляет 10 (десять) процентов от ставки, установленной в подпункте 1) настоящего пункта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) лицензионный сбор за выдачу дубликата лицензии составляет 10 (десять) процентов от ставки, установленной в подпункте 1) настоящего пункта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оплата лицензионного сбора осуществляется в наличной или безналичной форме через банки второго уровня, филиалы банков-нерезидентов Республики Казахстан, открытые на территории Республики Казахстан, или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>от____________________________</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, за исключением выходных и праздничных дней в соответствии с трудовым законодательством Республики Казахстан и Законом Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону о праздниках, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>(наименование исламского банка,</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя – резидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, впервые на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, по форме согласно приложению 4 к Правилам в виде электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нотариально засвидетельствованная копия устава услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия документа, подтверждающего уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников исламского банка, в соответствии с требованиями статьи 20 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным постановлением Правления Национального Банка Республики Казахстан от 12 ноября 2019 года № 188 "Об утверждении Правил формирования системы управления рисками и внутреннего контроля для банков второго уровня, филиалов банков-нерезидентов Республики Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 19632 (далее – Постановление № 188);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) электронная копия штатного расписания (с указанием фамилий, имен и при наличии отчеств сотрудников);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) электронные копии документов, подтверждающих оплату уставного капитала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя – резидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, впервые в канцелярию услугодателя: 1) заявление о выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, по форме согласно приложению 4 к Правилам с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нотариально засвидетельствованная копия устава услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документ, подтверждающий уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников банка, в соответствии с требованиями статьи 20 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным Постановлением № 188;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) штатное расписание (с указанием фамилий, имен и при наличии отчеств сотрудников);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) копии документов, подтверждающих оплату уставного капитала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении филиала исламского банка – нерезидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, впервые на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, по форме согласно приложению 4 к Правилам в виде электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников филиала банка-нерезидента Республики Казахстан, в соответствии с требованиями статьи 20 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным Постановлением № 188;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия положения о филиале, утвержденного органом управления банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) письменное обязательство (подтверждение) банка-нерезидента Республики Казахстан о принятии ответственности по обязательствам, возникающим в процессе осуществления деятельности его филиала на территории Республики Казахстан, и об учете таких обязательств на балансе банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) копия действующей лицензии (действующего разрешения) банка-нерезидента Республики Казахстан на проведение банковских и иных операций, выданной (выданного) органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан, с указанием перечня разрешенных в рамках лицензии (разрешения) банковских и иных операций, – представляется в случае, если после подачи заявления о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан, предусмотренного пунктом 2 статьи 13-1 Закона о банках, был изменен перечень банковских или иных операций, которые банк-нерезидент Республики Казахстан вправе осуществлять, или банк-нерезидент Республики Казахстан получил новую лицензию (новое разрешение).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении филиала исламского банка – нерезидента Республики Казахстан для получения лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, впервые в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, по форме согласно приложению 4 к Правилам с приложением копии документов, подтверждающих полномочия лица на подачу заявления и прилагаемых к нему документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) документ, подтверждающий уплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документы, предусмотренные для согласования лиц, предлагаемых на должности руководящих работников филиала банка – нерезидента Республики Казахстан, в соответствии с требованиями статьи 20 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) копия стратегии развития услугополучателя на ближайшие три года, соответствующей требованиям уполномоченного органа к системе управления рисками и внутреннего контроля, установленным Постановлением № 188;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) копия положения о филиале, утвержденного органом управления банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) письменное обязательство (подтверждение) банка-нерезидента Республики Казахстан о принятии ответственности по обязательствам, возникающим в процессе осуществления деятельности его филиала на территории Республики Казахстан, и об учете таких обязательств на балансе банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) копия действующей лицензии (действующего разрешения) банка-нерезидента Республики Казахстан на проведение банковских и иных операций, выданной (выданного) органом финансового надзора государства, резидентом которого является банк-нерезидент Республики Казахстан, с указанием перечня разрешенных в рамках лицензии (разрешения) банковских и иных операций, – представляется в случае, если после подачи заявления о выдаче разрешения на открытие филиала банка-нерезидента Республики Казахстан, предусмотренного пунктом 2 статьи 13-1 Закона о банках, был изменен перечень банковских или иных операций, которые банк-нерезидент Республики Казахстан вправе осуществлять, или банк-нерезидент Республики Казахстан получил новую лицензию (новое разрешение).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии на проведение дополнительных банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Заявление о выдаче лицензии на проведение дополнительных банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, по форме согласно приложению 4-1 к Правилам в виде электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего оплату лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия правил об общих условиях проведения дополнительных видов банковских операций.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии на проведение дополнительных банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Заявление о выдаче лицензии на проведение дополнительных банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, по форме согласно приложению 4-1 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копия документа, подтверждающего оплату лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) правила об общих условиях проведения дополнительных видов банковских операций.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии при добровольной реорганизации банка в форме конвертации в исламский банк на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия устава исламского банка в случае отсутствия его на интернет-ресурсе депозитария финансовой отчетности или возможности получения его услугодателем через портал;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия документа, подтверждающего оплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия положения о совете по принципам исламского финансирования банка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия правил об общих условиях проведения операций исламского банка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) электронная копия правил о внутренней кредитной политике исламского банка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения лицензии при добровольной реорганизации банка в форме конвертации в исламский банк в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан по форме согласно приложению 4 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копия устава исламского банка, в случае отсутствия его на интернет-ресурсе депозитария финансовой отчетности или возможности получения его услугодателем через портал (нотариально засвидетельствованная в случае непредставления оригинала устава для сверки);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) копия документа, подтверждающего оплату в бюджет лицензионного сбора на право занятия отдельными видами деятельности, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) положение о совете по принципам исламского финансирования банка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) правила об общих условиях проведения операций исламского банка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) правила о внутренней кредитной политике исламского банка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения дубликата лицензии (если ранее выданная лицензия была оформлена в бумажной форме) на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при выдаче дубликата лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для получения дубликата лицензии (если ранее выданная лицензия была оформлена в бумажной форме) в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление в произвольной форме, подписанное первым руководителем услугополучателя либо лицом, уполномоченным на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при выдаче дубликата лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для переоформления лицензии на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о переоформлении лицензии (для исламского банка, филиала исламского банка-нерезидента Республики Казахстан) по форме в соответствии с приложением 10 к Правилам, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при переоформлении лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронные копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация из которых содержится в государственных информационных системах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) оригинал лицензии, в случае исключения из лицензируемого вида деятельности одной или более банковских и иных операций (если ранее выданная лицензия была оформлена в бумажной форме), направляется в канцелярию услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя для переоформления лицензии в канцелярию услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о переоформлении лицензии (для исламского банка, филиала исламского банка-нерезидента Республики Казахстан) по форме в соответствии с приложением 10 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) оригинал лицензии, в случае исключения из лицензируемого вида деятельности одной или более банковских и иных операций (если ранее выданная лицензия была оформлена в бумажной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) копия документа, подтверждающего оплату лицензионного сбора за право занятия отдельными видами деятельности при переоформлении лицензии, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация из которых содержится в государственных информационных системах.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>филиала исламского банка-нерезидента</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) несоблюдение любого из требований, установленных пунктами 2 и 3 статьи 26, пунктом 5 статьи 52-17 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоблюдение банковским конгломератом, в состав которого входит банк, установленных пруденциальных нормативов и других обязательных к соблюдению норм и лимитов в период за 6 (шесть) месяцев до подачи заявления о выдаче лицензии на проведение банковских и иных операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) невыполнение требования по формированию активов филиала исламского банка-нерезидента Республики Казахстан, принимаемых в качестве резерва, в соответствии с частью второй пункта 6 статьи 42 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) отсутствие у исламского банка-нерезидента Республики Казахстан действующей лицензии (действующего разрешения) на проведение банковских и иных операций, выданной (выданного) органом финансового надзора государства, резидентом которого является исламский банк – нерезидент Республики Казахстан, аналогичных по существу банковским и иным операциям, которые планирует осуществлять филиал исламского банка – нерезидента Республики Казахстан на территории Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) несоответствие размера, состава и структуры уставного капитала банка требованиям статьи 16 Закона о банках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) несоответствие представленных документов требованиям законодательства Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) несогласование руководящего работника из числа кандидатов, предлагаемых к назначению (избранию) (для вновь создаваемого банка, открываемого филиала банка-нерезидента Республики Казахстан);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) несоблюдение требования, указанного в пункте 1-1 статьи 20 Закона о банках, по наличию в числе руководящих работников филиала исламского банка-нерезидента Республики Казахстан не менее двух руководящих работников-резидентов Республики Казахстан; 9) не внесен лицензионный сбор за право занятия отдельными видами деятельности в случае подачи заявления на выдачу лицензии на вид деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о приостановлении или запрещении деятельности или отдельных видов деятельности, подлежащих лицензированию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) судом на основании представления судебного исполнителя временно запрещено выдавать услугополучателю-должнику лицензию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) занятие видом деятельности запрещено законами Республики Казахстан для данной категории юридических лиц;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) установлена недостоверность документов, представленных услугополучателем для получения лицензии, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) отмена ранее выданного разрешения на открытие банка, филиала банка-нерезидента Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) несоответствие стратегии развития услугополучателя и (или) иных представленных документов требованиям уполномоченного органа к системе управления рисками и внутреннего контроля и (или) непредставления сведений, подтверждающих, что:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по истечении первых трех финансовых (операционных) лет деятельность услугополучателя будет рентабельной;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+услугополучатель и (или) банковский конгломерат, в состав которого войдет услугополучатель, будут выполнять пруденциальные нормативы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+услугополучатель обладает организационной структурой, соответствующей планам его деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17) недостоверность сведений и информации в документах, представленных для получения лицензии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель отказывает в переоформлении лицензии в случае ненадлежащего оформления документов, указанных в частях девятой и десятой пункта 8 настоящего перечня основных требований к оказанию государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>Республики Казахстан)</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес места оказания государственной услуги размещен на официальном интернет-ресурсе услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги размещены на официальном интернет-ресурсе услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1198" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...67 lines deleted...]
-    <w:bookmarkEnd w:id="278"/>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30656,50 +31259,4090 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам лицензирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков, филиалов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков- нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на проведение банковских</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предусмотренных банковским</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>законодательством</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензирования на проведение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банковских и иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляемых исламскими</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банками, филиалами исламских</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1573" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1574" w:id="365"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Республиканское</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учреждение "Агентство</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан по</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регулированию и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансового рынка"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(БИН 191240019852)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1575" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z1576" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование банка,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z1577" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      филиала банка-нерезидента</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о выдаче лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1579" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Прошу выдать лицензию на проведение (указать вид валюты – в национальной и (или) иностранной): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z1580" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банковских операций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z1581" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z1582" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иных операций, предусмотренных банковским законодательством Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z1583" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z1584" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сведения о банке, филиале банка-нерезидента Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z1585" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Наименование, место нахождения и фактический адрес ______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z1586" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (индекс, область, город, район, улица, номер дома, офиса, номер телефона, номер факса, адрес электронной почты, интернет-ресурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z1587" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Перечень направляемых документов, количество экземпляров и листов по каждому из них:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z1588" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z1589" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк, филиал банка-нерезидента Республики Казахстан подтверждают выполнение всех организационно-технических мероприятий, связанных с планируемым началом осуществления банковской и иной деятельности, в том числе, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z1590" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовил помещение, оборудование и программное обеспечение по автоматизации ведения бухгалтерского учета и главной бухгалтерской книги, соответствующие требованиям нормативных правовых актов уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган) и Национального Банка Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z1591" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утвердил правила, определяющие общие условия проведения операций, и внутренние правила, предусмотренные пунктом 1 статьи 31 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z1592" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утвердил внутренние документы, связанные с осуществлением банковской и иной деятельности, в том числе необходимые для формирования системы управления рисками и внутреннего контроля, согласно требованиям, установленным нормативными правовыми актами уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z1593" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк, филиал банка-нерезидента Республики Казахстан подтверждают достоверность прилагаемых к заявлению документов (информации), а также своевременное представление уполномоченному органу дополнительной информации и документов, запрашиваемых в связи с рассмотрением заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z1594" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк, филиал банка-нерезидента Республики Казахстан предоставляют согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z1595" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии) руководителя исполнительного органа банка, руководителя филиала банка-нерезидента Республики Казахстан либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z1596" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись) (дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1597" w:id="387"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение 3-1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензирования банков,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>филиалов банков-нерезидентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на проведение банковских</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и иных операций,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренных банковским</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензирования на проведение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банковских и иных операций,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляемых исламскими</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банками, филиалами исламских</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банков-нерезидентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1598" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В Республиканское</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учреждение "Агентство</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регулированию и развитию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансового рынка"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(БИН 191240019852)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование банка, филиала</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банка-нерезидента</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1600" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о выдаче лицензии на проведение дополнительных банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, осуществляемых банками, филиалами банков – нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 3-1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1601" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу выдать лицензию на проведение (указать вид валюты – в национальной и (или) иностранной): дополнительных банковских операций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z1602" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________иных операций,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z1603" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предусмотренных банковским законодательством Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z1604" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z1605" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сведения о банке, филиале банка-нерезидента Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z1606" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Наименование, место нахождения и фактический адрес ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z1607" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (индекс, область, город, район, улица, номер дома, офиса, номер телефона, номер факса, адрес электронной почты, интернет-ресурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z1608" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Данные о лицензии на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, полученной впервые:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z1609" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z1610" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (номер, дата, наименование государственного органа, выдавшего лицензию) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z1611" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Перечень направляемых документов, количество экземпляров и листов по каждому из них:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z1612" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z1613" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк, филиал банка-нерезидента Республики Казахстан подтверждают достоверность прилагаемых к заявлению документов (информации), а также своевременное представление уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций дополнительной информации и документов, запрашиваемых в связи с рассмотрением заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z1614" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк, филиал банка-нерезидента Республики Казахстан предоставляют согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z1615" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии) руководителя исполнительного органа банка, руководителя филиала банка-нерезидента Республики Казахстан либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z1616" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z1617" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись) (дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам лицензирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков, филиалов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на проведение банковских</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предусмотренных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банковским законодательством</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензирования на проведение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банковских и иных операций,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляемых исламскими</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банками, филиалами исламских</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1618" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В Республиканское</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учреждение "Агентство</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регулированию и развитию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансового рынка"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(БИН 191240019852)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование исламского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банка, филиала исламского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банка-нерезидента</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о выдаче лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1620" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Прошу выдать лицензию на проведение (указать вид валюты – в национальной и (или) иностранной): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z1621" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) банковских операций исламского банка в соответствии с пунктом 1 статьи 52-5 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", банковских операций филиала исламского банка-нерезидента Республики Казахстан в соответствии с подпунктом 1) пункта 4 статьи 52-5 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z1622" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z1623" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) банковских и иных операций в соответствии со статьей 30 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z1624" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банковских операций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z1625" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z1626" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иных операций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z1627" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1628" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сведения об исламском банке, филиале исламского банка-нерезидента Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1629" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование, место нахождения и фактический адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1630" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1631" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1632" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z1633" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z1634" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (индекс, область, город, район, улица, номер дома, офиса, номер телефона, номер факса, адрес электронной почты, интернет-ресурс) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z1635" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Перечень направляемых документов, количество экземпляров и листов по каждому из них:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z1636" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z1637" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исламский банк, филиал исламского банка-нерезидента Республики Казахстан подтверждают выполнение всех организационно-технических мероприятий, связанных с планируемым началом осуществления банковской и иной деятельности, в том числе, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z1638" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовил помещение, оборудование и программное обеспечение по автоматизации ведения бухгалтерского учета и главной бухгалтерской книги, соответствующие требованиям нормативных правовых актов уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган) и Национального Банка Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z1639" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      утвердил правила, определяющие общие условия проведения операций, и внутренние правила, предусмотренные пунктом 1 статьи 31 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z1640" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утвердил внутренние документы, связанные с осуществлением банковской и иной деятельности, в том числе необходимые для формирования системы управления рисками и внутреннего контроля, согласно требованиям, установленным нормативными правовыми актами уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z1641" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исламский банк, филиал исламского банка-нерезидента Республики Казахстан подтверждают достоверность прилагаемых к заявлению документов (информации), а также своевременное представление уполномоченному органу дополнительной информации и документов, запрашиваемых в связи с рассмотрением заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z1642" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исламский банк, филиал исламского банка-нерезидента Республики Казахстан предоставляют согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z1643" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии) руководителя исполнительного органа исламского банка, руководителя филиала исламского банка-нерезидента Республики Казахстан либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z1644" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________ ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись) (дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1645" w:id="433"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Приложение 4-1 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам лицензирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банков, филиалов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банков-нерезидентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на проведение банковских и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иных операций,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренных банковским</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на проведение банковских</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и иных операций,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляемых</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исламскими банками,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>филиалами исламских</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банков-нерезидентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1646" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В Республиканское</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учреждение "Агентство</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регулированию и развитию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансового рынка"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(БИН 191240019852)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование исламского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банка, филиала исламского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банка-нерезидента</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1648" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о выдаче лицензии на проведение дополнительных банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 4-1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1649" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу выдать лицензию на проведение (указать вид валюты – в национальной и (или) иностранной):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z1650" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дополнительных банковских операций исламского банка в соответствии с пунктом 1 статьи 52-5 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", банковских операций филиала исламского банка-нерезидента Республики Казахстан в соответствии с подпунктом 1) пункта 4 статьи 52-5 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z1651" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       __________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z1652" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дополнительных банковских и иных операций в соответствии со статьей 30 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан": банковских операций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z1653" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z1654" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      иных операций: ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z1655" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сведения об исламском банке, филиале исламского банка-нерезидента Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z1656" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование, место нахождения и фактический адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z1657" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z1658" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z1659" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (индекс, область, город, район, улица, номер дома, офиса, номер телефона, номер факса, адрес электронной почты, интернет-ресурс) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z1660" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Данные о лицензии на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, полученной впервые:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z1661" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z1662" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (номер, дата, наименование государственного органа, выдавшего лицензию) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z1663" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Перечень направляемых документов, количество экземпляров и листов по каждому из них: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z1664" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исламский банк, филиал исламского банка-нерезидента Республики Казахстан подтверждают достоверность прилагаемых к заявлению документов (информации), а также своевременное представление уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций дополнительной информации и документов, запрашиваемых в связи с рассмотрением заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z1665" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исламский банк, филиал исламского банка-нерезидента Республики Казахстан предоставляют согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах. Фамилия, имя, отчество (при его наличии) руководителя исполнительного органа исламского банка, руководителя филиала исламского банка-нерезидента Республики Казахстан либо лица, уполномоченного на подачу заявления (с приложением подтверждающих документов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z1666" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________ ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z1667" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись) (дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам лицензирования банков, филиалов банков-нерезидентов Республики Казахстан на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан, лицензирования на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -30740,86 +35383,86 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1200" w:id="279"/>
+    <w:bookmarkStart w:name="z1200" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Герб Республики Казахстан Полное наименование уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z1381" w:id="280"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z1381" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия на проведение банковских и иных операций, предусмотренных банковским законодательством Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30911,130 +35554,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выдачи "___" ________ ____ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1382" w:id="281"/>
+    <w:bookmarkStart w:name="z1382" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________________ (наименование банка, филиала банка-нерезидента Республики Казахстан) Настоящая лицензия дает право на проведение следующих видов операций (в национальной и (или) иностранной валюте): банковских операций: _________________________________________________________________________________ _________________________________________________________________________________ _________________________________________________________________________________ _________________________________________________________________________________ иных операций, предусмотренных банковским законодательством Республики Казахстан: _________________________________________________________________________________ _________________________________________________________________________________ _________________________________________________________________________________ _________________________________________________________________________________ Данные о лицензии, полученной впервые: _________________________________________________________________________________ _________________________________________________________________________________ ________________________________________________________________________________(номер, дата, наименование государственного органа, выдавшего лицензию) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z1383" w:id="282"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z1383" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председатель (заместитель Председателя) _________________ ___________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z1384" w:id="283"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z1384" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (подпись или электронная цифровая подпись ) (фамилия и инициалы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z1385" w:id="284"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z1385" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место печати (для бумажной формы) город Алматы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="460"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31559,86 +36202,86 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1202" w:id="285"/>
+    <w:bookmarkStart w:name="z1202" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Герб Республики Казахстан Полное наименование уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z1386" w:id="286"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z1386" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31776,170 +36419,170 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование исламского банка, филиала исламского банка-нерезидента Республики Казахстан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1387" w:id="287"/>
+    <w:bookmarkStart w:name="z1387" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящая лицензия дает право на проведение следующих видов операций (в национальной и (или) иностранной валюте):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z1388" w:id="288"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z1388" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банковских операций исламского банка в соответствии с пунктом 1 статьи 52-5 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", банковских операций филиала исламского банка-нерезидента Республики Казахстан в соответствии с подпунктом 1) пункта 4 статьи 52-5 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z1389" w:id="289"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z1389" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ __________________________________________________________________________ __________________________________________________________________________ __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z1390" w:id="290"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z1390" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банковских и иных операций в соответствии со статьей 30 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан": банковских операций: ___________________________________________________________________________ ___________________________________________________________________________ ___________________________________________________________________________ ___________________________________________________________________________ иных операций: ___________________________________________________________________________ ___________________________________________________________________________ ___________________________________________________________________________ ___________________________________________________________________________ Данные о лицензии, полученной впервые: ___________________________________________________________________________ ___________________________________________________________________________ ___________________________________________________________________________ ___________________________________________________________________________ (номер, дата, наименование государственного органа, выдавшего лицензию)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z1391" w:id="291"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z1391" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель (заместитель Председателя) _________________ ___________________ (подпись или электронная цифровая подпись ) (фамилия и инициалы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z1392" w:id="292"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z1392" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место печати (для бумажной формы) город Алматы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="468"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32161,98 +36804,98 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1171" w:id="293"/>
+    <w:bookmarkStart w:name="z1171" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Герб  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан Полное наименование уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z1172" w:id="294"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z1172" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан, и осуществление деятельности на рынке ценных бумаг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="470"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32348,64 +36991,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выдачи "___" _________ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1176" w:id="295"/>
+      <w:bookmarkStart w:name="z1176" w:id="471"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32758,64 +37401,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1177" w:id="296"/>
+      <w:bookmarkStart w:name="z1177" w:id="472"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
         на осуществление деятельности на рынке ценных бумаг: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -33649,68 +38292,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиала банка-нерезидента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1394" w:id="297"/>
+    <w:bookmarkStart w:name="z1394" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о переоформлении лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 9 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 26.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34709,100 +39352,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиала исламского банка-нерезидента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1186" w:id="298"/>
+    <w:bookmarkStart w:name="z1186" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление о переоформлении лицензии (для исламского банка,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       филиала исламского банка-нерезидента Республики Казахстан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z1187" w:id="299"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1187" w:id="475"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Прошу переоформить лицензию ___________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35779,100 +40422,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиала банка-нерезидента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1191" w:id="300"/>
+    <w:bookmarkStart w:name="z1191" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Заявление о прекращении действия лицензии на проведение всех </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             или отдельных банковских и (или) иных операций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z1192" w:id="301"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1192" w:id="477"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(наименование банка, филиала банка-нерезидента Республики Казахстан) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -36589,389 +41232,389 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и развитию финансового рынка</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 марта 2020 года № 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z425" w:id="302"/>
+    <w:bookmarkStart w:name="z425" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов Республики Казахстан, а также структурных элементов некоторых правовых актов Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z426" w:id="303"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z426" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 30 апреля 2007 года № 121 "Об утверждении Правил выдачи разрешения на открытие банка, а также лицензирования банковских и иных операций, деятельности на рынке ценных бумаг, осуществляемых банками" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 4718, опубликовано 13 июля 2007 года в газете "Юридическая газета" № 106 (1309).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z427" w:id="304"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z427" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 30 июня 2008 года № 99 "О внесении изменения и дополнения в постановление Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 30 апреля 2007 года № 121 "Об утверждении Правил выдачи разрешения на открытие банка, а также лицензирования банковских и иных операций, и деятельности на рынке ценных бумаг, осуществляемых банками" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5273, опубликовано 15 сентября 2008 года в Собрании актов центральных исполнительных и иных государственных органов Республики Казахстан № 9).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z428" w:id="305"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z428" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня изменений и дополнений, которые вносятся в некоторые нормативные правовые акты Республики Казахстан по вопросам лицензирования, утвержденного постановлением Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 28 ноября 2008 года № 182 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам лицензирования" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5478, опубликовано 17 февраля 2009 года в газете "Юридическая газета" № 24 (1621).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z429" w:id="306"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z429" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 27 марта 2009 года № 53 "О внесении дополнений и изменений в постановление Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 30 апреля 2007 года № 121 "Об утверждении Правил выдачи разрешения на открытие банка, а также лицензирования банковских и иных операций, деятельности на рынке ценных бумаг, осуществляемых банками"" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5663, опубликовано 29 мая 2009 года в газете "Юридическая газета" № 80 (1677).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z430" w:id="307"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z430" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам регулирования, контроля и надзора финансового рынка и финансовых организаций в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 24 августа 2012 года № 235 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования, контроля и надзора финансового рынка и финансовых организаций" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8009, опубликовано 22 ноября 2012 года в газете "Казахстанская правда" № 404-405 (27223-27224).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z431" w:id="308"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z431" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан, в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 26 апреля 2013 года № 110 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8505, опубликовано 6 августа 2013 года в газете "Юридическая газета" № 115 (2490).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z432" w:id="309"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z432" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам регулирования, контроля и надзора финансового рынка и финансовых организаций, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 16 июля 2014 года № 109 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования, контроля и надзора финансового рынка и финансовых организаций" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 9712, опубликовано 28 октября 2014 года в газете "Юридическая газета" № 162 (2730).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z433" w:id="310"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z433" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам оптимизации и автоматизации бизнес – процессов государственных услуг, оказываемых Национальным Банком Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2014 года № 261 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам оптимизации и автоматизации бизнес – процессов государственных услуг, оказываемых Национальным Банком Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 10211, опубликовано 26 февраля 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z434" w:id="311"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z434" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37006,172 +41649,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правления Национального Банка Республики Казахстан от 30 апреля 2015 года № 71 "Об утверждении стандартов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 11534, опубликовано 15 июля 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z435" w:id="312"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z435" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам проведения операции по одновременной передаче активов и обязательств между банками, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 8 мая 2015 года № 78 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам проведения операции по одновременной передаче активов и обязательств между банками" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 11149, опубликовано 27 мая 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z436" w:id="313"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z436" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 19 декабря 2015 года № 242 "О внесении изменений в постановление Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 30 апреля 2007 года № 121 "Об утверждении Правил выдачи разрешения на открытие банка, а также лицензирования банковских и иных операций, деятельности на рынке ценных бумаг, осуществляемых банками" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 13423, опубликовано 4 апреля 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z437" w:id="314"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z437" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Абзацы десятый и одиннадцатый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка Республики Казахстан от 24 февраля 2017 года № 37 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 30 апреля 2015 года № 71 "Об утверждении стандартов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15210, опубликовано 22 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z438" w:id="315"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z438" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37206,105 +41849,105 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правления Национального Банка Республики Казахстан от 31 июля 2017 года № 149 "Об утверждении регламентов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15685, опубликовано 27 сентября 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>