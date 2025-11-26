--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6969413" w14:textId="6969413">
+    <w:p w14:paraId="7bbe18d" w14:textId="7bbe18d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,50 +94,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил определения доходов физического лица, подлежащего налогообложению, косвенным методом</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 16 марта 2020 года № 275. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 марта 2020 года № 20215.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 631</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1275,386 +1351,370 @@
         <w:t>
       7. Для определения объектов ОГД используются сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) об остатках и движении денег на банковских счетах физического лица, о предоставленных кредитах физическому лицу и расходов на погашение вознаграждения по ипотечным жилищным займам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об имуществе, находящемся на территории Республики Казахстан, о расходах на медицину и образование, по сделкам и договорам физических лиц, в том числе договорам страхования, сделках физических лиц с ценными бумагами, биржевыми товарами и об отчислениях и выплатах по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) об имуществе, находящемся в иностранном государстве, в том числе с льготным налогообложением, определяемом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 294 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) из форм налоговой отчетности, представленные физическими и юридическими лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) полученные по результатам иных форм налогового и таможенного контроля, в том числе в отношении лиц, с которыми физическим лицом заключались сделки в соответствии с законодательством Республики Казахстан и (или) по взаиморасчетам, с которыми у физического лица возникла дебиторская и (или) кредиторская задолженность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) полученные из других источников информации, подтвержденные документально.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В целях определения объектов ОГД направляют запросы в:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банки и организации, осуществляющие отдельные виды банковских операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствующие уполномоченные государственные органы, местные исполнительные органы и иные организации, осуществляющие деятельность на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) компетентные органы иностранных государств в рамках обмена информацией на основании действующих международных договоров или в международные организации, у которых имеется такая информация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Источники сведений могут различаться в каждом конкретном случае в зависимости от обстоятельств, характера и рода деятельности физического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Оценка объектов осуществляется на основании информации, полученной из налоговой отчетности и (или) первичных учетных документов, а также из других источников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При отсутствии у физического лица документов, подтверждающих стоимость активов, в том числе объектов незавершенного строительства, транспортных средств, земельных участков, нематериальных активов, инвестиционной недвижимости и иного имущества в доход данного физического лица включается рыночная стоимость указанного актива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Рыночная стоимость объектов определяется на основании отчета привлекаемого ОГД оценщика, осуществляющего деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об оценочной деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сведения об объектах, определенных ОГД на основе косвенных методов, сопоставляются с соответствующими данными, указанными в налоговых декларациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1753,130 +1813,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13-1. Непредставление физическим лицом декларации о доходах и имуществе в срок, установленный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 635</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, считается подтверждением отсутствия у такого физического лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходов, подлежащих обложению физическим лицом самостоятельно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       факта приобретения, отчуждения, безвозмездного получения имущества, подлежащего государственной или иной регистрации, имущества, по которому права и (или) сделки подлежат государственной или иной регистрации, в том числе за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1895,70 +1955,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В случае, если доходы физического лица, отраженные в налоговых декларациях, не соответствуют его расходам, произведенным на личное потребление, в том числе на приобретение имущества, ОГД определяют доход и налог на основе произведенных им расходов с учетом доходов прошлых периодов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1977,124 +2037,124 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Результаты определения доходов физического лица, подлежащего налогообложению, косвенным методом используются в ходе проведения налоговой проверки и (или) осуществления иных форм государственного контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>