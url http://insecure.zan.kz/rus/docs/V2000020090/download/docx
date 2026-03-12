--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="69bc643" w14:textId="69bc643">
+    <w:p w14:paraId="3640ca0" w14:textId="3640ca0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 21 февраля 2017 года № 40 "О некоторых вопросах занятия административной государственной должности"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы от 2 марта 2020 года № 40. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 марта 2020 года № 20090. Утратил силу приказом Председателя Агентства Республики Казахстан по делам государственной службы от 8 декабря 2025 года № 196.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -344,150 +422,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Агентства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан по делам</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">государственной службы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -6495,83 +6596,87 @@
         <w:t>
       Во время собеседования кандидат также может использовать технические средства записи, если это не мешает ходу заседания конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
     <w:bookmarkStart w:name="z276" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае если нарушены требования Правил проведения конкурса на занятие административной государственной должности корпуса "Б" просим Вас сообщить об этом в Агентство по делам государственной службы или его территориальный департамент.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z277" w:id="268"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z277" w:id="268"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ознакомлен: ______________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (подпись) (Фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
     <w:bookmarkStart w:name="z278" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____"_______________ 20__ г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -7435,359 +7540,378 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОСЛУЖНОЙ СПИСОК КАНДИДАТА НА АДМИНИСТРАТИВНУЮ ГОСУДАРСТВЕННУЮ ДОЛЖНОСТЬ КОРПУСА "Б"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="716"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="12407"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z307" w:id="294"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="294"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тегі, аты және әкесінің аты (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="294"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12300"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12300" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:bookmarkStart w:name="z309" w:id="295"/>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 ФОТО</w:t>
                   </w:r>
-                  <w:r>
-[...1 lines deleted...]
-                  </w:r>
+                </w:p>
+                <w:bookmarkEnd w:id="295"/>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>(түрлі түсті/ цветное,</w:t>
                   </w:r>
-                  <w:r>
-[...1 lines deleted...]
-                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 3х4)</w:t>
                   </w:r>
                 </w:p>
-                <w:bookmarkEnd w:id="295"/>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z311" w:id="296"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="296"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лауазымы/должность, санаты/категория</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (болған жағдайда/при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="296"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7799,90 +7923,98 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z313" w:id="297"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 _______________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="297"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(жеке сәйкестендіру нөмірі / индивидуальный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 идентификационный номер)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="297"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7902,51 +8034,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7972,114 +8104,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z315" w:id="298"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған күні және жері /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="298"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата и место рождения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="298"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8105,114 +8234,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z316" w:id="299"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлты (қалауы бойынша) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="299"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="299"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8238,114 +8364,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z317" w:id="300"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отбасылық жағдайы, балалардың бар болуы /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="300"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семейное положение, наличие детей</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="300"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8371,114 +8494,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z318" w:id="301"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу орнын бітірген жылы және оныңатауы /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="301"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="301"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8504,114 +8624,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z319" w:id="302"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандығы бойынша біліктілігі, ғылыми дәрежесі, ғылыми атағы (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="302"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="302"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8637,114 +8754,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z320" w:id="303"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетел тілдерін білуі /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="303"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Владение иностранными языками</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="303"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8770,114 +8884,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z321" w:id="304"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік наградалары, құрметті атақтары (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="304"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="304"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8903,114 +9014,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z322" w:id="305"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дипломатиялық дәрежесі, әскери, арнайы атақтары, сыныптық шені (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="305"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="305"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9036,114 +9144,111 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z323" w:id="306"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаза түрі, оны тағайындау күні мен негізі (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="306"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="306"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9169,840 +9274,798 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z324" w:id="307"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соңғы үш жылдағы қызметінің тиімділігін жыл сайынғы бағалау күні мен нәтижесі, егер үш жылдан кем жұмыс істеген жағдайда, нақты жұмыс істеген кезеңіндегі бағасы көрсетіледі (мемлекеттік әкімшілік қызметшілер толтырады) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="307"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="307"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні / Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z325" w:id="308"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 қызметі, жұмыс орны, мекеменің орналасқан жері / </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="308"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 должность*, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="308"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2350" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z326" w:id="309"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қабылданған /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="309"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="309"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2381" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z327" w:id="310"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 босатылған /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="310"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 увольнения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="310"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2350" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z328" w:id="311"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="311"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...50 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кандидаттың қолы /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись кандидата</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="311"/>
-[...3 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z330" w:id="312"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="312"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күні / дата</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="312"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z331" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Примечание: в послужном списке каждая занимаемая должность заполняется в отдельной графе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
     <w:tbl>
       <w:tblPr>
@@ -10300,1005 +10363,952 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вопрос 3 * (номер в общем списке вопросов) ________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7839"/>
-        <w:gridCol w:w="4461"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Критерий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балл **</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ответ на вопрос 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ответ на вопрос 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответ на вопрос 3 *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Написание эссе ***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Профессиональный опыт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управленческие навыки ****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммуникативные навыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z340" w:id="320"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z340" w:id="320"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (подпись члена конкурсной комиссии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии) члена конкурсной комиссии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__" _______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
     <w:bookmarkStart w:name="z341" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
     <w:bookmarkStart w:name="z342" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -12226,96 +12236,104 @@
               </w:rPr>
               <w:t>(государственный орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z380" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            РАСПИСКА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z381" w:id="359"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z381" w:id="359"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Принято заявление от кандидата ___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (фамилия, имя и отчество (при наличии))</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к участию в конкурсах на занятие вакантных административных государственных должностей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
     <w:bookmarkStart w:name="z382" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
     <w:bookmarkStart w:name="z383" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -12412,116 +12430,124 @@
         <w:t>
       _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
     <w:bookmarkStart w:name="z388" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z389" w:id="367"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z389" w:id="367"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Фамилия, имя, отчество (при его наличии) работника службы управления персоналом)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z390" w:id="368"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
     <w:bookmarkStart w:name="z391" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____" _______________ 20__ г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -12728,1502 +12754,1377 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о допуске участников конкурса к собеседованию</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1498"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="847"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="520" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3995" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии) кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Решение (допущен (а) /  не допущен (а))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Причины недопущения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="520" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3995" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3995" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3995" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3995" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="520" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3995" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3995" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3995" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3995" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5440" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z395" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
     <w:bookmarkStart w:name="z396" w:id="372"/>
@@ -14454,1502 +14355,1377 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>проведения собеседования и эссе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1680"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2779"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии) кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место, дата и время проведения собеседования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место, дата и время проведения эссе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4480" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4480" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2779" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z400" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
     <w:bookmarkStart w:name="z401" w:id="375"/>
@@ -15991,63 +15767,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16369,35 +16167,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>