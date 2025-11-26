--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ccf93dd" w14:textId="ccf93dd">
+    <w:p w14:paraId="98c2d3e" w14:textId="98c2d3e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Типовых квалификационных характеристик должностей руководителей и специалистов организаций сельского хозяйства</w:t>
+        <w:t>Об утверждении Типовых квалификационных характеристик должностей руководителей и специалистов организаций сельского и рыбного хозяйства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 21 августа 2019 года № 307. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 августа 2019 года № 19280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции приказа Министра сельского хозяйства РК от 05.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 17) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -254,54 +292,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Типовые квалификационные характеристики</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> должностей руководителей и специалистов организаций сельского хозяйства. </w:t>
+        <w:t xml:space="preserve"> должностей руководителей и специалистов организаций сельского и рыбного хозяйства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра сельского хозяйства РК от 05.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -470,50 +570,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении 10 (десяти) календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -734,1937 +835,6894 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказом Министра</w:t>
+              <w:t>приказом Министра сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского хозяйства</w:t>
-[...12 lines deleted...]
-              <w:t>Республики Казахстан</w:t>
+              <w:t>хозяйства Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 августа 2019 года № 307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовые квалификационные характеристики должностей руководителей и специалистов организаций сельского хозяйства</w:t>
+        <w:t xml:space="preserve"> Типовые квалификационные характеристики должностей руководителей и специалистов организаций сельского и рыбного хозяйства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Характеристики в редакции приказа Министра сельского хозяйства РК от 05.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Типовые квалификационные характеристики должностей руководителей и специалистов организаций сельского и рыбного хозяйства (далее – квалификационные характеристики) призваны способствовать правильному подбору и расстановке кадров, повышению их квалификации, аттестации работников, разделению труда между руководителями, специалистами, а также обеспечению единства в определении должностных обязанностей этих категорий работников и предъявляемых к ним квалификационных требований по категориям оплаты труда. </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      1. Настоящие Типовые квалификационные характеристики должностей руководителей, специалистов организаций сельского хозяйства (далее – квалификационные характеристики) призваны способствовать правильному подбору и расстановке кадров, повышению их квалификации, аттестации работников, разделению труда между руководителями, специалистами, а также обеспечению единства в определении должностных обязанностей этих категорий работников и предъявляемых к ним квалификационных требований по категориям оплаты труда.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Квалификационные характеристики должностей специалистов: бухгалтера, экономиста, юриста, специалиста по кадрам, переводчика, инженеры всех специальностей, механика определены в квалификационных характеристиках отдельных должностей специалистов государственных учреждений и казенных предприятий, общих для всех сфер деятельности, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 1 сентября 2016 года № 775 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 14281).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Квалификационные характеристики должностей специалистов: бухгалтера, экономиста, юриста, специалиста по кадрам, переводчика определены в квалификационных характеристиках отдельных должностей специалистов государственных учреждений и казенных предприятий, общих для всех сфер деятельности, утвержденных </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 1 сентября 2016 года № 775 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14281).</w:t>
+      Квалификационные характеристики должностей руководителей и специалистов научной сферы, специалистов в области программного обеспечения, по государственным закупкам и иного инженерно-технического персонала определены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>квалификационном справочнике</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностей руководителей, специалистов и других служащих, утвержденном приказом Министра труда и социальной защиты населения Республики Казахстан от 30 декабря 2020 года № 553 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 22003).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При разработке должностных инструкций допускается уточнение перечня работ, которые свойственны соответствующей должности в конкретных организационно-технических условиях, и устанавливаются требования к необходимой специальной подготовке работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Квалификационные характеристики разработаны Министерством сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Типовые квалификационные характеристики должностей руководителей и специалистов организаций сельского и рыбного хозяйства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 1. Должности руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Руководитель организации (генеральный директор, директор, директор филиала) сельского и рыбного хозяйства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство деятельностью организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает сохранность и использование имущества организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу и взаимодействие структурных подразделений организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает выполнение организацией обязательств перед государственным бюджетом, накопительными пенсионными и страховыми фондами, поставщиками, заказчиками и кредиторами, включая банки, а также выполнение хозяйственных и трудовых договоров (контрактов), показателей индикативных планов и бизнес-планов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует производственно-хозяйственную деятельность на основе использования современной техники и передовых технологий, прогрессивных форм управления и организации труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры по обеспечению организации (филиала) квалифицированными кадрами, рациональному использованию и развитию их профессиональных знаний и опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      решает вопросы, касающиеся финансово-хозяйственной деятельности организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утверждает штатное расписание, финансовый план, годовой отчет и годовой бухгалтерский баланс организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает работникам своевременную и в полном объеме выплату заработной платы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      совершенствует организационно-управленческую структуру, формы и методы работы организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законности в деятельности организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защищает имущественные интересы организации (филиала) в суде, арбитраже, государственных органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и обеспечивает получение работниками организации (филиала) дополнительного профессионального образования (повышение квалификации, профессиональная переподготовка);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры по обеспечению выполнения работниками организации (филиала) своих должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает выполнение работниками организации (филиала) правил внутреннего трудового распорядка, обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет прием и увольнение работников, кроме назначаемых вышестоящим органом, применяет меры поощрения и налагает дисциплинарные взыскания на работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      распределяет обязанности заместителей, руководителей и работников структурных подразделений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в конференциях, семинарах, выставках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает проведение профилактических мероприятий по предупреждению производственного травматизма и профессиональных заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры, направленные на борьбу с коррупцией в рамках своей компетенции, а также несет персональную ответственность за принятие мер по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Квалификационные характеристики</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 30 декабря 2020 года № 553 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22003).</w:t>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...537 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституцию</w:t>
+        <w:t>Земельный кодекс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Земельный кодекс</w:t>
+        <w:t>Экологический кодекс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Экологический кодекс </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О языках в Республике Казахстан" (далее – Закон "О языках в Республике Казахстан");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" (далее – </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> "О государственном регулировании развития АПК");</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" (далее – Закон "Об охране, воспроизводстве и использовании животного мира");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции" (далее – </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> "О противодействии коррупции");</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" (далее – Закон "О государственном регулировании развития АПК");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О языках в Республике Казахстан" (далее – </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> "О языках в Республике Казахстан");</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "Об особо охраняемых природных территориях" (далее – Закон "Об особо охраняемых природных территориях");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О науке" (далее – </w:t>
-[...651 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции" (далее – Закон "О противодействии коррупции");</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституцию</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О науке и технологической политике" (далее – Закон "О науке"); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Земельный кодекс</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об аквакультуре" (далее – Закон "Об аквакультуре");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, регламентирующие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z65" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      производственно-хозяйственную и финансово-экономическую деятельность организации (филиала) и определяющие приоритетные направления развития экономики и соответствующего вида экономической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z66" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности организации (филиала) сельскохозяйственной сферы деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z67" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специализацию и особенности структуры организации (филиала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z68" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок составления и согласования бюджетной сметы доходов и расходов и сметы доходов и расходов по средствам, полученным от приносящей доход деятельности организации (филиала), методы хозяйствования и управления организацией (филиалом), достижения науки и передового опыта в соответствующей отрасли сельского хозяйства, основы трудового, гражданского, административного и уголовного законодательства, основы экономики, организации труда и управления, правила внутреннего трудового распорядка, правил по безопасности и охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z69" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z70" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: бизнес и управление и/или право и/или социальные науки и/или растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки, и стаж работы на руководящих должностях не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z71" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Заместитель руководителя организации (генерального директора, директора, директора филиала) сельского и рыбного хозяйства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z72" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z73" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство деятельностью структурного подразделения, организует и координирует его работу, принимает решения по вопросам в соответствии с основными задачами и функциями подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z74" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в определении и реализации политики организации, стратегии развития по проблемам, являющимся предметом деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z75" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит разработкой планов мероприятий, инструктивных и методических документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z76" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализирует результаты производственно-хозяйственной деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z77" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает и принимает решения по поступающим в подразделение документам и материалам, определяет порядок работы с ними;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z78" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дает заключения по проектам документов, поступающим в подразделение для согласования вопросов, являющихся предметом деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z79" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ход реализации управленческих решений, их методологическое обеспечение, анализирует иные документы, принимаемые вышестоящим руководством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z80" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит на рассмотрение вышестоящим органам управления доклады, предложения, проекты решений по вопросам, входящим в компетенцию подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z81" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит и непосредственно участвует в организации и проведении семинаров, совещаний, консультаций по вопросам деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z82" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      распределяет должностные обязанности между подчиненными работниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z83" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дает распоряжения подчиненным работникам и анализирует результаты их работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z84" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создает условия для повышения квалификации подчиненных работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z85" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействует с уполномоченными государственными органами, сторонними организациями, структурными подразделениями организации по решению вопросов, входящих в компетенцию подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z86" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает рациональное использование материальных, финансовых и трудовых ресурсов подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z87" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по защите информации, являющейся государственной, коммерческой и служебной тайной;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z88" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит предложения руководству организации по совершенствованию работы подразделения, о поощрении, наложении взысканий на подчиненных работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z89" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает учет результатов работы подразделения, ведение и своевременное представление установленной отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z90" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение подчиненными работниками правил и норм безопасности и охране труда, производственной и трудовой дисциплины, правил внутреннего трудового распорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z91" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры, направленные на борьбу с коррупцией в рамках своей компетенции, а также несет персональную ответственность за принятие мер по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z92" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z93" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z94" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экологический кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "О противодействии коррупции"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z101" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z102" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, регламентирующие деятельность подразделения (организации), научные и практические вопросы в соответствующей области знаний исходя из задач и функций организации и сферы деятельности подразделения, а также смежные с основной деятельностью, отечественный и зарубежный опыт по решению вопросов, входящих в компетенцию подразделения, основы трудового, гражданского, административного и уголовного законодательства, экономику, организацию труда и управления, современные средства коммуникации и связи, вычислительной техники, правила их эксплуатации, правила внутреннего трудового распорядка, требования по охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z103" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z104" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: бизнес и управление и/или право (юриспруденция, международное право) и/или социальные науки (экономика, менеджмент, учет и аудит, финансы, государственное и местное управление, маркетинг) и/или растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z105" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Руководитель структурного подразделения организации (филиала) сельского и рыбного хозяйства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z106" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z107" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство деятельностью структурного подразделения, организует и координирует его работу, принимает решения по вопросам в соответствии с основными задачами и функциями подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z108" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в определении и реализации политики организации, стратегии развития по проблемам, являющимся предметом деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z109" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит разработкой планов мероприятий, инструктивных и методических документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z110" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализирует результаты производственно-хозяйственной деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z111" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает и принимает решения по поступающим в подразделение документам и материалам, определяет порядок работы с ними;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z112" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дает заключения по проектам документов, поступающим в подразделение для согласования вопросов, являющихся предметом деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z113" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ход реализации управленческих решений, их методологическое обеспечение, анализирует иные документы, принимаемые вышестоящим руководством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z114" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит на рассмотрение вышестоящим органам управления доклады, предложения, проекты решений по вопросам, входящим в компетенцию подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z115" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит и непосредственно участвует в организации и проведении семинаров, совещаний, консультаций по вопросам деятельности подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z116" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      распределяет должностные обязанности между подчиненными работниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z117" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дает распоряжения подчиненным работникам и анализирует результаты их работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z118" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создает условия для повышения квалификации подчиненных работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z119" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействует с уполномоченными государственными органами, сторонними организациями, структурными подразделениями организации по решению вопросов, входящих в компетенцию подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z120" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает рациональное использование материальных, финансовых и трудовых ресурсов подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z121" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по защите информации, являющейся государственной, коммерческой и служебной тайной;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z122" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит предложения руководству организации по совершенствованию работы подразделения, о поощрении, наложении взысканий на подчиненных работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z123" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает учет результатов работы подразделения, ведение и своевременное представление установленной отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z124" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение подчиненными работниками правил и норм безопасности и охране труда, производственной и трудовой дисциплины, правил внутреннего трудового распорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z125" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принимает меры, направленные на борьбу с коррупцией в рамках своей компетенции, а также несет персональную ответственность за принятие мер по противодействию коррупции. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z126" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z127" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z128" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z129" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экологический кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z130" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z131" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z132" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z133" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z134" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z135" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z136" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, регламентирующие деятельность подразделения (организации), научные и практические вопросы в соответствующей области знаний исходя из задач и функций организации и сферы деятельности подразделения, а также смежные с основной деятельностью, отечественный и зарубежный опыт по решению вопросов, входящих в компетенцию подразделения, основы трудового, гражданского, административного и уголовного законодательства, экономику, организацию труда и управления, современные средства коммуникации и связи, вычислительной техники, правила их эксплуатации, правила внутреннего трудового распорядка, требования по охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z137" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z138" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: бизнес и управление и/или право и/или растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z139" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Руководитель структурного подразделения (управления, отдела, службы, центра)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z140" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z141" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает деятельность структурного подразделения в соответствии с положением о подразделении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z142" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в подготовке перспективных планов работы организации и подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z143" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу специалистов структурного подразделения по предупреждению и пресечению нарушений законодательства в области рыбного хозяйства и аквакультуры, повышению теоретических и практических знаний, осуществляет контроль за соблюдением и выполнением работниками должностных инструкций, правил и директивных указаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z144" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по интродукции и реинтродукции объектов рыбного хозяйства, а также учету и мониторингу рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z145" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      освещает в средствах массовой информации проблемы и события, связанные с охраной, воспроизводством и использованием рыбных ресурсов и других водных животных и особо охраняемой природной территорией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z146" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создает условия для повышения квалификации работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z147" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил безопасности и охраны труда, санитарно-гигиенических норм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z148" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение трудовой дисциплины подчиненных работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z149" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z150" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z151" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z152" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экологический кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z153" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z154" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z155" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z156" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z157" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z158" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z159" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, регламентирующие деятельность подразделения (организации), научные и практические вопросы в соответствующей области знаний исходя из задач и функций организации и сферы деятельности подразделения, а также смежные с основной деятельностью, отечественный и зарубежный опыт по решению вопросов, входящих в компетенцию подразделения, основы трудового, гражданского, административного и уголовного законодательства, экономику, организацию труда и управления, современные средства коммуникации и связи, вычислительной техники, правила их эксплуатации, правила внутреннего трудового распорядка, требования по охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z160" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z161" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, экология, биологические и смежные науки и стаж работы в соответствующей профилю организациях не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z162" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 5. Заместитель руководителя структурного подразделения (управления, отдела, службы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z163" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z164" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает деятельность структурного подразделения в соответствии с положением о подразделении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z165" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при осуществлении своей деятельности в пределах своей компетенции, дает указания работникам подразделения по проведению производственно-хозяйственных мероприятий по охране, защите, воспроизводству рыбных ресурсов и других водных животных, природных комплексов и объектов природно-заповедного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z166" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывает участие структурного подразделения в составлении перспективных и текущих планов, определяет долговременную стратегию производственной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z167" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает исправное состояние технических средств, административных зданий, хозяйственных построек, кордонов и сооружений, организовывает ремонтные и строительные работы согласно плану бюджетной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z168" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в подготовке перспективных планов работы организации и подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z169" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует работу структурного подразделения по предупреждению и пресечению нарушений законодательства в области рыбного хозяйства и аквакультуры; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z170" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышению теоретических и практических знаний, осуществляет проверку за соблюдением и выполнением работниками должностных инструкций, правил и директивных указаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z171" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит мероприятия по охране, учету и мониторингу рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z172" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует мероприятий по повышению технических знаний работников инспекторских служб структурного подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z173" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создает условия для повышения квалификации работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z174" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил безопасности и охраны труда, санитарно-гигиенических норм, обеспечивает соблюдение трудовой дисциплины подчиненных работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z175" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z176" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z177" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z178" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экологический кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z179" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z180" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z181" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z182" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z183" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z184" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z185" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, регламентирующие деятельность подразделения (организации), научные и практические вопросы в соответствующей области знаний исходя из задач и функций организации и сферы деятельности подразделения, а также смежные с основной деятельностью, отечественный и зарубежный опыт по решению вопросов, входящих в компетенцию подразделения, основы трудового, гражданского, административного и уголовного законодательства, экономику, организацию труда и управления, современные средства коммуникации и связи, вычислительной техники, правила их эксплуатации, правила внутреннего трудового распорядка, требования по охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z186" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z187" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, экология, биологические и смежные науки и стаж работы в соответствующей профилю организациях не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z188" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 6. Главный агроном</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z189" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z190" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет организационно-техническое руководство отраслью растениеводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z191" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует разработку и внедрение научно-обоснованных систем земледелия, осуществление мероприятий по эффективному использованию земли, основных фондов, трудовых и материальных ресурсов, внедрению интенсивных технологий возделывания сельскохозяйственных культур и повышению их эффективности в целях увеличения производства и повышения качества продукции, снижения ее себестоимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z192" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает разработку и внедрение агротехнических и организационно-экономических мероприятий, направленных на повышение плодородия почвы, укрепление зернового хозяйства, создание прочной кормовой базы для животноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z193" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует мероприятия по совершенствованию технологий возделывания зерновых и других сельскохозяйственных культур, проведение сельскохозяйственных работ в наиболее оптимальные сроки и на высоком уровне агротехники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z194" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает и внедряет научно обоснованные системы севооборотов, защиты почв от эрозии, обработки почвы, применения удобрений, защиты посевов от вредителей, болезней и сорняков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z195" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует выполнение проектов внутрихозяйственного землеустройства, мелиорации земель, культуртехнических работ, работу по семеноводству, быстрому размножению районированных, перспективных и дефицитных семян, ускоренному проведению сортосмены и сортообновления, обеспечению хозяйства высококачественными сортовыми семенами и правильному их использованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z196" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке перспективных и годовых планов развития хозяйства в условиях рыночной экономики и заданий хозяйственным подразделениям. Разрабатывает технологические карты, производственные программы и рабочие планы по растениеводству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z197" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает помощь подразделениям хозяйства в проведении анализа производственной деятельности и разработке мероприятий по увеличению производства и повышению качества продукции растениеводства, в комплектации техническими средствами для возделывания сельскохозяйственных культур и определении их потребности на перспективу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z198" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и заключает договоры с заготовительными, перерабатывающими, обслуживающими и другими предприятиями по реализации продукции растениеводства, обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z199" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает предложения по установлению рациональных производственно-экономических связей отрасли растениеводства с перерабатывающими, обслуживающими и другими предприятиями (организациями) агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z200" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по ведению книги истории полей, земельной шнуровой книги и других учетных документов, своевременному оформлению отчетов и представлению их в государственные органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z201" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координирует деятельность отделений, сельскохозяйственных участков по отрасли растениеводства, руководит агрономической службой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z202" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способствует внедрению мероприятий по комплексной механизации и автоматизации производственных процессов в растениеводстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z203" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает рациональное использование земельного фонда, машинно-тракторного парка, горючего и средств химизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z204" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в составлении заявок на приобретение машин, оборудования, запасных частей, удобрений, химикатов, топлива, тары и других материальных ресурсов, используемых в растениеводстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z205" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает проведение специальной экспертизы количества и качества продукции растениеводства, передаваемой другим подразделениям внутри предприятия, а также реализуемой продукции заготовительным организациям или перерабатывающим предприятиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z206" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способствует развитию и внедрению прогрессивных форм организации и оплаты труда, организации арендных, кооперативных отношений в подразделениях предприятия, образованию крестьянских хозяйств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z207" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает им консультационную помощь по вопросам технологии производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z208" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в рассмотрении проектов, выборе мест строительства сооружений растениеводства, приемке объектов нового строительства, капитального и текущего ремонта, а также в приемке работ, выполненных подрядными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z209" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает правильное ведение агротехнического учета в отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z210" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует качественное и своевременное проведение сельскохозяйственных работ, надлежащее использование техники, рациональное использование труда и материально-денежных средств в отрасли, обеспечивает качество производимой продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z211" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает выполнение требований законодательства по охране окружающей среды, соблюдение правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z212" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z213" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z214" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z215" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z216" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z217" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z218" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "О карантине растений" (далее – Закон "О карантине растений");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z219" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "О защите растений" (далее – Закон "О защите растений");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z220" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "О семеноводстве" (далее – Закон "О семеноводстве");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z221" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z222" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности сельскохозяйственного объединения (организации), технологию производства сельскохозяйственных культур, селекцию и семеноводство, биологические особенности культурных растений и агротехнику их возделывания, стандарты на продукцию растениеводства, достижения науки и передовой опыт работы отечественных и зарубежных предприятий в области растениеводства, экономику, организацию производства, труда и управления, основы трудового и земельного законодательства, основы законодательства в области охраны окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z223" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z224" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z225" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 7. Главный агроном-агрохимик</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z226" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z227" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет организационно-технологическое руководство работами по эффективному применению удобрений и средств химизации в сельском хозяйстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z228" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и участвует в проведении анализов удобрений и почвоулучшающих веществ, проведении полевых опытов с удобрениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z229" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение исследований, экспресс-анализов, проводит апробацию новых методов, подготовку лабораторных установок и оборудования к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z230" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и проводит оценку состояния и динамики изменения почвенного плодородия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z231" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в составлении перспективных и годовых планов химизации, заключении договоров с организациями и разработке производственных программ, обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z232" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает правила технической эксплуатации испытательного оборудования и средств измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z233" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет потребность в материально-технических средствах, специальной одежде и средствах индивидуальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z234" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает качественное и своевременное выполнение анализов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z235" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет установленную документацию, учет и отчетность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z236" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке проектно-сметной документации по эффективному применению минеральных и органических удобрений, химической мелиорации почв;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z237" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает пропаганду и внедрение достижений науки и передового опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z238" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает выполнение требований законодательства по охране окружающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z239" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z240" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z241" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z242" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z243" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z244" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z245" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z246" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z247" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z248" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z249" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса, производственной деятельности организации, агрохимию, технологию транспортировки, хранения и внесения удобрений, методы анализа удобрений, стандарты на удобрения, основы экономики, организации труда, производства и управления в сельском хозяйстве, трудовое и земельное законодательства, законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z250" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z251" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z252" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 8. Главный бактериолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z253" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z254" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение карантинно-фитосанитарной и ветеринарно-санитарной экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z255" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит группой работников, выполняющих отдельные задания научно-производственных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z256" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает методы проведения экспертиз, обследований, исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z257" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обосновывает направления новых исследований и разработок и методы их выполнения, вносит предложения для включения в планы научно-производственных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z258" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции, а также рыбных ресурсов и других водных животных на соответствие требованиям международных и отечественных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z259" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит осмотр и вскрытие трупов павших животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z260" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет выявление и типизацию возбудителей болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z261" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z262" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявляет скрытые формы особо опасных болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z263" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования, оформляет документацию по расходу материалов на проведение исследований и санитарной обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z264" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает обеззараживание бокса, обработку рабочего места, стерилизацию инструментов, готовность растворов реактивов, питательных сред, уничтожение остатков биологического материала, а также соблюдение правил санитарии и противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z265" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет и выдает результаты анализов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z266" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет документацию по результатам текущей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z267" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z268" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке новых и совершенствовании существующих методов проведения лабораторных анализов и экспертиз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z269" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по повышению квалификации и подготовке кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z270" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z271" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет ветеринарный учет и отчетность, представляет отчетность в порядке, установленном законодательством Республики Казахстан в области ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z272" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z273" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z274" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z275" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z276" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z277" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z278" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z279" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "О ветеринарии" (далее – Закон "О ветеринарии");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z280" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z281" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z282" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственных услугах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z283" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z284" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z285" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, правила эксплуатации лабораторного оборудования и работы с микроорганизмами, ветеринарную микробиологию, бактериологию и фитопатологию, экономические пороги вредоносности болезней растений, методы идентификации возбудителей бактериальных болезней животных и растений, методики по отбору образцов подкарантинной продукции, методики и инструкции по борьбе с болезнями животных, а также рыбных ресурсов и других водных животных, наставления по применению ветеринарных препаратов, правила ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, методики лабораторного исследования материалов, технологию производства и переработки продукции животного происхождения, основы трудового законодательства, правила внутреннего трудового распорядка, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z286" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z287" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z288" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 9. Главный врач ветеринарный</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z289" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z290" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство ветеринарной службой хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z291" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z292" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедряет утвержденные научно обоснованные ветеринарно-санитарные мероприятия, обеспечивающие увеличение производства продукции животноводства, а также рыбных ресурсов и других водных животных, повышение качества и снижение себестоимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z293" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает планы и осуществляет совместно с зоотехнической службой и руководителями подразделений проведение профилактических, ветеринарно-санитарных, противоэпизоотических и лечебных мероприятий в животноводстве, а также рыбном хозяйстве и аквакультуре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z294" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке производственно-экономических связей с другими хозяйствами, перерабатывающими и обслуживающими предприятиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z295" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет потребность и организует обеспечение хозяйства (организации) медикаментами, биопрепаратами, ветеринарным оборудованием, инструментом, дезинфекционными средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z296" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает ветеринарно-санитарное благополучие ферм, убойных и молочных пунктов, складов хранения продуктов и сырья животного происхождения, а также пунктов реализации животных, рыбных ресурсов и других водных животных, продуктов и сырья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z297" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ветеринарный осмотр скота и птицы, а также рыб и других водных животных, проведение ветеринарно-санитарной экспертизы мяса и мясных продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z298" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует мероприятия по искусственному осеменению сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z299" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение условий хранения мяса, мясных продуктов и сырья животного происхождения, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z300" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следит за качеством кормления животных, участвует в разработке и осуществлении мероприятий по укреплению кормовой базы, правильной заготовке, хранению и использованию кормов, использованию пастбищ, водопоев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z301" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      систематически проводит поголовный ветеринарный осмотр животных, исследует коров на стельность, принимает меры по предупреждению бесплодия, изучает причины перегулов маточного поголовья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z302" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует дезинфекцию, дезинсекцию и дератизацию на животноводческих фермах, в помещениях для хранения продуктов и сырья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z303" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке мероприятий по защите животных и продуктов животноводства от массового заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z304" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет причины падежа животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z305" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда, защите окружающей среды и пожарной безопасности при проведении ветеринарных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z306" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет ветеринарный учет и отчетность, представляет отчетность в порядке, установленном законодательством Республики Казахстан в области ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z307" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z308" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z309" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z310" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z311" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z312" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z313" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z314" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z315" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z316" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан и Таможенного союза; руководящие, нормативные, инструктивные и методические материалы в области ветеринарии, санитарно-эпидемиологического благополучия населения, безопасности пищевой продукции; ветеринарно-санитарные правила, нормы и инструкции, положения и другие руководящие документы, касающиеся производственной деятельности предприятия; технологию производства продукции животноводства, а также рыбной продукции и других водных животных, искусственного осеменения; ветеринарно-санитарную экспертизу, микробиологию и эпизоотологию; основы экономики, организации труда, производства и управления; основы земельного и трудового законодательства; законодательство по охране окружающей среды и рациональному использованию природных ресурсов; правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z317" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z318" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z319" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 10. Главный вирусолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z320" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z321" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение карантинно-фитосанитарной, ветеринарно-санитарной экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z322" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит группой работников, выполняющих задания научно-производственных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z323" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит анализ биологических средств защиты растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z324" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие требованиям международных и отечественных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z325" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит осмотр и вскрытие трупов павших животных, а также снулых рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z326" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z327" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет выявление и типизацию возбудителей болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z328" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявляет скрытые формы особо опасных болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z329" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обосновывает направления новых исследований и разработок и методы их выполнения, вносит предложения для включения в планы научно-производственных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z330" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в испытаниях новых видов оборудования и приборов, разработке современных методов диагностики вирусных заболеваний животных, рыб и других водных животных и растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z331" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования, оформляет документацию по расходу материалов на проведение исследований и санитарной обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z332" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает обеззараживание бокса, обработку рабочего места, стерилизацию инструментов, уничтожение остатков биологического материала, а также соблюдение правил санитарии и противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z333" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет результаты исследований и выдает акт экспертизы (протокол испытаний);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z334" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает методическую и практическую помощь в организации всех видов работ в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z335" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z336" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по повышению квалификации и подготовке кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z337" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z338" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет ветеринарный учет и отчетность, представляет отчетность в порядке, установленном законодательством Республики Казахстан в области ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z339" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Экологический кодекс</w:t>
+        <w:t>Конституцию</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2676,61 +7734,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Закон</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> "О государственном регулировании развития АПК";</w:t>
+        <w:t>Земельный кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2798,717 +7856,219 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О языках в Республике Казахстан"; </w:t>
-[...499 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+        <w:t xml:space="preserve"> "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституцию</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О защите растений";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Земельный кодекс</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О карантине растений";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Экологический кодекс</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О ветеринарии";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3520,51 +8080,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О государственном регулировании развития АПК";</w:t>
+        <w:t xml:space="preserve"> "Об охране, воспроизводстве и использовании животного мира";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3576,51 +8136,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О противодействии коррупции";</w:t>
+        <w:t xml:space="preserve"> "Об особо охраняемых природных территориях";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3632,1521 +8192,31573 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О языках в Республике Казахстан"; </w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="93"/>
+        <w:t xml:space="preserve"> "О государственных услугах";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...486 lines deleted...]
-    <w:bookmarkEnd w:id="117"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституцию</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z351" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, методики и инструкции по лабораторным исследованиям, принцип работы и правила эксплуатации применяемых приборов и оборудования, методы идентификации возбудителей вирусных болезней животных, а также рыбных ресурсов и других водных животных и растений, ветеринарно-санитарные требования, ветеринарную микробиологию, вирусологию и фитопатологию, экономические пороги вредоносности болезней растений, методики по отбору образцов подкарантинной продукции, методики и инструкции по борьбе с болезнями животных, а также рыбных ресурсов и других водных животных, наставления по применению ветеринарных препаратов, правила ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, технологию производства и переработки продукции животного происхождения, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда и безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z352" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z353" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z354" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 11. Главный герболог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z355" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z356" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство над проведением лабораторных исследований подкарантинной продукции, фитосанитарным мониторингом и оценкой засоренности сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z357" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает научно-технические решения по наиболее сложным проблемам, методы проведения экспертиз, исследований, обследований, выбирает необходимые для этого средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z358" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обосновывает направления новых исследований и разработок, вносит предложения для включения в планы научно-производственных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z359" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет фитосанитарный мониторинг и оценку засоренности сельскохозяйственных культур и представление сельскохозяйственным организациям информации о фитосанитарном состоянии, сигнализирует о сроках начала, окончания борьбы и прогнозов с карантинными сорняками сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z360" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие требованиям международных и отечественных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z361" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет необходимую документацию по результатам текущей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z362" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает методическую и практическую помощь в организации всех видов работ в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z363" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z364" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил санитарии и противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z365" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке новых и совершенствовании существующих методов лабораторных анализов и экспертиз, мониторинга и оценки засоренности сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z366" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z367" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по повышению квалификации и подготовке кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z368" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z369" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z370" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z371" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z372" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z373" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z374" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z375" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, методы проведения экспертизы продукции растительного происхождения на предмет засоренности карантинными сорняками, методы идентификации карантинных сорных растений, методики проведения обследования сельскохозяйственных угодий на предмет засоренности сорными растениями, методики по отбору образцов подкарантинной продукции, инструкции по использованию приборов и оборудования, основы законодательства по охране окружающей среды, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z376" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z377" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: бизнес и управление и/или право (юриспруденция и/или международное право) и/или растениеводство и/или животноводство и/или ветеринария и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z378" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 12. Главный зоотехник</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z379" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z380" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство отраслью животноводства (птицеводства), рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z381" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает разработку и внедрение научно обоснованных систем животноводства, рыбного хозяйства и аквакультуры, обеспечивающих увеличение производства продукции, снижение себестоимости, повышение ее качества и эффективность отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z382" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует разработку и выполнение мероприятий по развитию животноводства, рыбного хозяйства и аквакультуры, улучшению воспроизводства стада, повышению продуктивности животных, а также рыбных ресурсов и других водных животных, увеличению выхода молодняка, содержанию, кормлению и уходу за животными, рациональному использованию пастбищ и других кормовых угодий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z383" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в планировании и создании прочной кормовой базы и страховых запасов кормов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z384" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      совместно с ветеринарной службой принимает участие в составлении плана ветеринарно-профилактических мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z385" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает предложения по производственно-экономическим связям отрасли животноводства, рыбного хозяйства и аквакультуры с другими хозяйствами, заготовительными, перерабатывающими и обслуживающими организациями и предприятиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z386" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует заключение договоров с заготовительными, перерабатывающими, обслуживающими и другими предприятиями и организациями по реализации продукции животноводства, обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z387" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способствует развитию и внедрению прогрессивных форм организации и оплаты труда, организации арендных отношений в подразделениях предприятия, созданию крестьянских хозяйств, оказывает им консультативную помощь по вопросам технологии производства продукции животноводства, рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z388" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает и осуществляет совместно с агрономической службой и руководителями подразделений мероприятия по укреплению кормовой базы, созданию многолетних культурных пастбищ и сенокосов, организации зеленого конвейера, заготовке зеленой массы для производства сенажа, силоса, травяной и витаминной муки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z389" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по переводу скота на летний пастбищный и зимний стойловой периоды, использованию и хранению кормов, составлению полноценных рационов кормления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z390" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит селекционно-племенной работой по выведению высокопродуктивных животных, а также рыбных ресурсов и других водных животных, снижению яловости маточного поголовья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z391" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение анализов по определению жирности, плотности, кислотности и чистоты молока;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z392" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в составлении заявок на приобретение оборудования, запасных частей, ремонтных материалов и других материальных средств, необходимых для животноводства, а также рыбного хозяйства, аквакультуры и обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z393" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает помощь подразделениям при анализе производственной деятельности за соответствующий период и разработке мероприятий по увеличению производства и повышению качества продукции животноводства, рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z394" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в рассмотрении проектов, выборе мест строительства животноводческих помещений, приемке объектов нового строительства, капитального и текущего ремонта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z395" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по ведению зоотехнической документации, учета и установленной отчетности по животноводству, рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z396" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует учет количества и качества продукции животноводства, рыбного хозяйства и аквакультуры, передаваемой другим подразделениям или реализуемой заготовительным и перерабатывающим предприятиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z397" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает и внедряет мероприятия по созданию безопасных и благоприятных условий труда, по охране окружающей среды от загрязнения отходами производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z398" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z399" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм по охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z400" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      39. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z401" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z402" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z403" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z404" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z405" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "О племенном животноводстве" (далее – Закон "О племенном животноводстве");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z406" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z407" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z408" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z409" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z410" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственных услугах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z411" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z412" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z413" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности предприятия, технологию производства, племенное дело, биологические особенности различных видов сельскохозяйственных животных, научные основы их содержания и кормления, достижения науки и передовой опыт работы отечественных и зарубежных предприятий в области животноводства, организацию сбыта продукции, действующие стандарты на продукцию животноводства, земельное и трудовое законодательства, основы экономики, организации производства, труда и управления, действующее законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z414" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z415" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z416" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 13. Главный рыбовод</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z417" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z418" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои должностные обязанности под общим руководством директора, его заместителей и руководителя отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z419" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции разрабатывает мероприятия по охране, воспроизводству и использованию рыбных ресурсов и других водных животных, обеспечивает выполнение планов по проведению рыбохозяйственных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z420" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сохранение, изучение и восстановление биологического разнообразия, природных экологических систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z421" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение режима охраны государственного природного резервата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z422" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение исследований и мониторинга в целях охраны и устойчивого развития территории, а также экологического просвещения и воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z423" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в разработке плана управления учреждения, участие в разработке и выполнении программ по вопросам охраны, восстановления и использования государственного природно-заповедного фонда, историко-культурных комплексов и объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z424" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление проверок по соблюдению требований законодательства в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных на территории учреждения и в его охранной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z425" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мер в области экологического просвещения и информирования населения, издание видео- и печатной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z426" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение научных исследований на акватории учреждения, в том числе с привлечением сторонних научных организаций и специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z427" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение охраны, воспроизводства и использования рыбных ресурсов и других водных животных, а также естественных мест их обитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z428" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполнение работ по восстановлению объектов государственного природно-заповедного фонда, защитных мероприятий по предупреждению развития очагов болезней и их ликвидация, других вредных воздействий на охраняемые природные комплексы учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z429" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудничество и взаимодействие с природоохранными, научными и общественными организациями по вопросам деятельности учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z430" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в международном сотрудничестве в области особо охраняемых природных территорий и сохранения биологического разнообразия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z431" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предъявлять исковые заявления в суд при выявлении нарушений законодательства Республики Казахстан в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z432" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить в порядке, установленном законодательством Республики Казахстан, общественную экологическую экспертизу проектов в области особо охраняемых природных территорий и экологических сетей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z433" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать и получать у соответствующих государственных органов необходимую информацию, касающуюся вопросов охраны, воспроизводства и использования рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z434" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определять размеры ущерба, причиненного в результате нарушения законодательства Республики Казахстан в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных и на основании этого предъявлять к виновным лицам претензии о добровольном возмещении этого ущерба либо предъявлять иск в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z435" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      42. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z436" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z437" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z438" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z439" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z440" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z441" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z442" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственных услугах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z443" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z444" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z445" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z446" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности предприятия, технологию производства, биологические особенности различных видов рыб, научные основы их содержания и кормления, достижения науки и передовой опыт работы отечественных и зарубежных предприятий в области рыбного хозяйства, организацию сбыта продукции, действующие стандарты на продукцию рыбного хозяйства, земельное и трудовое законодательства, основы экономики, организации производства, труда и управления, действующее законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z447" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z448" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z449" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 14. Главный ихтиолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z450" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z451" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои должностные обязанности под общим руководством директора, его заместителей и руководителя отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z452" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции разрабатывает мероприятия по охране, воспроизводству и использованию рыбных ресурсов и других водных животных, обеспечивает выполнение планов по проведению рыбохозяйственных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z453" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координирует работу по проведению охраны водоемов, по проведению рыбохозяйственных мероприятий, а также в организации мелиоративного и любительского лова;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z454" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение режима охраны особо охраняемой природной территории, принимает меры по предупреждению и пресечению нарушений законодательства рыбного хозяйства, аквакультуры и природоохранного законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z455" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет протоколы об административных правонарушениях в области рыбного хозяйства и аквакультуры в соответствии с Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z456" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет наблюдение за гидробиологическим состоянием водоемов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z457" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит оценку состояния кормовой базы водоемов, рыбохозяйственную паспортизацию водоемов, проверку результатов и эффективности интродукции рыб, выявление заболеваний рыб и принятие мер по их предупреждению и ликвидации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z458" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z459" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z460" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z461" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z462" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z463" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z464" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z465" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственных услугах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z466" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z467" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z468" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z469" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности предприятия, технологию производства, биологические особенности различных видов рыб, научные основы их содержания и кормления, достижения науки и передовой опыт работы отечественных и зарубежных предприятий в области рыбного хозяйства, организацию сбыта продукции, действующие стандарты на продукцию рыбного хозяйства, земельное и трудовое законодательства, основы экономики, организации производства, труда и управления, действующее законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z470" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z471" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z472" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 15. Главный инспектор</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z473" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z474" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      исполняет свои обязанности под общим руководством первого руководителя организации и во взаимодействии с руководителями иных подразделений и служб; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z475" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в пределах своей компетенции определяет техническую политику и направления технического развития организации в условиях рыночной экономики, пути реконструкции и технического перевооружения действующего производства, уровень специализации и диверсификации производства на перспективу с целью обеспечения способности к действию, мобильности и прибыльности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z476" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет руководство и обеспечение эффективности производственной деятельности соответствующих структурных подразделений (служб), решает административные вопросы, контролирует результаты их работы, состояние трудовой и производственной дисциплины; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z477" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает необходимый уровень технической подготовки производства и его постоянный рост, повышение эффективности и производительности труда, сокращение издержек (материальных, финансовых, трудовых), рациональное использование производственных ресурсов, высокое качество и конкурентоспособность производимой продукции, работ или услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z478" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      руководит разработкой мероприятий по реконструкции и модернизации организации, предотвращению вредного воздействия производства на окружающую среду, бережному использованию природных ресурсов, созданию безопасных условий труда и повышению технической культуры производства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z479" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует разработку и реализацию планов внедрения новой техники и технологии, проведения организационно-технических мероприятий, научно-исследовательских и опытно-конструкторских работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z480" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает эффективность проектных решений, своевременную и качественную подготовку производства, техническую эксплуатацию, ремонт и модернизацию оборудования, достижение высокого качества продукции (товаров, работ и услуг) в процессе ее разработки и производства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z481" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      на основе современных достижений науки и техники, результатов патентных исследований, а также передового опыта с учетом конъюнктуры рынка организует работу по улучшению ассортимента и качества, совершенствованию и обновлению выпускаемой продукции, выполняемых работ (услуг), техники и технологии, созданию принципиально новых конкурентоспособных видов продукции, по проектированию и внедрению в производство средств комплексной механизации и автоматизации технологических процессов, контроля и испытаний высокопроизводительного специализированного оборудования, разработке нормативов трудоемкости изделий и норм расхода материалов на их изготовление, последовательному осуществлению режима экономии и сокращению издержек; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z482" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает своевременную подготовку технической документации (чертежей, спецификаций, технических условий, технологических карт); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z483" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заключает с научно-исследовательскими, проектными (конструкторскими и технологическими) организациями и высшими учебными заведениями договоры на разработку новой техники и технологии производства, проектов реконструкции организации, ее подразделений, обновления и модернизации оборудования, комплексной механизации и автоматизации производственных процессов, автоматизированных систем управления производством, осуществляет контроль за их разработкой, организует рассмотрение и внедрение проектов технического перевооружения, разработанных сторонними организациями, составление заявок на приобретение оборудования на условиях лизинга; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z484" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      координирует работу по вопросам патентно-изобретательской деятельности, унификации, стандартизации и сертификации продукции, аттестации и рационализации рабочих мест, метрологического обеспечения, механоэнергетического обслуживания производства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z485" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принимает меры по совершенствованию организации производства, труда и управления на основе внедрения новейших технических и телекоммуникационных средств выполнения инженерных и управленческих работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z486" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует проведение научных исследований и экспериментов, испытаний новой техники и технологии, а также работу в области научно-технической информации, рационализации и изобретательства, распространения передового производственного опыта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z487" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит работу по защите приоритета внедренных научно-технических решений, подготовке материалов на их патентование, получение лицензий и прав на интеллектуальную собственность; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z488" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует обучение и повышение квалификации рабочих и специалистов и обеспечивает постоянное совершенствование подготовки персонала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z489" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет контроль за соблюдением проектной, конструкторской и технологической дисциплины, порядка по безопасности и охране труда, производственной санитарии и пожарной безопасности, требований природоохранных, санитарных органов, а также органов, осуществляющих технический надзор. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z490" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z491" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z492" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z493" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z494" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z495" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z496" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z497" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственных услугах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z498" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z499" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z500" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z501" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности предприятия, технологию производства, трудовое законодательство, основы экономики, организации производства, труда и управления, действующее законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z502" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z503" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее (или послевузовское) образование по соответствующему направлению подготовки кадров, стаж работы на руководящих должностях в соответствующем профилю организации виде экономической деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z504" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 16. Капитан (флота, судна, теплохода, моторной лодки)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z505" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z506" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство экипажем судна;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z507" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение на судне законов и других нормативных правовых актов Республики Казахстан, а также международных конвенций и соглашений, участником которых является Республика Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z508" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует работу экипажа судна во время эксплуатации и ремонта судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z509" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      утверждает судовые планы, графики, расписания, инструкции, режим труда и отдыха членов экипажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z510" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает безопасную эксплуатацию судна, его систем, устройств, оборудования, машин и механизмов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z511" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает безопасность пассажиров, сохранность грузов, багажа и почты; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z512" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выполнение природоохранных мероприятий, плановых заданий, графиков (расписаний) движения, указаний и требований государственных органов надзора и контроля; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z513" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предъявление судна в установленные сроки к осмотрам и освидетельствованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z514" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит ходовые и швартовные испытания судна, судовых силовых установок, движительного комплекса, оборудования, систем и устройств при подготовке судна в рейс после зимнего и капитального ремонта, отстоя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z515" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      издает приказы и распоряжения по судну; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z516" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает соблюдение трудовой дисциплины и организацию общесудовой, вахтенной и штурманской служб; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z517" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает выполнение обязанностей по тревогам "человек за бортом", "шлюпочная", "общесудовая";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z518" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует коллективное питание экипажа, снабжение материалами, инвентарем, принадлежностями, горюче-смазочными материалами, предметами быта и досуга экипажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z519" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает ведение судовой документации (вахтенного, машинного, электротехнического и радиотехнического журналов, единой книги осмотров судна, делопроизводства, штурманской, финансовой и коммерческой документации), судовой книги, санитарных книжек членов экипажа судна;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z520" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      несет установленную уставом службы на судах вахту, участвует в управлении судном (буксировке состава судов) на затруднительных участках плавания, акватории портов, при проходе под мостами, пограничных зон, шлюзовании; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z521" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает соблюдение членами экипажа требований нормативных правовых актов (документов) по безопасности и охране труда, пожарной безопасности и экологии, утверждает соответствующие инструкции; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z522" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при постановке судна на ремонт уточняет объемы ремонта, назначает ответственное лицо или осуществляет лично (по согласованию с судовладельцем) наблюдение за ходом ремонта и обеспечение пожарной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z523" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      при работе судна с закрепленными несамоходными судами без экипажа обеспечивает безопасную эксплуатацию этих судов, устройств, систем и оборудования, установленного на них; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z524" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      руководит работой и личным составом, при производстве путевых работ (выставление, обслуживание, снятие знаков судоходной обстановки, траление); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z525" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      перед каждой перегрузочной операцией, совместно с соответствующими специалистами, проверяет судовые грузоподъемные устройства и обеспечивает правильное их использование; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z526" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      во время обслуживания судоходной обстановки следит за правильностью расстановки навигационных знаков на участке работы и за правильностью информации о габаритах судового хода; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z527" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет хранение судовой печати, денежных средств и финансово-бухгалтерской документации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z528" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает трудовую и производственную дисциплину, правила внутреннего трудового распорядка, требования по безопасности и охране труда, производственной санитарии и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z529" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z530" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Трудовой Кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z531" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "О внутреннем водном транспорте" (далее – Закон "О внутреннем водном транспорте");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z532" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приказ Министра по инвестициям и развитию Республики Казахстан от 30 января 2015 года № 74 "Об утверждении Устава службы на судах" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10454) (далее – Устав службы на судах);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z533" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приказ Министра по инвестициям и развитию Республики Казахстан от 30 апреля 2015 года № 537 "Об утверждении Правил плавания по внутренним водным путям" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 11347) (далее – Правила плавания по внутренним водным путям);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z534" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приказ Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 508 "Об утверждении Правил технической эксплуатации судов внутреннего водного плавания" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 11776) (далее – Правила технической эксплуатации судов внутреннего водного плавания);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z535" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 27 марта 2015 года № 357 "Об утверждении Правил выдачи и ведения судовых документов для судов, осуществляющих судоходство по внутренним водным путям" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 11093) (далее – Правила выдачи и ведения судовых документов для судов, осуществляющих судоходство по внутренним водным путям);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z536" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 18 февраля 2015 года № 134 "Об установлении требований к минимальному составу экипажей судов" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10788) (далее – Требования к минимальному составу экипажей судов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z537" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      правила эксплуатации, настройки и установки светосигнальной аппаратуры и автоматов на знаках обстановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z538" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      устройство, назначение, правила расстановки знаков судоходной обстановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z539" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      общую лоцию водных путей, специальную лоцию разрабатываемого участка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z540" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      конструктивные, технические и эксплуатационные данные судна, судовых силовых и движительных установок, вспомогательного оборудования, систем и устройств, средств радионавигации и электрообеспечения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z541" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принцип действия и устройство двигателя внутреннего сгорания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z542" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      звуковую и световую сигнализацию, элементарные сведения об электротехнике и оптике; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z543" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      правила внутреннего трудового распорядка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z544" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      требования по безопасности и охране труда, производственной санитарии и пожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z545" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      основы ведения технической документации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z546" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z547" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее профессиональное (техническое) образование, диплом капитана 1, 2, 3, 4 или всех групп судов или техническое и профессиональное (среднее специальное, среднее профессиональное) образование, диплом капитана 1, 2, 3, 4 или всех групп судов и стаж плавания в командных должностях не менее 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z548" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 17. Заведующий гидрохимической и гидробиологической лаборатории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z549" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z550" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои должностные обязанности под общим руководством главного рыбовода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z551" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение гидрохимических и гидробиологических анализов, обеспечивает лабораторный контроль в соответствии с действующими стандартами и техническими условиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z552" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет работу по разработке новых и совершенствованию существующих методов лабораторного контроля и содействует их внедрению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z553" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обобщает материалы наблюдений за загрязнением поверхностных вод и подготавливает информационные материалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z554" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает своевременность работы лабораторного оборудования и рабочих мест сотрудников лаборатории и принимает меры по устранению имеющихся недостатков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z555" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает текущие и годовые планы работы гидрохимической и гидробиологической лаборатории и их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z556" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ведение установленной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z557" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует повышение теоретических и практических знаний специалистов, осуществляет контроль за соблюдением и выполнением работниками должностных инструкций, правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z558" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создает условия для повышения квалификации работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z559" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z560" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z561" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z562" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z563" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z564" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z565" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z566" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z567" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z568" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z569" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z570" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z571" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z572" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: химическая технология неорганических и органических веществ (химическая технология), рыбное хозяйство (рыбное хозяйство и промышленное рыболовство), производственные и обрабатывающие отрасли (технология продовольственных продуктов (по областям применения), окружающая среда (экология), биологические и смежные науки и стаж работы по специальности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z573" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 18. Заведующий музеем (визит-центром)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z574" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z575" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует экскурсии посетителей в музей (визит-центр), обеспечивает сохранность состояния экспонатов музея (визит-центра), вносит предложения по изменению, замене отдельных экспонатов музея (визит-центра), подготавливает к изданию брошюры, буклеты и информационные материалы о работе музея (визит-центра), а также популяризирующие образ жизни рыб и других водных животных. Проводит работу по экологическому просвещению населения на базе музея (визит-центра), лекции, беседы в музее природы (визит-центре) и на экологических маршрутах, принимает участие в разработке тематических лекций по экологическому просвещению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z576" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает экскурсионные тексты по музею природы (визит-центру). Принимает участие в разработке и составлении планов эколого-просветительской работы, экологического просвещения. Развивает сотрудничество с международными экологическими организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z577" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в проведении экологических экскурсий по особо охраняемой природной территории и его охранной зоне, в проведении тематических выставок, выступлений по радио, телевидению, в печати, на семинарах, совещаниях, конференциях. Принимает участие в проведении массовых природоохранных акций, в охране и соблюдении заповедного режима.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z578" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      57. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z579" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z580" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z581" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об охране, воспроизводстве и использовании животного мира"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z582" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z583" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z584" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z585" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z586" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности предприятия, технологию производства, трудовое законодательство, основы экономики, организации производства, труда и управления, действующее законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z587" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z588" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (география, экология), биологические и смежные науки (биология), сфера обслуживания (туризм), гуманитарные науки (музейное дело и охрана памятников) и стаж работы по соответствующему профилю организации не менее двух лет или техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: экология и природоохранная деятельность (по видам), туризм и стаж работы в организациях рыбного хозяйства или особо охраняемых природных территорий не менее 2 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z589" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 19. Главный фитопатолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z590" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z591" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство над проведением лабораторных фитопатологических исследований подкарантинной продукции, государственного сортоиспытания сельскохозяйственных культур на устойчивость к болезням, экспертной оценкой сортов и гибридов сельскохозяйственных культур на хозяйственную полезность, фитосанитарным мониторингом за развитием и распространением болезней сельскохозяйственных растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z592" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает научно-технические решения по наиболее сложным проблемам, методы проведения экспертиз, исследований, обследований, выбирает необходимые для этого средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z593" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обосновывает направления новых исследований и разработок, вносит предложения для включения в планы научно-производственных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z594" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит фитопатологические обследования посевов сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z595" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в работе по формированию государственного реестра селекционных достижений, рекомендуемых к использованию в Республике Казахстан, государственного реестра Республики Казахстан охраняемых сортов растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z596" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает разработку краткосрочных и долгосрочных прогнозов распространения вредных, особо опасных вредных организмов, карантинных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z597" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z598" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в процессе работы применяет международные и отечественные стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z599" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет необходимую документацию по результатам текущей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z600" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z601" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке, освоении новых и совершенствовании существующих методов определения болезней сельскохозяйственных культур, методик испытания селекционных достижений на устойчивость к болезням растений, отличимость, однородность и стабильность, методов мониторинга развития и распространения болезней растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z602" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет и поддерживает архив научных и иных материалов по номенклатуре дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z603" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z604" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по повышению квалификации и подготовке кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z605" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z606" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z607" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z608" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z609" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z610" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z611" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z612" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z613" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "Об охране селекционных достижений" (далее – Закон "Об охране селекционных достижений");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z614" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z615" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса, защиты и карантина растений, государственного сортоиспытания, методы проведения фитопатологической экспертизы продукции растительного происхождения, методы идентификации болезней растений, методики проведения фитопатологического обследования сельскохозяйственных угодий, методики по отбору образцов подкарантинной продукции, инструкции по использованию приборов и оборудования, основы законодательства по охране окружающей среды, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда и безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z616" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z617" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринарией и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z618" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 20. Главный энтомолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z619" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z620" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство над проведением карантинно-фитосанитарной экспертизы подкарантинных объектов, государственных испытаний селекционных достижений на устойчивость к вредителям растений, экспертной оценкой сортов и гибридов сельскохозяйственных культур на хозяйственную полезность, фитосанитарным мониторингом за развитием и распространением вредителей сельскохозяйственных растений на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z621" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает научно-технические решения по наиболее сложным проблемам, методы проведения экспертиз, исследований, обследований, выбирает необходимые для этого средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z622" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обосновывает направления новых исследований и разработок, вносит предложения для включения в планы научно-производственных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z623" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит энтомологические обследования посевов сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z624" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в работе по формированию государственного реестра селекционных достижений, рекомендуемых к использованию в Республике Казахстан, государственного реестра Республики Казахстан охраняемых сортов растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z625" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает разработку краткосрочных и долгосрочных прогнозов распространения вредных, особо опасных вредных организмов, карантинных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z626" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z627" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в процессе работы применяет международные и отечественные стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z628" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет необходимую документацию по результатам текущей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z629" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z630" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке, освоении новых и совершенствовании существующих методов идентификации вредителей сельскохозяйственных культур, методик испытания селекционных достижений на устойчивость к вредителям растений, отличимость, однородность и стабильность, методов мониторинга развития и распространения вредителей растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z631" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет и поддерживает архив научных и иных материалов по номенклатуре дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z632" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z633" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по повышению квалификации и подготовке кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z634" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z635" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z636" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z637" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z638" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z639" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z640" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z641" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z642" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране селекционных достижений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z643" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса, защиты и карантина растений, государственного сортоиспытания, методы проведения энтомологической экспертизы продукции растительного происхождения, методы идентификации вредителей растений, методики проведения энтомологического обследования сельскохозяйственных угодий, методики по отбору образцов подкарантинной продукции, инструкции по использованию приборов и оборудования, основы законодательства по охране окружающей среды, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z644" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z645" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z646" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 21. Заведующий ветеринарной аптекой</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z647" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z648" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполняет операции по приему, выдаче и хранению медикаментов, биопрепаратов, химикатов, дезинфицирующих средств, инструмента, инвентаря и ветеринарного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z649" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает и оформляет по сопровождающим документам ветеринарные товары, проверяет их качество, количество и техническое состояние, сроки годности ветеринарных биологических препаратов и лекарств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z650" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает надлежащий учет движения ветеринарных средств, правильность оформления приходно-расходных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z651" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует обеспечение предприятия, хозяйства необходимыми ветеринарными товарами и медикаментами и обеспечивает их сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z652" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует рациональное использование складских помещений с учетом правил складирования и хранения ветеринарных товаров, химикатов, витаминов, биопрепаратов и лекарств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z653" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает техническую исправность складских помещений, оборудования и инвентаря и их своевременный ремонт, содержание аптеки и складских помещений в чистоте и порядке, соблюдение правил и норм охраны труда и пожарной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z654" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в определении потребности хозяйств в медикаментах, биопрепаратах, инструменте, приборах, оборудовании и других ветеринарных средствах, в проведении инвентаризации аптечных материальных ценностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z655" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулярно ведет картотеку о наличии в аптеке товаров, информирует ветеринарных врачей о наличии лекарственных средств, поступлении новых профилактических и лечебных препаратов, приборов, инструмента и знакомит с инструкциями по их применению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z656" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет рекламации на ветеринарные средства, не отвечающие требованиям стандартов, инструкций, положений, и предъявляет их поставщикам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z657" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дает рекомендации ветеринарным врачам ферм по правилам хранения, применения и дозировки отпускаемых препаратов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z658" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет ветеринарный учет и отчетность, представляет отчетность в порядке, установленном законодательством Республики Казахстан в области ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z659" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z660" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z661" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z662" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z663" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z664" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные материалы по вопросам ветеринарии, хранения лекарственных средств, их применения для лечения животных, ведения складского хозяйства, основы фармакологии и ветеринарии, методы лечения животных, основы экономики и организации труда, основы трудового законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z665" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z666" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: ветеринария без предъявления требований к стажу работы или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (ветеринария) и стаж работы по направлению профессиональной деятельности не менее 2 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z667" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 22. Заведующий ветеринарным пунктом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z668" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z669" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет методическое руководство работой ветеринарных специалистов в обслуживаемой зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z670" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z671" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и проводит ветеринарные мероприятия по предупреждению и ликвидации заболеваний животных в населенных пунктах на закрепленной территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z672" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует диагностические исследования, иммунизацию животных, ликвидацию очагов особо опасных заразных болезней, амбулаторное и стационарное лечение больных животных, предубойный осмотр животных, а также мероприятия по идентификации и искусственному осеменению сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z673" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет и выдает бланки отчетности при оказании платных ветеринарных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z674" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет поступления и расходования биопрепаратов, медикаментов, дезинфекционных средств и ветеринарного имущества, обеспечивает их сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z675" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет причины падежа животных и принимает меры по его предупреждению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z676" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит совместно со специалистами здравоохранения мероприятия по охране населения от болезней, общих для человека и животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z677" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет работы и представляет установленную отчетность по ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z678" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z679" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z680" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z681" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z682" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z683" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам ветеринарии, правила применения лекарственных средств для животных и дезинфекционных средств, методики лабораторных исследований, технологию производства искусственного осеменения, порядок идентификации сельскохозяйственных животных, основы экономики, организации труда и управления, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z684" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z685" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: ветеринария и стаж работы по направлению профессиональной деятельности не менее 2 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z686" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 23. Заведующий ветеринарной лабораторией</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z687" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z688" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит проведением ветеринарно-санитарной экспертизы и диагностических исследований, планирует и организует работу лаборатории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z689" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет методическое руководство и внедряет утвержденные новые прогрессивные методы исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z690" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по повышению квалификации лабораторных специалистов и проводит анализ отчетов лабораторий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z691" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отвечает за внутрилабораторный контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z692" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отвечает за систему качества лабораторных исследований и ведения документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z693" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отвечает за соблюдение правил и требований для испытательных лабораторий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z694" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отвечает за биологическую, химическую безопасность и биологическую защиту в испытательной лаборатории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z695" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит или принимает участие в учете результатов, интерпретации, заключении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z696" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      непосредственно составляет или контролирует составление плана исследований, отчетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z697" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет в сложных случаях выезды на места для постановки диагноза, осуществляет отбор проб для лабораторных исследований и участвует в разработке мероприятий по ликвидации заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z698" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает предложения по новым методам исследований, участвует в их апробации и подготавливает для утверждения инструктивные документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z699" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит предложения по улучшению работы ветеринарных лабораторий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z700" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отвечает за материальное оснащение лабораторий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z701" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит инструктаж по технике безопасности и производственной санитарии, противопожарной безопасности, биологической и химической безопасности, режиму работы с патогенами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z702" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      несет ответственность за соблюдение сотрудниками трудовой и производственной дисциплины, правил и норм безопасности и охраны труда, экологической безопасности, санитарного режима и противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z703" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет ветеринарный учет и отчетность, представляет отчетность в порядке, установленном законодательством Республики Казахстан в области ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z704" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z705" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z706" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z707" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z708" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z709" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z710" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z711" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z712" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z713" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственных услугах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z714" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z715" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z716" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы в области ветеринарии, систему организации мероприятий по профилактике и ликвидации болезней животных, рыб и других водных животных, методы диагностических исследований по профилю работы, инструктивные документы по ветеринарии, правила ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, приборы и оборудование, вопросы организации исследований, правила работы и охраны труда в ветеринарных учреждениях, правила техники безопасности, производственной санитарии, санитарного режима работы, противопожарной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z717" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z718" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z719" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 24. Заведующий ремонтно-механической мастерской</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z720" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z721" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство производственно-хозяйственной деятельностью мастерской по ремонту и техническому обслуживанию тракторов, сельскохозяйственных машин и других технических средств, имеющихся в хозяйстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z722" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует составление графиков проведения планово-предупредительного ремонта тракторов, сельскохозяйственных машин, технологического оборудования и обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z723" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение ремонтных работ, техническое обслуживание и испытание техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z724" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет расчеты и заявки на приобретение оборудования, запасных частей, ремонтных материалов, приборов, инструмента и других материально-технических средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z725" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует рационализаторскую и изобретательскую работу, внедрение достижений науки и передового опыта по ремонту оборудования и сельскохозяйственной техники, восстановлению изношенных деталей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z726" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в организации ремонта и обслуживания технических средств хозяйства ремонтными предприятиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z727" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает необходимые меры по обеспечению работников ремонтной мастерской специальной одеждой, защитными приспособлениями, инструментом, инвентарем, материалами, запасными частями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z728" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повседневно проводит работу по укреплению трудовой и производственной дисциплины и улучшению условий труда в ремонтной мастерской;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z729" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает разработку и внедрение технически обоснованных норм выработки (времени), своевременный их пересмотр в установленном порядке, организует периодическую аттестацию рабочих мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z730" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает своевременное проведение предусмотренных трудовым законодательством инструктажей по охране труда, безопасности и охране окружающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z731" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует первичный учет ремонтных работ, расходования запасных частей, инструмента и денежных средств, предусмотренных нормами и хозяйственно расчетными лимитами на ремонт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z732" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет текущие и годовые отчеты о работе ремонтной мастерской, акты на списание ремонтного оборудования и техники, находящейся в ведении ремонтной мастерской;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z733" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает правильное хранение техники, подлежащей ремонту, и отремонтированной техники, которая не передана в эксплуатацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z734" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по повышению квалификации механизаторских кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z735" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z736" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z737" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z738" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z739" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z740" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z741" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z742" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы, касающиеся ремонта и технического обслуживания, конструктивные особенности имеющихся в хозяйстве машин и оборудования, организацию и порядок их ремонта и технического обслуживания, достижения и передовой опыт в области ремонта и технического обслуживания, основы экономики, организации производства, труда и управления, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z743" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z744" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 1 года или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: механизация сельского хозяйства и/или техническое обслуживание и ремонт сельскохозяйственной техники и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z745" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 25. Заведующий машинным двором</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z746" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z747" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководит работой машинного двора в хозяйстве, доводит задания до исполнителей и осуществляет расстановку их по рабочим местам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z748" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет разработку договорных показателей по объемам работ, выполняемых работниками машинного двора, потребности материальных ресурсов и денежных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z749" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает хранение и сохранность техники в соответствии с требованиями стандартов, внедряет передовую технологию ее содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z750" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в составлении заявок: на приобретение новых сельскохозяйственных машин (организует их прием, досборку и обкатку), на оборудование, запасные части и другие материалы, организует обеспеченность ими работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z751" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает своевременную подготовку сельскохозяйственной техники к периодам полевых работ, комплектование, регулировку и технологическую настройку машин и тракторных агрегатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z752" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ремонт несложных сельскохозяйственных машин;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z753" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует разборку списанных машин, дефектовку их составных частей, сборочных единиц и деталей, передачу на склад или обменный пункт хозяйства годных деталей, а вышедших из строя - в металлолом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z754" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке графиков постановки техники на хранение, проведения ремонта сельскохозяйственных машин, снятия с хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z755" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает планы и мероприятия по совершенствованию технологии содержания и хранения сельскохозяйственных машин;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z756" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдает механизаторам и принимает от них укомплектованные машины и не допускает их разукомплектования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z757" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет сельскохозяйственной техники, принимаемой на машинный двор и выдаваемой, отчетную документацию о работах, выполняемых на машинном дворе, расходе средств и отчитывается перед бухгалтерией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z758" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      периодически осуществляет анализ выполняемых работ, расходования материальных ресурсов, оплаты труда и информирует центральные службы и руководство о техническом состоянии машин;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z759" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает методическую и практическую помощь работникам машинного двора и механизаторам в выявлении характера поломок, их устранении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z760" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает качество выполняемых работ и принимает меры по устранению выявленных недостатков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z761" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и проводит учебу с рабочими машинного двора по изучению правил и норм охраны труда и пожарной безопасности, технологий противокоррозионной защиты техники и технического обслуживания в период ее хранения и эксплуатации, технологической настройке и регулировке машин, технологии ремонта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z762" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит инструктаж рабочих машинного двора и привлеченных механизаторов, проверяет знание и соблюдение правил и норм безопасности и охраны труда при проведении работ на машинном дворе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z763" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z764" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z765" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z766" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z767" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z768" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z769" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z770" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам сохранности техники и противокоррозионной защиты, хранения, регулировки, технологической настройки машин и агрегатов, ремонта несложной сельскохозяйственной техники, систему государственной технической инспекции в агропромышленном комплексе, основные технологические процессы производства ремонта и хранения техники, планирования ремонтных работ и затрат средств на ремонт и хранение машин, основы экономики, организации труда и управления, основы трудового законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z771" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z772" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 3 лет или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: механизация сельского хозяйства и/или техническое обслуживание и ремонт сельскохозяйственной техники и/или агрономия и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z773" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 26. Заведующий хранилищем семени</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z774" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z775" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство производственно-хозяйственной деятельностью хранилища семени;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z776" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает прием, хранение и отпуск глубоко замороженного семени племенных производителей в соответствии с требованиями стандартов, инструкций ветеринарного законодательства и технологии работы хранилища;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z777" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает производство оборудованием, инвентарем, инструментом и транспортом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z778" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает эффективную эксплуатацию машин и оборудования, их ремонт и ведет журнал температурных режимов биохранилищ, проводит их дезинфекцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z779" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверяет сертификаты на поступающий азот;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z780" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следит за правильностью хранения семени и его качеством, расфасовкой и закладкой вновь поступающего семени в хранилище, обеспечивает исследование его на активность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z781" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует внедрение в производство достижений науки и передового опыта организации, технологии хранения и работы с семенем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z782" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ведение учета и отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z783" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в организации подготовки и повышения квалификации кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z784" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение работниками производственной и трудовой дисциплины, правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z785" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z786" w:id="754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z787" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z788" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z789" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z790" w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z791" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О племенном животноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z792" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, методические и инструктивные материалы по вопросам ветеринарии и племенного животноводства, хранения и использования семени, правила приемки, хранения и отпуска семени, достижения науки и передовой опыт организации, технологии хранения и работы семенем, действующие стандарты и цены на семя, применяемые материалы и оборудование, основы законодательства по охране окружающей среды, основы экономики, организации труда и управления, основы трудового законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z793" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z794" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария включающие следующие специальности ветеринарная медицина и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z795" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 27. Главный агроном по защите растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z796" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z797" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет руководство работой по борьбе с вредителями, болезнями сельскохозяйственных культур и сорняками, карантинными объектами, чужеродными видами и особо опасными вредными организмами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z798" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявляет совместно с представителями государственных учреждений по защите и карантину растений динамику численности и развития основных вредителей и болезней сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z799" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представляет предложения по заключению договоров с хозяйствами на выполнение мероприятий по защите и карантину растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z800" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает годовые и календарные планы мероприятий по защите и карантину растений и обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z801" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работы по наземному обслуживанию авиации, используемой в целях применения пестицидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z802" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает заготовку и своевременное поступление в хозяйства запланированных пестицидов и их надлежащее использование, рациональное комплектование агрегатов, устанавливает оптимальный режим их работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z803" w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      устанавливает рациональные производственно-экономические связи с обслуживаемыми хозяйствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z804" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в работе комиссии по определению качества выполненных работ по защите и карантину растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z805" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует хранение специальной техники и оборудования по применению пестицидов в соответствии с установленными требованиями стандартов и технических условий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z806" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедряет в производство достижения науки и передового опыта по защите растений от вредителей, болезней и сорняков, по борьбе с карантинными объектами, чужеродными видами и особо опасными вредными организмами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z807" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда, окружающей среды при работах с пестицидами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z808" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z809" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z810" w:id="778"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z811" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z812" w:id="780"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z813" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z814" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z815" w:id="783"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z816" w:id="784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z817" w:id="785"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z818" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса, защиты и карантина растений, технологию обработки сельскохозяйственных культур и семян пестицидами, методы и средства борьбы с вредителями, болезнями сельскохозяйственных культур и сорняками, основы экономики, организации труда, производства и управления в сельском хозяйстве, отечественные и зарубежные достижения науки и техники по борьбе с вредителями, болезнями сельскохозяйственных культур и сорняками, карантинными объектами, чужеродными видами и особо опасными вредными организмами, законодательство по охране окружающей среды и рациональному использованию природных ресурсов, трудовое и земельное законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z819" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z820" w:id="788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z821" w:id="789"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 2. Должности специалистов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z822" w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Агроном</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z823" w:id="791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z824" w:id="792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет работу на закрепленном участке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z825" w:id="793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по освоению научно обоснованной системы земледелия и дальнейшей интенсификации растениеводства в целях увеличения объемов производства и повышения качества продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z826" w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует выполнение мероприятий по повышению урожайности сельскохозяйственных угодий, плодородия почв, рациональному использованию рабочей силы, техники, правильному применению органических и минеральных удобрений, пестицидов, регуляторов роста;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z827" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедряет интенсивную технологию и передовой опыт возделывания и уборки сельскохозяйственных культур, заготовки и хранения кормов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z828" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает освоение севооборотов и рациональную структуру посевных площадей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z829" w:id="797"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует правильное хранение семян, посадочного материала, удобрений, химикатов и других материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z830" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в формировании внутри подразделения звеньев, бригад и определяет их оптимальные размеры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z831" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает для подразделения рабочие планы, графики выполнения работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z832" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет опытную работу по применению новых технологий, новейших сортов сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z833" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализирует выполнение плановых заданий, эффективность применяемых мероприятий по выращиванию сельскохозяйственной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z834" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      своевременно составляет акты на посевы, списание удобрений, семян; ведет книгу истории полей и другую агрономическую документацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z835" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ведение учета и установленной отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z836" w:id="804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z837" w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z838" w:id="806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z839" w:id="807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z840" w:id="808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z841" w:id="809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z842" w:id="810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z843" w:id="811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z844" w:id="812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z845" w:id="813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z846" w:id="814"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы, касающиеся деятельности сельскохозяйственного предприятия, агротехнику и семеноводство выращиваемых сельскохозяйственных культур, действующие стандарты на продукцию растениеводства, достижения науки и передовой опыт в области растениеводства, основы экономики, труда и управления, основы земельного и трудового законодательства, основы законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z847" w:id="815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z848" w:id="816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агронома II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z849" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агронома без категории не менее 3 лет или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (агрономия, фермерское хозяйство (по профилю)) и стаж работы на должности агронома без категории не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z850" w:id="818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности агрономия без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z851" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Агрохимик</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z852" w:id="820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z853" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает и внедряет агрохимические мероприятия, направленные на повышение плодородия почвы и увеличение урожайности сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z854" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      систематически изучает биологические особенности возделываемых растений, почвенно-климатические условия хозяйства, эффективность использования органических и минеральных удобрений, средств химической защиты, способы их применения и определяет на каких участках, в какие сроки и в какой мере должны применяться удобрения и другие химические средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z855" w:id="823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в составлении севооборотов, планов потребности и использования удобрений и химических средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z856" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует составление агрохимических картограмм, ежегодно по периодам работ проводит их корректировку на основе анализа почвенных образцов по отдельным сельскохозяйственным угодьям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z857" w:id="825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке планов производства продукции отдельными хозяйственными подразделениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z858" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует заготовку и хранение, а также внесение в почву удобрений в соответствии с установленными нормами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z859" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует во внедрении механизации при внесении удобрений и передового опыта организации этих работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z860" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет подготовку проб почвы, кормов, продукции растениеводства, минеральных, органических удобрений и других материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z861" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение работниками агрохимической лаборатории физико-химических исследований, экспресс-анализов, проводит апробацию новых методов химического анализа, подготовку лабораторных установок, приборов и оборудования к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z862" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполняет расчеты и математическую и статистическую обработку данных анализа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z863" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет опытную работу с удобрениями и химическими средствами защиты растений, несет ответственность за содержания сверхдопустимых вредных веществ продукции растениеводства, качество производимой продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z864" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z865" w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z866" w:id="834"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z867" w:id="835"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z868" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z869" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z870" w:id="838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z871" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z872" w:id="840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z873" w:id="841"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы в области агрохимии, почвоведение, агрохимию, технологию лабораторных исследований почв, растительных проб, удобрений, химических материалов, достижения науки и передовой опыт в области применения удобрений, ядохимикатов, гербицидов в сельском хозяйстве, основы экономики, организации труда и управления, основы земельного и трудового законодательства, основы законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z874" w:id="842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z875" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агрохимик I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агрохимика или агронома II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z876" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агрохимик II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агрохимика или агронома без категории не менее 1 года или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (агрономия) и стаж работы на должности агронома или агрохимика без категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z877" w:id="845"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агрохимик без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности агрономия без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z878" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Инженер по теплофикации сельскохозяйственного предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z879" w:id="847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z880" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает техническую эксплуатацию и своевременный ремонт теплотехнического и газового оборудования, экономное и рациональное использование топлива, тепла, пара и газа в целях повышения эффективности производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z881" w:id="849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает планы мероприятий по улучшению эксплуатации и использования теплосилового оборудования и магистралей теплофикации и газификации, графики потребления теплоэнергетических ресурсов подразделениями и объектами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z882" w:id="850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет заявки на приобретение необходимого теплового и газового оборудования, запасных частей и инструментов к нему, твердого и жидкого топлива (кроме горюче-смазочных материалов для машинно-тракторного парка);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z883" w:id="851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует приемку в эксплуатацию котельного и газового оборудования после проведения монтажных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z884" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает графики проведения технического обслуживания, текущего ремонта тепловых, газовых устройств и оборудования, организует своевременное их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z885" w:id="853"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует хранение топлива, сохранность теплотехнического и газового оборудования с соблюдением действующих норм и правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z886" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет акты на списание оборудования и представляет их на утверждение в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z887" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подводит итоги эксплуатации энергетических устройств, мощностей и магистралей хозяйственными подразделениями и хозяйством в целом, выявляет и устраняет обнаруженные недостатки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z888" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет и составляет отчетность по тепловому, газовому и топливному хозяйству, следит за правильным оформлением технической документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z889" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z890" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z891" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z892" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z893" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z894" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "О гражданской защите" (далее – Закон "О гражданской защите");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z895" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон Республики Казахстан "Об электроэнергетике";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z896" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z897" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы, касающиеся производственно-хозяйственной деятельности хозяйства и в области теплофикации и газификации сельскохозяйственных предприятий, устройство, правила эксплуатации и обслуживания теплоэнергетического и газового хозяйства, порядок приемки в эксплуатацию после монтажа котельного и газового оборудования, методы рационального использования топлива, тепла, газа, пара, передовой опыт в области теплофикации и газификации сельскохозяйственных предприятий, основы экономики, организации производства, труда и управления, основы трудового законодательства, правила и нормы охраны окружающей среды, труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z898" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z899" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по теплофикации сельскохозяйственного предприятия I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (теплоэнергетика, энергообеспечение сельского хозяйства) и стаж работы на должности инженера по теплофикации сельскохозяйственного предприятия II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z900" w:id="868"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по теплофикации сельскохозяйственного предприятия II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (теплоэнергетика, энергообеспечение сельского хозяйства) и стаж работы на должности инженера по теплофикации сельскохозяйственного предприятия без категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z901" w:id="869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по теплофикации сельскохозяйственного предприятия без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (теплоэнергетика, энергообеспечение сельского хозяйства) без предъявления требований к стажу работы или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности теплотехническое оборудование и системы теплоснабжения и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z902" w:id="870"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Техник по племенному делу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z903" w:id="871"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z904" w:id="872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет племенного скота в животноводстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z905" w:id="873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке планов племенной работы в хозяйстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z906" w:id="874"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в проведении взвешиваний и доек для определения продуктивности животных, проводит отбор проб молока для анализов, заносит данные продуктивности животных в племенные карточки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z907" w:id="875"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в бонитировке животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z908" w:id="876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет документацию по племенной работе в строгом соответствии с утвержденными формами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z909" w:id="877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в исследованиях заболеваемости животных, готовит карточки животных для записи в племенную книгу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z910" w:id="878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в отборе и подготовке племенных животных для продажи, показа на выставке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z911" w:id="879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает своевременное представление бригадирами первичных документов производственно-зоотехнического учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z912" w:id="880"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z913" w:id="881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z914" w:id="882"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z915" w:id="883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z916" w:id="884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z917" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О племенном животноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z918" w:id="886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, методические и инструктивные указания по ведению племенного учета в животноводстве, основы технологии племенного животноводства, действующие формы зоотехнического и племенного учета, инструкции по бонитировке скота, основы трудового законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z919" w:id="887"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z920" w:id="888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техник по племенному делу I категории: техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (зоотехния) и стаж работы на должности техника по племенному делу II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z921" w:id="889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техник по племенному делу II категории: техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (зоотехния) и стаж работы на должности техника по племенному делу без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z922" w:id="890"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техник по племенному делу без категории: техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (зоотехния) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z923" w:id="891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 5. Бактериолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z924" w:id="892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z925" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторную карантинно-фитосанитарную и ветеринарно-санитарную экспертизу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z926" w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит осмотр и вскрытие трупов павших животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z927" w:id="895"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет выявление и типизацию возбудителей болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z928" w:id="896"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявляет скрытые формы особо опасных болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z929" w:id="897"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z930" w:id="898"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие требованиям международных и отечественных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z931" w:id="899"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет документацию по расходу материалов на проведение исследований и санитарной обработки, а также результаты исследований, выдает по ним акты экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z932" w:id="900"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит обеззараживание бокса, обработку рабочего места, стерилизацию инструментов, готовит растворы реактивов, питательные среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z933" w:id="901"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет и рассчитывает результаты проводимых анализов, обеспечивает уничтожение остатков биологического материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z934" w:id="902"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает методическую и практическую помощь работникам организации в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z935" w:id="903"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит экспериментальные исследования в области бактериологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z936" w:id="904"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке новых методов работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z937" w:id="905"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет анализ и ведет учет проведенных лабораторно-диагностических исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z938" w:id="906"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z939" w:id="907"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z940" w:id="908"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z941" w:id="909"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет установленную отчетность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z942" w:id="910"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z943" w:id="911"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z944" w:id="912"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z945" w:id="913"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z946" w:id="914"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z947" w:id="915"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z948" w:id="916"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z949" w:id="917"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z950" w:id="918"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z951" w:id="919"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z952" w:id="920"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, нормативные и методические документы по вопросам агропромышленного комплекса, правила эксплуатации лабораторного оборудования, ветеринарную микробиологию, бактериологию и фитопатологию, экономические пороги вредоносности болезней растений, методы идентификации возбудителей бактериальных болезней животных, а также рыб и других водных животных и растений, методики и инструкции по борьбе с болезнями животных, а также рыб и других водных животных наставления по применению ветеринарных препаратов, правила ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, методики лабораторного исследования материалов, технологию производства и переработки продукции животного происхождения, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z953" w:id="921"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z954" w:id="922"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бактериолог I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности бактериолога II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z955" w:id="923"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бактериолог II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности бактериолога без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z956" w:id="924"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бактериолог без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z957" w:id="925"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 6. Врач ветеринарный</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z958" w:id="926"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z959" w:id="927"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет план ветеринарно-профилактических мероприятий хозяйства по предупреждению заболеваний и падежа животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z960" w:id="928"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лечение заболевшего скота, птицы и рыбы, следит за выполнением зоогигиенических и ветеринарных правил при содержании, кормлении животных, а также рыб и других водных животных и уходе за ними;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z961" w:id="929"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение дезинфекции, дезинсекции, дератизации и дезактивации на животноводческих фермах, скотобазах, на территориях и в помещениях для переработки и хранения продуктов и сырья животного происхождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z962" w:id="930"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z963" w:id="931"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует мероприятия по искусственному осеменению сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z964" w:id="932"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедряет утвержденные новые ветеринарные средства, достижения науки и передовой опыт в области ветеринарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z965" w:id="933"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает выполнение в организации требований законодательства Республики Казахстан в области ветеринарии, ветеринарно-санитарных правил и правил по охране населения от болезней общих для человека и животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z966" w:id="934"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает ведение учета и подготовку установленной отчетности по ветеринарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z967" w:id="935"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следит за выполнением ветеринарно-санитарных правил при воспроизводстве стада;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z968" w:id="936"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет ветеринарные мероприятия по предупреждению и ликвидации яловости маточного поголовья, выращиванию здорового молодняка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z969" w:id="937"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z970" w:id="938"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды, норм и правил охраны труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z971" w:id="939"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z972" w:id="940"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z973" w:id="941"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z974" w:id="942"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z975" w:id="943"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z976" w:id="944"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z977" w:id="945"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z978" w:id="946"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z979" w:id="947"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные и инструктивные материалы в области ветеринарии, микробиологию, эпизоотологию, лекарственные и дезинфекционные средства, правила их применения, технологию производства продукции животноводства, а также рыбной продукции, требования к ее качеству, зоогигиенические и ветеринарные правила содержания животных, правила ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, технологию производства искусственного осеменения, достижения науки и передовой опыт в области ветеринарии и ветеринарной экспертизы, основы трудового законодательства, основы законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z980" w:id="948"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z981" w:id="949"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный врач I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности ветеринарного врача II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z982" w:id="950"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный врач II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности ветеринарного врача без категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z983" w:id="951"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный врач без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z984" w:id="952"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 7. Фельдшер ветеринарный</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z985" w:id="953"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z986" w:id="954"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит профилактические, ветеринарно-санитарные мероприятия по предупреждению заболеваний и падежа животных, рыб и других водных животных, а также лечение заболевшего скота, птицы и рыбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z987" w:id="955"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z988" w:id="956"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следит за санитарным состоянием кормов, пастбищ, мест водопоя животных, помещений, оборудования и инструмента, обеспечивает проведение санитарной обработки животноводческих помещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z989" w:id="957"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      под руководством ветеринарного врача производит патологоанатомическое вскрытие трупов животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z990" w:id="958"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение регламентов биотермического обезвреживания навоза, а также мойки и дезинфекции автомобилей и тары после перевозки скота, птицы и рыбы и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z991" w:id="959"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет поступления и расходования медикаментов, дезинфекционных средств и других материалов, обеспечивает их хранение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z992" w:id="960"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по указанию ветеринарного врача ведет учет и подготавливает установленную отчетность по ветеринарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z993" w:id="961"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z994" w:id="962"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z995" w:id="963"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z996" w:id="964"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z997" w:id="965"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z998" w:id="966"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z999" w:id="967"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1000" w:id="968"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1001" w:id="969"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам ветеринарии, зоогигиенические и ветеринарные правила содержания животных и рыб, лекарственные и дезинфекционные средства, правила их применения, порядок проведения дезинфекций, дезинсекций и дератизаций, порядок оформления ветеринарных документов, основы законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1002" w:id="970"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1003" w:id="971"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный фельдшер I категории: техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы на должности ветеринарного фельдшера II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1004" w:id="972"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный фельдшер II категории: техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы на должности ветеринарного фельдшера без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1005" w:id="973"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный фельдшер без категории: техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1006" w:id="974"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 8. Вирусолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1007" w:id="975"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1008" w:id="976"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторную карантинно-фитосанитарную и ветеринарно-санитарную экспертизу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1009" w:id="977"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет выявление и типизацию возбудителей болезней животных, а также рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1010" w:id="978"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявляет скрытые формы особо опасных болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1011" w:id="979"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1012" w:id="980"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в процессе работы применяет международные и отечественные стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1013" w:id="981"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит осмотр и вскрытие трупов павших животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1014" w:id="982"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1015" w:id="983"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет документацию по расходу материалов на проведение исследований и санитарной обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1016" w:id="984"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит обеззараживание бокса, обработку рабочего места, стерилизацию инструментов, готовит растворы реактивов, питательные среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1017" w:id="985"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет и рассчитывает результаты проводимых анализов, обеспечивает уничтожение остатков биологического материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1018" w:id="986"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает методическую и практическую помощь работникам лабораторий в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1019" w:id="987"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в испытаниях утвержденных новых видов оборудования и приборов, разработке современных методов диагностики вирусных заболеваний животных, а также рыб и других водных животных и растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1020" w:id="988"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет отбор проб для лабораторных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1021" w:id="989"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет анализ и ведет учет проведенных лабораторно-диагностических исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1022" w:id="990"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет картотеку и осуществляет хранение коллекционного материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1023" w:id="991"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1024" w:id="992"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следит за правильностью хранения и сроками годности питательных сред и диагностических препаратов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1025" w:id="993"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1026" w:id="994"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1027" w:id="995"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z1028" w:id="996"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z1029" w:id="997"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z1030" w:id="998"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z1031" w:id="999"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="999"/>
+    <w:bookmarkStart w:name="z1032" w:id="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z1033" w:id="1001"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1034" w:id="1002"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1035" w:id="1003"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, принцип работы и правила эксплуатации лабораторного оборудования и приборов, вирусологию и фитопатологию, экономические пороги вредоносности болезней растений, методы идентификации возбудителей вирусных болезней животных и растений, методики по отбору образцов подкарантинной продукции, методики и инструкции по борьбе с болезнями животных, а также рыб и других водных животных наставления по применению ветеринарных препаратов, правила ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, технологию производства и переработки продукции животного происхождения, методики лабораторного исследования материалов, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z1036" w:id="1004"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z1037" w:id="1005"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вирусолог I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство, окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности вирусолога II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z1038" w:id="1006"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вирусолог II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности вирусолога без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z1039" w:id="1007"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вирусолог без категории: Высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1040" w:id="1008"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 9. Герболог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z1041" w:id="1009"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z1042" w:id="1010"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторные исследования подкарантинной продукции, фитосанитарный мониторинг и оценку засоренности сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z1043" w:id="1011"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z1044" w:id="1012"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1045" w:id="1013"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет фитосанитарный мониторинг и оценку засоренности сельскохозяйственных культур и представление сельскохозяйственным организациям информации о фитосанитарном состоянии, сигнализирует о сроках начала, окончания борьбы и прогнозов с карантинными сорняками сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z1046" w:id="1014"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет и рассчитывает результаты анализов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1047" w:id="1015"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет документацию по расходу материалов на проведение исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z1048" w:id="1016"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготавливает лабораторное оборудование к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1049" w:id="1017"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает обеззараживание и уничтожение остатков биологического материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z1050" w:id="1018"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет и выявление карантинных сорняков сельскохозяйственных культур на обслуживаемой территории области и районов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z1051" w:id="1019"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1019"/>
+    <w:bookmarkStart w:name="z1052" w:id="1020"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в составлении прогнозов и обзоров распространения и развития сорняков в республике, области, отдельном регионе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1053" w:id="1021"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит оценку новых тестов и методов исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z1054" w:id="1022"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z1055" w:id="1023"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет анализ и учет проведенных лабораторно-диагностических исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1023"/>
+    <w:bookmarkStart w:name="z1056" w:id="1024"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представляет отчеты в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z1057" w:id="1025"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1025"/>
+    <w:bookmarkStart w:name="z1058" w:id="1026"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1059" w:id="1027"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkStart w:name="z1060" w:id="1028"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkStart w:name="z1061" w:id="1029"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1062" w:id="1030"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1030"/>
+    <w:bookmarkStart w:name="z1063" w:id="1031"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, методы проведения экспертизы продукции растительного происхождения на предмет засоренности карантинными сорняками, методы идентификации карантинных сорных растений, методики проведения обследования сельскохозяйственных угодий на предмет засоренности сорными растениями, методики по отбору образцов подкарантинной продукции, инструкции по использованию приборов и оборудования, основы законодательства по охране окружающей среды, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасности и охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkStart w:name="z1064" w:id="1032"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1032"/>
+    <w:bookmarkStart w:name="z1065" w:id="1033"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      герболог I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы в должности герболога II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1033"/>
+    <w:bookmarkStart w:name="z1066" w:id="1034"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      герболог II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы в должности герболога без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkStart w:name="z1067" w:id="1035"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      герболог без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: агрономия и/или фермерское хозяйство (по профилю) и/или экология и рациональное использование природных ресурсов (по отраслям) и/или сельскохозяйственная экология и/или экология и природоохранная деятельность (по видам) и/или садово-парковое и ландшафтное строительство (по видам) и/или землеустройство и/или гидрология и метеорология и/или ветеринария без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1035"/>
+    <w:bookmarkStart w:name="z1068" w:id="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 10. Гельминтолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkStart w:name="z1069" w:id="1037"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkStart w:name="z1070" w:id="1038"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторные исследования подкарантинной продукции, обследование сельскохозяйственных культур на выявление зараженности их болезнями растений, паразитическими нематодами (фитогельминтами) растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1038"/>
+    <w:bookmarkStart w:name="z1071" w:id="1039"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1039"/>
+    <w:bookmarkStart w:name="z1072" w:id="1040"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1040"/>
+    <w:bookmarkStart w:name="z1073" w:id="1041"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготавливает лабораторное оборудование к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1041"/>
+    <w:bookmarkStart w:name="z1074" w:id="1042"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет и рассчитывает результаты анализов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1042"/>
+    <w:bookmarkStart w:name="z1075" w:id="1043"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает обеззараживание и уничтожение остатков биологического материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkStart w:name="z1076" w:id="1044"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      собирает материалы о распространении болезней растений, определяет их вредоносность и организует разработку эффективных мер борьбы с ними;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z1077" w:id="1045"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает методическую и практическую помощь предприятиям, хозяйствам в организации и проведении мероприятий по борьбе с болезнями и паразитическими нематодами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1045"/>
+    <w:bookmarkStart w:name="z1078" w:id="1046"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучает достижения науки и передового опыта по выявлению болезней растений и фитогельминтов, определению их вредоносности и проведению мероприятий по борьбе с ними;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1046"/>
+    <w:bookmarkStart w:name="z1079" w:id="1047"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит оценку новых тестов и методов исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1047"/>
+    <w:bookmarkStart w:name="z1080" w:id="1048"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет анализ и учет проведенных лабораторно-диагностических исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1048"/>
+    <w:bookmarkStart w:name="z1081" w:id="1049"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1049"/>
+    <w:bookmarkStart w:name="z1082" w:id="1050"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представляет отчеты в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkStart w:name="z1083" w:id="1051"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедряет прогрессивные приемы и методы борьбы с нематодами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1051"/>
+    <w:bookmarkStart w:name="z1084" w:id="1052"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1052"/>
+    <w:bookmarkStart w:name="z1085" w:id="1053"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkStart w:name="z1086" w:id="1054"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1054"/>
+    <w:bookmarkStart w:name="z1087" w:id="1055"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1055"/>
+    <w:bookmarkStart w:name="z1088" w:id="1056"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1056"/>
+    <w:bookmarkStart w:name="z1089" w:id="1057"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkStart w:name="z1090" w:id="1058"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, методические и инструктивные материалы по вопросам защиты и карантина растений, энтомологию, морфологические особенности основных видов нематод, структуру севооборотов и особенности возделывания в обслуживаемом районе основных сельскохозяйственных культур, меры борьбы с болезнями растений, основы законодательства по охране окружающей среды, основы экономики, организации труда и управления, основы трудового законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1058"/>
+    <w:bookmarkStart w:name="z1091" w:id="1059"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkStart w:name="z1092" w:id="1060"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гельминтолог I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности гельминтолога II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1060"/>
+    <w:bookmarkStart w:name="z1093" w:id="1061"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гельминтолог II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности гельминтолога без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z1094" w:id="1062"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гельминтолог без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkStart w:name="z1095" w:id="1063"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 11. Инженер по механизации трудоемких процессов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z1096" w:id="1064"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1064"/>
+    <w:bookmarkStart w:name="z1097" w:id="1065"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по внедрению и обслуживанию средств механизации и автоматизации на фермах, комплексах, птицефабриках, в кормоприготовительных и комбикормовых цехах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1098" w:id="1066"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучает производственные процессы в целях определения участков основных и вспомогательных работ и операций, подлежащих механизации и автоматизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1066"/>
+    <w:bookmarkStart w:name="z1099" w:id="1067"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке планов по механизации и автоматизации животноводческих ферм, комплексов, кормоцехов и их реконструкции, механизации и автоматизации производственных процессов, трудоемких ручных работ, транспортных и других операций и обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z1100" w:id="1068"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует монтаж, наладку и ввод в действие средств механизации и автоматизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z1101" w:id="1069"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в приемке от подрядчика оборудования после его монтажа, ремонта или технического обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1069"/>
+    <w:bookmarkStart w:name="z1102" w:id="1070"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует качественное выполнение работ по монтажу, ремонту и техническому обслуживанию средств механизации, рациональное использование материалов и денежных средств на ремонт и эксплуатацию оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z1103" w:id="1071"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает инструкции по эксплуатации, техническому уходу и ремонту средств механизации, обучает работников безопасным методам работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z1104" w:id="1072"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует приобретение новой техники, оборудования, запасных частей, ремонтных материалов и инструментов для механизации трудоемких процессов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z1105" w:id="1073"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет претензии поставщикам при получении некомплектных или неисправных средств механизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z1106" w:id="1074"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает сохранность техники, оборудования, предназначенных для механизации трудоемких процессов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1074"/>
+    <w:bookmarkStart w:name="z1107" w:id="1075"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет документацию на списание пришедших в негодность механизмов и оборудования, организует консервацию и хранение неиспользуемой техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1108" w:id="1076"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает ведение технической документации и отчетности в установленном порядке, внедрение достижений науки и передового опыта по механизации трудоемких процессов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkStart w:name="z1109" w:id="1077"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способствует внедрению рационализаторских предложений и изобретений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z1110" w:id="1078"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по оказанию помощи работникам хозяйства при освоении новых машин, оборудования, средств механизации и автоматизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1111" w:id="1079"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkStart w:name="z1112" w:id="1080"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1080"/>
+    <w:bookmarkStart w:name="z1113" w:id="1081"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkStart w:name="z1114" w:id="1082"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkStart w:name="z1115" w:id="1083"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z1116" w:id="1084"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы в области механизации и автоматизации производственных процессов, устройство, правила эксплуатации и обслуживания средств механизации и автоматизации, порядок выполнения монтажных и пусконаладочных работ, достижения и передовой опыт в области механизации и автоматизации трудоемких процессов, основы экономики, организации производства, труда и управления, основы трудового законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkStart w:name="z1117" w:id="1085"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z1118" w:id="1086"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по механизации трудоемких процессов I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (аграрная техника и технология, энергообеспечение сельского хозяйства) и стаж работы на должности инженера по механизации трудоемких процессов II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z1119" w:id="1087"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по механизации трудоемких процессов II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (аграрная техника и технология, энергообеспечение сельского хозяйства) и стаж работы на должности инженера по механизации трудоемких процессов без категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z1120" w:id="1088"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по механизации трудоемких процессов без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (аграрная техника и технология, энергообеспечение сельского хозяйства) без предъявления требований к стажу работы или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности механизация сельского хозяйства и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1088"/>
+    <w:bookmarkStart w:name="z1121" w:id="1089"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 12. Инженер по горюче-смазочным материалам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z1122" w:id="1090"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z1123" w:id="1091"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет организационно-техническое руководство обеспечением машинно-тракторного парка хозяйства нефтепродуктами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z1124" w:id="1092"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет годовую потребность хозяйства в нефтепродуктах, разрабатывает план расхода, завоза и накопления запасов нефтепродуктов по месяцам и кварталам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkStart w:name="z1125" w:id="1093"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует приемку, хранение и отпуск нефтепродуктов на центральном нефтескладе и в подразделениях хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1093"/>
+    <w:bookmarkStart w:name="z1126" w:id="1094"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет повседневный учет ассортимента и качества нефтепродуктов, получаемых с нефтебаз, от коммерческих структур, хранящихся на нефтескладе и в пунктах заправки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1094"/>
+    <w:bookmarkStart w:name="z1127" w:id="1095"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в заключение договоров на поставку нефтепродуктов по ассортименту и качеству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1095"/>
+    <w:bookmarkStart w:name="z1128" w:id="1096"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает сохранность, своевременное техническое обслуживание и ремонт нефтеоборудования в хозяйстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1096"/>
+    <w:bookmarkStart w:name="z1129" w:id="1097"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      совместно с метрологическими службами в установленные сроки проводит тарировку цистерн и нефтетары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1097"/>
+    <w:bookmarkStart w:name="z1130" w:id="1098"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет нефтепродуктов с соблюдением правил оформления и сдачи первичных приходно-расходных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1098"/>
+    <w:bookmarkStart w:name="z1131" w:id="1099"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в проведении инвентаризаций нефтепродуктов и нефтеоборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1099"/>
+    <w:bookmarkStart w:name="z1132" w:id="1100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует своевременный ремонт нефтескладских помещений, инвентаря, оформление договоров (заявок) на приобретение необходимых средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1100"/>
+    <w:bookmarkStart w:name="z1133" w:id="1101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке и осуществлении мероприятий по повышению эффективности работы нефтескладского хозяйства, экономии нефтепродуктов, сокращению расходов на их доставку, хранение и заправку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1101"/>
+    <w:bookmarkStart w:name="z1134" w:id="1102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует ведение учетной и отчетной документации по нефтехозяйству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkStart w:name="z1135" w:id="1103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды, правил и норм безопасности и охраны труда, производственной санитарии и противопожарной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1103"/>
+    <w:bookmarkStart w:name="z1136" w:id="1104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1104"/>
+    <w:bookmarkStart w:name="z1137" w:id="1105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z1138" w:id="1106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z1139" w:id="1107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1107"/>
+    <w:bookmarkStart w:name="z1140" w:id="1108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О гражданской защите";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkStart w:name="z1141" w:id="1109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан; руководящие, нормативные, инструктивные и методические материалы, касающиеся организации работы в нефтехозяйствах; технические характеристики, конструктивные особенности, назначение, режим работы и правила эксплуатации нефтеоборудования; организацию технического обслуживания и ремонта нефтеоборудования; марки и качество нефтепродуктов, применяемых в сельскохозяйственном производстве; способы и средства проверки качества нефтепродуктов; основы экономики, организации производства, труда и управления; основы трудового законодательства; основы законодательства в области охраны окружающей среды; правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkStart w:name="z1142" w:id="1110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1110"/>
+    <w:bookmarkStart w:name="z1143" w:id="1111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по горюче-смазочным материалам I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (аграрная техника и технология, нефтегазовое дело) и стаж работы на должности инженера по горюче-смазочным материалам II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1111"/>
+    <w:bookmarkStart w:name="z1144" w:id="1112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по горюче-смазочным материалам II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (аграрная техника и технология, нефтегазовое дело) и стаж работы на должности инженера по горюче-смазочным материалам без категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkStart w:name="z1145" w:id="1113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по горюче-смазочным материалам без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (аграрная техника и технология, нефтегазовое дело) без предъявления требований к стажу работы или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: механизация сельского хозяйства и/или сооружения и эксплуатация газонефтяных и заправочных станций и стаж работы в нефтехозяйстве не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkStart w:name="z1146" w:id="1114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 13. Техник по искусственному осеменению животных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkStart w:name="z1147" w:id="1115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1115"/>
+    <w:bookmarkStart w:name="z1148" w:id="1116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет выявление сельскохозяйственных животных в охоте, производит подготовительные работы перед осеменением, осеменение сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1116"/>
+    <w:bookmarkStart w:name="z1149" w:id="1117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет заявки на обеспечение биоматериалом, приобретение инструментов и оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1117"/>
+    <w:bookmarkStart w:name="z1150" w:id="1118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет акт оприходования приплода полученного от искусственного осеменения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1118"/>
+    <w:bookmarkStart w:name="z1151" w:id="1119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет результатов ректального исследования, составляет отчет по искусственному осеменению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkStart w:name="z1152" w:id="1120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1120"/>
+    <w:bookmarkStart w:name="z1153" w:id="1121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры по рациональному расходованию материалов, инвентаря, приборов, медикаментов, ветеринарных препаратов и сред.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1121"/>
+    <w:bookmarkStart w:name="z1154" w:id="1122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1122"/>
+    <w:bookmarkStart w:name="z1155" w:id="1123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z1156" w:id="1124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:bookmarkStart w:name="z1157" w:id="1125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1125"/>
+    <w:bookmarkStart w:name="z1158" w:id="1126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1126"/>
+    <w:bookmarkStart w:name="z1159" w:id="1127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О племенном животноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1127"/>
+    <w:bookmarkStart w:name="z1160" w:id="1128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, методические и инструктивные указания по вопросам организации племенной работы и искусственного осеменения, технологию производства искусственного осеменения, достижения науки и передовой опыт по искусственному осеменению и воспроизводству сельскохозяйственных животных, действующие стандарты, цены на среды, инструмент, оборудование, семя сельскохозяйственных животных, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkStart w:name="z1161" w:id="1129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkStart w:name="z1162" w:id="1130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техник по искусственному осеменению животных: высшее образование по направлениям животноводства и/или ветеринарии или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: зоотехния и/или сельскохозяйственная биотехнология или ветеринария или наличие документа, подтверждающего стаж работы по данному профилю не менее трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1130"/>
+    <w:bookmarkStart w:name="z1163" w:id="1131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 14. Врач ветеринарной лаборатории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1131"/>
+    <w:bookmarkStart w:name="z1164" w:id="1132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkStart w:name="z1165" w:id="1133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторные исследования, направленные на предупреждение заболеваний животных, а также рыб и других водных животных и человека, используя при этом передовые приемы и методы диагностики болезней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1133"/>
+    <w:bookmarkStart w:name="z1166" w:id="1134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит патологоанатомические, микроскопические, бактериологические, биологические, серологические, гистологические, химико-токсикологические, биохимические, санитарно-микологические, ихтиопатологические, капрологические, радиологические, ветеринарно-санитарные и другие лабораторные исследования на объектах, поступающих из хозяйств, организаций, ветеринарных учреждений и других юридических и физических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkStart w:name="z1167" w:id="1135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отвечает за правильность, полноту и своевременность проведения исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1168" w:id="1136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет соответствующую документацию по результатам исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1136"/>
+    <w:bookmarkStart w:name="z1169" w:id="1137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дает сведения о выявлении возбудителей заразных болезней животных, а также рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1137"/>
+    <w:bookmarkStart w:name="z1170" w:id="1138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит подготовку лаборантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1138"/>
+    <w:bookmarkStart w:name="z1171" w:id="1139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1139"/>
+    <w:bookmarkStart w:name="z1172" w:id="1140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1140"/>
+    <w:bookmarkStart w:name="z1173" w:id="1141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1141"/>
+    <w:bookmarkStart w:name="z1174" w:id="1142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1142"/>
+    <w:bookmarkStart w:name="z1175" w:id="1143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1143"/>
+    <w:bookmarkStart w:name="z1176" w:id="1144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1144"/>
+    <w:bookmarkStart w:name="z1177" w:id="1145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1145"/>
+    <w:bookmarkStart w:name="z1178" w:id="1146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1146"/>
+    <w:bookmarkStart w:name="z1179" w:id="1147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1147"/>
+    <w:bookmarkStart w:name="z1180" w:id="1148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам ветеринарии, методы проведения лабораторных исследований, обстановку по заболеваемости животных в обслуживаемой зоне, достижения науки и передовой опыт в области лабораторной диагностики, основы трудового законодательства, основы законодательства по охране окружающей среды, нормы и правила охраны труда и безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1148"/>
+    <w:bookmarkStart w:name="z1181" w:id="1149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkStart w:name="z1182" w:id="1150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный врач лаборатории I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки, и стаж работы на должности ветеринарного врача лаборатории II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkStart w:name="z1183" w:id="1151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный врач лаборатории II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы на должности ветеринарного врача лаборатории без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkStart w:name="z1184" w:id="1152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринарный врач лаборатории без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1152"/>
+    <w:bookmarkStart w:name="z1185" w:id="1153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 15. Зоотехник</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1153"/>
+    <w:bookmarkStart w:name="z1186" w:id="1154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1154"/>
+    <w:bookmarkStart w:name="z1187" w:id="1155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет организационно-технологическое руководство животноводством отделения (комплекса, сельскохозяйственного участка, фермы), обеспечивает при этом рост производства продукции животноводства, а также рыбной продукции, повышение ее качества и снижение себестоимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1155"/>
+    <w:bookmarkStart w:name="z1188" w:id="1156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке и проведении мероприятий по интенсификации животноводства, переводу его на промышленную основу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1156"/>
+    <w:bookmarkStart w:name="z1189" w:id="1157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает проекты годовых и перспективных планов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1157"/>
+    <w:bookmarkStart w:name="z1190" w:id="1158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет работу по повышению продуктивности животных, улучшению воспроизводства стада и увеличению выхода молодняка, выполняет мероприятия, предусмотренные планом племенной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1158"/>
+    <w:bookmarkStart w:name="z1191" w:id="1159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует рациональное использование кормов, пастбищ и других кормовых угодий, внедряет на фермах новейшие методы содержания, кормления и ухода за поголовьем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1159"/>
+    <w:bookmarkStart w:name="z1192" w:id="1160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает эффективное использование оборудования, помещений, средств механизации и других фондов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1160"/>
+    <w:bookmarkStart w:name="z1193" w:id="1161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1161"/>
+    <w:bookmarkStart w:name="z1194" w:id="1162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет зоотехническую документацию и организует учет в подразделениях животноводства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1162"/>
+    <w:bookmarkStart w:name="z1195" w:id="1163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1163"/>
+    <w:bookmarkStart w:name="z1196" w:id="1164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1164"/>
+    <w:bookmarkStart w:name="z1197" w:id="1165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1165"/>
+    <w:bookmarkStart w:name="z1198" w:id="1166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1166"/>
+    <w:bookmarkStart w:name="z1199" w:id="1167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О племенном животноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1167"/>
+    <w:bookmarkStart w:name="z1200" w:id="1168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1168"/>
+    <w:bookmarkStart w:name="z1201" w:id="1169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1169"/>
+    <w:bookmarkStart w:name="z1202" w:id="1170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1170"/>
+    <w:bookmarkStart w:name="z1203" w:id="1171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1171"/>
+    <w:bookmarkStart w:name="z1204" w:id="1172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы, касающиеся деятельности животноводческих хозяйств, анатомию, физиологию и кормление животных, племенное дело, достижения науки и передовой опыт в области животноводства, основы экономики, организации производства, труда и управления, основы трудового законодательства, основы законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1172"/>
+    <w:bookmarkStart w:name="z1205" w:id="1173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1173"/>
+    <w:bookmarkStart w:name="z1206" w:id="1174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зоотехник I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы на должности зоотехника II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1174"/>
+    <w:bookmarkStart w:name="z1207" w:id="1175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зоотехник II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы на должности зоотехника без категории не менее 3 лет или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности зоотехния и стаж работы на должности зоотехника без категории не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1175"/>
+    <w:bookmarkStart w:name="z1208" w:id="1176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зоотехник без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности зоотехния без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1176"/>
+    <w:bookmarkStart w:name="z1209" w:id="1177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 16. Инженер по эксплуатации машинно-тракторного парка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1177"/>
+    <w:bookmarkStart w:name="z1210" w:id="1178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1178"/>
+    <w:bookmarkStart w:name="z1211" w:id="1179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует эксплуатацию и техническое обслуживание машинно-тракторного парка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1179"/>
+    <w:bookmarkStart w:name="z1212" w:id="1180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает графики технических уходов, обслуживания и планы мероприятий по улучшению эксплуатации машин;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1180"/>
+    <w:bookmarkStart w:name="z1213" w:id="1181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в составлении договоров на приобретение новых тракторов, комбайнов, сельскохозяйственных машин, запасных частей и инструментов, разработке и внедрении прогрессивных технологий ремонта и технического обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1181"/>
+    <w:bookmarkStart w:name="z1214" w:id="1182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедряет мероприятия по экономному расходованию горюче-смазочных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1182"/>
+    <w:bookmarkStart w:name="z1215" w:id="1183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует приемку, сборку и обкатку новых тракторов, комбайнов, сельскохозяйственных машин и сдачу их в эксплуатацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1183"/>
+    <w:bookmarkStart w:name="z1216" w:id="1184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет акты на списание техники и представляет их на утверждение в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkStart w:name="z1217" w:id="1185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует постановку техники на хранение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1185"/>
+    <w:bookmarkStart w:name="z1218" w:id="1186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способствует внедрению рационализаторских предложений и изобретений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1186"/>
+    <w:bookmarkStart w:name="z1219" w:id="1187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет, техническую документацию и представляет отчетность в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1187"/>
+    <w:bookmarkStart w:name="z1220" w:id="1188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит инструктаж и обеспечивает соблюдение механизаторами правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1188"/>
+    <w:bookmarkStart w:name="z1221" w:id="1189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1189"/>
+    <w:bookmarkStart w:name="z1222" w:id="1190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkStart w:name="z1223" w:id="1191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1191"/>
+    <w:bookmarkStart w:name="z1224" w:id="1192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1192"/>
+    <w:bookmarkStart w:name="z1225" w:id="1193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы, касающиеся работы машинно-тракторного парка, организацию механизированных работ в полеводстве и животноводстве, устройство, правила эксплуатации и технического обслуживания машин, технологию, методы проведения ремонтных работ, основы трудового законодательства, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1193"/>
+    <w:bookmarkStart w:name="z1226" w:id="1194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1194"/>
+    <w:bookmarkStart w:name="z1227" w:id="1195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по эксплуатации машинно-тракторного парка I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и аграрная техника и технология и стаж работы на должности инженера по эксплуатации машинно-тракторного парка II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1195"/>
+    <w:bookmarkStart w:name="z1228" w:id="1196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по эксплуатации машинно-тракторного парка II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и аграрная техника и технология и стаж работы на должности инженера по эксплуатации машинно-тракторного парка без категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1196"/>
+    <w:bookmarkStart w:name="z1229" w:id="1197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер по эксплуатации машинно-тракторного парка без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: инженерия и инженерное дело (аграрная техника и технология) без предъявления требований к стажу работы или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: механизация сельского хозяйства и/или техническое обслуживание и ремонт в сельском хозяйстве и стаж работы по направлению профессиональной деятельности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1197"/>
+    <w:bookmarkStart w:name="z1230" w:id="1198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 17. Агроном по защите растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1198"/>
+    <w:bookmarkStart w:name="z1231" w:id="1199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1199"/>
+    <w:bookmarkStart w:name="z1232" w:id="1200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по борьбе с вредителями, болезнями сельскохозяйственных культур и сорняками, карантинными объектами, чужеродными видами и особо опасными вредными организмами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1200"/>
+    <w:bookmarkStart w:name="z1233" w:id="1201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит систематические обследования сельскохозяйственных угодий на территории хозяйства, определяет площади, степень заселения (заражения) их вредителями и болезнями и конкретные методы борьбы с ними;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkStart w:name="z1234" w:id="1202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет карту засоренности полей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkStart w:name="z1235" w:id="1203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает проведение комплекса профилактических потребительских мероприятий по защите сельскохозяйственных растений от вредителей, болезней и сорняков, карантинных объектов, чужеродных видов и особо-опасных вредных организмов агротехническими, химическими, биологическими и другими средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1203"/>
+    <w:bookmarkStart w:name="z1236" w:id="1204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает планы и графики мероприятий по борьбе с вредителями, болезнями сельскохозяйственных культур и сорняками, карантинными объектами, чужеродными видами и особо опасными вредными организмами и обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1204"/>
+    <w:bookmarkStart w:name="z1237" w:id="1205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в составлении схем севооборотов, во внедрении интенсивной технологии возделывания сельскохозяйственных культур, передовой технологии по защите и карантину растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1205"/>
+    <w:bookmarkStart w:name="z1238" w:id="1206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет потребность в химических и материально-технических средствах, спецодежде, средствах индивидуальной защиты для работы с пестицидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkStart w:name="z1239" w:id="1207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует завоз, правильное хранение и учет пестицидов, обеспечивает их рациональное использование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1207"/>
+    <w:bookmarkStart w:name="z1240" w:id="1208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и контролирует химическую обработку полей, зернотоков, складов, хранилищ и других объектов, предпосевную обработку семенного материала химикатами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkStart w:name="z1241" w:id="1209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение регламентов применения пестицидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1209"/>
+    <w:bookmarkStart w:name="z1242" w:id="1210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет строгий контроль за дозами применения химических препаратов и растворов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1210"/>
+    <w:bookmarkStart w:name="z1243" w:id="1211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по обучению работников санитарным правилам при работе с пестицидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1211"/>
+    <w:bookmarkStart w:name="z1244" w:id="1212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет контроль за соблюдением работниками законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkStart w:name="z1245" w:id="1213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1213"/>
+    <w:bookmarkStart w:name="z1246" w:id="1214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1214"/>
+    <w:bookmarkStart w:name="z1247" w:id="1215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkStart w:name="z1248" w:id="1216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1216"/>
+    <w:bookmarkStart w:name="z1249" w:id="1217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1217"/>
+    <w:bookmarkStart w:name="z1250" w:id="1218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1218"/>
+    <w:bookmarkStart w:name="z1251" w:id="1219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1219"/>
+    <w:bookmarkStart w:name="z1252" w:id="1220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1220"/>
+    <w:bookmarkStart w:name="z1253" w:id="1221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkStart w:name="z1254" w:id="1222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан; законодательство в области карантина и защиты растений, законодательство по противодействию коррупции, руководящие, нормативные, инструктивные и методические материалы, касающиеся организации работы по борьбе с вредителями, болезнями сельскохозяйственных культур и сорняками, карантинными объектами, чужеродными видами и особо опасными вредными организмами; агротехнику, энтомологию, фитопатологию; методы и средства борьбы с вредителями, болезнями сельскохозяйственных культур и сорняками, карантинными объектами, чужеродными видами и особо опасными вредными организмами; технологию обработки растений и семян пестицидами; достижения науки и передового опыта в области защиты и карантина растений; основы экономики, труда и управления, основы земельного и трудового законодательства; основы законодательства по охране окружающей среды; правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1222"/>
+    <w:bookmarkStart w:name="z1255" w:id="1223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1223"/>
+    <w:bookmarkStart w:name="z1256" w:id="1224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном по защите и карантину растений I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агронома по защите и карантину растений II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1224"/>
+    <w:bookmarkStart w:name="z1257" w:id="1225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном по защите и карантину растений II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агронома по защите и карантину растений не менее 3 лет или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (агрономия) и стаж работы на должности агронома без категории не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1225"/>
+    <w:bookmarkStart w:name="z1258" w:id="1226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном по защите и карантину растений: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности агрономия без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1226"/>
+    <w:bookmarkStart w:name="z1259" w:id="1227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 18. Агроном по семеноводству</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1227"/>
+    <w:bookmarkStart w:name="z1260" w:id="1228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1228"/>
+    <w:bookmarkStart w:name="z1261" w:id="1229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по выращиванию высококачественных сортовых семян и посадочного материала, а также по созданию в необходимом количестве семенного фонда для хозяйства, выполнению договорных обязательств поставки сортовых и гибридных семян в республиканский фонд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1229"/>
+    <w:bookmarkStart w:name="z1262" w:id="1230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет плановую документацию по семеноводству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1230"/>
+    <w:bookmarkStart w:name="z1263" w:id="1231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает в наиболее оптимальные сроки закладку семенных участков, проведение агрономических мероприятий по уходу за ними в целях получения высококачественных семян;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1231"/>
+    <w:bookmarkStart w:name="z1264" w:id="1232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит апробацию сортовых посевов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1232"/>
+    <w:bookmarkStart w:name="z1265" w:id="1233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует своевременную уборку семеноводческих посевов, засыпку семян, послеуборочную обработку семян, доведение их до высоких посевных кондиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1233"/>
+    <w:bookmarkStart w:name="z1266" w:id="1234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует правильное хранение и целевое использование семян;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1234"/>
+    <w:bookmarkStart w:name="z1267" w:id="1235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует производственные испытания новых сортов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1235"/>
+    <w:bookmarkStart w:name="z1268" w:id="1236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит работу по сортосмене и сортообновлению, обеспечивает ускоренное внедрение в производство новых высокопродуктивных сортов и гибридов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1236"/>
+    <w:bookmarkStart w:name="z1269" w:id="1237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет заявки, оформляет договоры на приобретение семян и посадочного материала необходимых сортов и гибридов, обеспечивает своевременное их получение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1237"/>
+    <w:bookmarkStart w:name="z1270" w:id="1238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает мероприятия по улучшению семеноводства, увеличению производства семян дефицитных и перспективных сортов, переводу семеноводства зерновых культур на промышленную основу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1238"/>
+    <w:bookmarkStart w:name="z1271" w:id="1239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет и установленную отчетность по семеноводству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1239"/>
+    <w:bookmarkStart w:name="z1272" w:id="1240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      своевременно отправляет на анализ в семенную лабораторию образцы семян;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1240"/>
+    <w:bookmarkStart w:name="z1273" w:id="1241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1241"/>
+    <w:bookmarkStart w:name="z1274" w:id="1242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1242"/>
+    <w:bookmarkStart w:name="z1275" w:id="1243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1243"/>
+    <w:bookmarkStart w:name="z1276" w:id="1244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1244"/>
+    <w:bookmarkStart w:name="z1277" w:id="1245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1245"/>
+    <w:bookmarkStart w:name="z1278" w:id="1246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1246"/>
+    <w:bookmarkStart w:name="z1279" w:id="1247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1247"/>
+    <w:bookmarkStart w:name="z1280" w:id="1248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1248"/>
+    <w:bookmarkStart w:name="z1281" w:id="1249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1249"/>
+    <w:bookmarkStart w:name="z1282" w:id="1250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1250"/>
+    <w:bookmarkStart w:name="z1283" w:id="1251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы, касающиеся организации работы по семеноводству, агротехнику, методы апробации и оценки посевных качеств семян, приемы и методы улучшения качества семян, технологию производства и обработки семян, достижения науки и передовой опыт в области семеноводства, основы экономики, организации труда и управления, основы земельного и трудового законодательства, основы законодательства по охране окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1251"/>
+    <w:bookmarkStart w:name="z1284" w:id="1252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1252"/>
+    <w:bookmarkStart w:name="z1285" w:id="1253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном по семеноводству I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агронома по семеноводству II категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1253"/>
+    <w:bookmarkStart w:name="z1286" w:id="1254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном по семеноводству II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы на должности агронома по семеноводству без категории не менее 3 лет или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности (агрономия) и стаж работы на должности агронома по семеноводству без категории не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1254"/>
+    <w:bookmarkStart w:name="z1287" w:id="1255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроном по семеноводству без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальности агрономия без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1255"/>
+    <w:bookmarkStart w:name="z1288" w:id="1256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 19. Почвовед</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1256"/>
+    <w:bookmarkStart w:name="z1289" w:id="1257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1257"/>
+    <w:bookmarkStart w:name="z1290" w:id="1258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполняет работы по почвенному обследованию территорий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkStart w:name="z1291" w:id="1259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет границы почвенных контуров, основные характеристики и свойства почв;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1259"/>
+    <w:bookmarkStart w:name="z1292" w:id="1260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполняет отбор профильных образцов, образцов на кислотность и засоленность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1260"/>
+    <w:bookmarkStart w:name="z1293" w:id="1261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет комплекс планово-картографических материалов, почвенный очерк, аналитический план;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1261"/>
+    <w:bookmarkStart w:name="z1294" w:id="1262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает рекомендации по коренному улучшению земель, повышению продуктивности сельскохозяйственных культур в соответствии с потенциальным плодородием почв и по применению удобрений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1262"/>
+    <w:bookmarkStart w:name="z1295" w:id="1263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение технологических регламентов, требований законодательства по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм охраны труда и пожарной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1263"/>
+    <w:bookmarkStart w:name="z1296" w:id="1264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготавливает и организует проведение полевых почвенно-мелиоративных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1264"/>
+    <w:bookmarkStart w:name="z1297" w:id="1265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает качественное выполнение полевых материалов, предоставляемых участковыми службами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkStart w:name="z1298" w:id="1266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в проведении полевых почвенно-мелиоративных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1266"/>
+    <w:bookmarkStart w:name="z1299" w:id="1267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет организационно-технологическое руководство в объединении и в хозяйствах района;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1267"/>
+    <w:bookmarkStart w:name="z1300" w:id="1268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает мероприятия по поддержанию и повышению плодородия почв в хозяйствах и обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1268"/>
+    <w:bookmarkStart w:name="z1301" w:id="1269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и участвует в агрохимическом обследовании сельскохозяйственных угодий обслуживаемой зоны, отборе образцов почв для анализа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1269"/>
+    <w:bookmarkStart w:name="z1302" w:id="1270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает качество и своевременность выполнения анализов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1270"/>
+    <w:bookmarkStart w:name="z1303" w:id="1271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучает и внедряет в производство достижения науки, передовой опыт и новые методы анализа почв;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1271"/>
+    <w:bookmarkStart w:name="z1304" w:id="1272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способствует внедрению научной организации труда, эффективному применению действующих положений об оплате труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1272"/>
+    <w:bookmarkStart w:name="z1305" w:id="1273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение установленной документации, учет и отчетность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1273"/>
+    <w:bookmarkStart w:name="z1306" w:id="1274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в заключение договоров с хозяйствами, разработке производственных программ, в составлении агрохимических картограмм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1274"/>
+    <w:bookmarkStart w:name="z1307" w:id="1275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил охраны окружающей среды, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1275"/>
+    <w:bookmarkStart w:name="z1308" w:id="1276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1276"/>
+    <w:bookmarkStart w:name="z1309" w:id="1277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1277"/>
+    <w:bookmarkStart w:name="z1310" w:id="1278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1278"/>
+    <w:bookmarkStart w:name="z1311" w:id="1279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1279"/>
+    <w:bookmarkStart w:name="z1312" w:id="1280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1280"/>
+    <w:bookmarkStart w:name="z1313" w:id="1281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по методам проведения мониторинга орошаемых земель и полевых исследований, правила и нормы охраны труда, производственной санитарии, техники безопасности и противопожарной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1281"/>
+    <w:bookmarkStart w:name="z1314" w:id="1282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1282"/>
+    <w:bookmarkStart w:name="z1315" w:id="1283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      почвовед I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлению растениеводство и стаж работы на должности почвоведа II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1283"/>
+    <w:bookmarkStart w:name="z1316" w:id="1284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      почвовед II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлению растениеводство и стаж работы на должности почвоведа без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1284"/>
+    <w:bookmarkStart w:name="z1317" w:id="1285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      почвовед без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлению растениеводство без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1285"/>
+    <w:bookmarkStart w:name="z1318" w:id="1286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 20. Фитопатолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1286"/>
+    <w:bookmarkStart w:name="z1319" w:id="1287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1287"/>
+    <w:bookmarkStart w:name="z1320" w:id="1288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторные исследования подкарантинной продукции, государственное сортоиспытание сельскохозяйственных культур на устойчивость к вредоносным болезням, экспертную оценку сортов и гибридов сельскохозяйственных культур на хозяйственную полезность, фитосанитарный мониторинг за развитием и распространением болезней сельскохозяйственных растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1288"/>
+    <w:bookmarkStart w:name="z1321" w:id="1289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит фитопатологические обследования посевов сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1289"/>
+    <w:bookmarkStart w:name="z1322" w:id="1290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1290"/>
+    <w:bookmarkStart w:name="z1323" w:id="1291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготавливает лабораторное оборудование к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1291"/>
+    <w:bookmarkStart w:name="z1324" w:id="1292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1292"/>
+    <w:bookmarkStart w:name="z1325" w:id="1293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в процессе работы применяет международные и отечественные стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1293"/>
+    <w:bookmarkStart w:name="z1326" w:id="1294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет необходимую документацию по результатам текущей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1294"/>
+    <w:bookmarkStart w:name="z1327" w:id="1295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит анализ результатов проведенных экспертиз, обследований, исследований и испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1295"/>
+    <w:bookmarkStart w:name="z1328" w:id="1296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает обеззараживание и уничтожение биологического материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1296"/>
+    <w:bookmarkStart w:name="z1329" w:id="1297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1297"/>
+    <w:bookmarkStart w:name="z1330" w:id="1298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обосновывает направления новых исследований и разработок, вносит предложения для включения в планы научно-производственных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1298"/>
+    <w:bookmarkStart w:name="z1331" w:id="1299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в работе по формированию государственного реестра селекционных достижений, рекомендуемых к использованию в Республике Казахстан, государственного реестра Республики Казахстан охраняемых сортов растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1299"/>
+    <w:bookmarkStart w:name="z1332" w:id="1300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает краткосрочные и долгосрочные прогнозы распространения вредных, особо опасных вредных организмов и карантинных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1300"/>
+    <w:bookmarkStart w:name="z1333" w:id="1301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1301"/>
+    <w:bookmarkStart w:name="z1334" w:id="1302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке, освоении новых и совершенствовании существующих методов определения болезней сельскохозяйственных культур, методик испытания селекционных достижений на устойчивость к болезням растений, отличимость, однородность и стабильность, методов мониторинга развития и распространения болезней растений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1302"/>
+    <w:bookmarkStart w:name="z1335" w:id="1303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1303"/>
+    <w:bookmarkStart w:name="z1336" w:id="1304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1304"/>
+    <w:bookmarkStart w:name="z1337" w:id="1305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1305"/>
+    <w:bookmarkStart w:name="z1338" w:id="1306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1306"/>
+    <w:bookmarkStart w:name="z1339" w:id="1307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1307"/>
+    <w:bookmarkStart w:name="z1340" w:id="1308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1308"/>
+    <w:bookmarkStart w:name="z1341" w:id="1309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране селекционных достижений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1309"/>
+    <w:bookmarkStart w:name="z1342" w:id="1310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1310"/>
+    <w:bookmarkStart w:name="z1343" w:id="1311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1311"/>
+    <w:bookmarkStart w:name="z1344" w:id="1312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, фитопатологию, методику государственного сортоиспытания, порядок оформления документации на новые селекционные достижения и выдачи свидетельств, патентов, методики оценки селекционных достижений на охраноспособность и хозяйственную полезность, методики проведения карантинно-фитосанитарной экспертизы подкарантинных объектов, методики проведения фитосанитарного мониторинга за развитием и распространением болезней сельскохозяйственных растений, основы законодательства по охране окружающей среды, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасноти и охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1312"/>
+    <w:bookmarkStart w:name="z1345" w:id="1313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1313"/>
+    <w:bookmarkStart w:name="z1346" w:id="1314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фитопатолог I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы в должности фитопатолога II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1314"/>
+    <w:bookmarkStart w:name="z1347" w:id="1315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фитопатолог II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы в должности фитопатолога без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1315"/>
+    <w:bookmarkStart w:name="z1348" w:id="1316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фитопатолог без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: агрономия и/или фермерское хозяйство (по профилю) и/или экология и рациональное использование природных ресурсов (по отраслям) и/или сельскохозяйственная экология и/или экология и природоохранная деятельность (по видам) и/или садово-парковое и ландшафтное строительство (по видам) и/или землеустройство и/или гидрология и метеорология и/или ветеринария без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1316"/>
+    <w:bookmarkStart w:name="z1349" w:id="1317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 21. Химик</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1317"/>
+    <w:bookmarkStart w:name="z1350" w:id="1318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1318"/>
+    <w:bookmarkStart w:name="z1351" w:id="1319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторные анализы почв и воды, обработку результатов исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1319"/>
+    <w:bookmarkStart w:name="z1352" w:id="1320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение исследований, экспресс-анализов, проводит апробацию новых методов, подготовку лабораторных установок и оборудования к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1320"/>
+    <w:bookmarkStart w:name="z1353" w:id="1321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет внутреннюю документацию, составление журналов, испытаний проб, рабочих журналов, протоколов испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1321"/>
+    <w:bookmarkStart w:name="z1354" w:id="1322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает своевременное, качественное и достоверное проведение испытаний в соответствии с требованиями условий аккредитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1322"/>
+    <w:bookmarkStart w:name="z1355" w:id="1323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает правила технической эксплуатации испытательного оборудования и средств измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1323"/>
+    <w:bookmarkStart w:name="z1356" w:id="1324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обслуживает закрепленное за ним оборудование, следит за исправностью оборудования и средств измерений при проведении испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1324"/>
+    <w:bookmarkStart w:name="z1357" w:id="1325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в составлении отчетов по результатам выполненных исследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1325"/>
+    <w:bookmarkStart w:name="z1358" w:id="1326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      147. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1326"/>
+    <w:bookmarkStart w:name="z1359" w:id="1327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1327"/>
+    <w:bookmarkStart w:name="z1360" w:id="1328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1328"/>
+    <w:bookmarkStart w:name="z1361" w:id="1329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1329"/>
+    <w:bookmarkStart w:name="z1362" w:id="1330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1330"/>
+    <w:bookmarkStart w:name="z1363" w:id="1331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1331"/>
+    <w:bookmarkStart w:name="z1364" w:id="1332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1332"/>
+    <w:bookmarkStart w:name="z1365" w:id="1333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      законодательные и иные нормативные правовые акты Республики Казахстан, основные положения и требования технического регулирования и аккредитации, предъявляемые к испытательным лабораториям, испытательное оборудование и средства измерения, правила их эксплуатации, требования нормативных документов на объекты окружающей среды и на методы их испытаний, правила обращения со средствами индивидуальной защиты, обработку, оформление результатов испытаний, нормативные, методические и другие руководящие материалы, указания и инструкции по методам проведения лабораторных исследований, основы трудового законодательства, правила и нормы охраны труда, производственной санитарии, техники безопасности и противопожарной защиты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1333"/>
+    <w:bookmarkStart w:name="z1366" w:id="1334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148. Требования к квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1334"/>
+    <w:bookmarkStart w:name="z1367" w:id="1335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Специалист высшего уровня квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1335"/>
+    <w:bookmarkStart w:name="z1368" w:id="1336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      химик высшей категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности I категории химика не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1336"/>
+    <w:bookmarkStart w:name="z1369" w:id="1337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      химик I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы в должности химика II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1337"/>
+    <w:bookmarkStart w:name="z1370" w:id="1338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      химик II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки (биология) и стаж работы в должности химика без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1338"/>
+    <w:bookmarkStart w:name="z1371" w:id="1339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      химик без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария, рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки или техническое (среднее специальное) образование по специальности химия без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1339"/>
+    <w:bookmarkStart w:name="z1372" w:id="1340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 22. Энтомолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1340"/>
+    <w:bookmarkStart w:name="z1373" w:id="1341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1341"/>
+    <w:bookmarkStart w:name="z1374" w:id="1342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лабораторные исследования подкарантинной продукции, государственное сортоиспытание сельскохозяйственных культур на устойчивость к вредителям растений, экспертную оценку сортов и гибридов сельскохозяйственных культур на хозяйственную полезность, фитосанитарный мониторинг за развитием и распространением вредителей сельскохозяйственных растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1342"/>
+    <w:bookmarkStart w:name="z1375" w:id="1343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит энтомологические обследования посевов сельскохозяйственных культур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1343"/>
+    <w:bookmarkStart w:name="z1376" w:id="1344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает материал, поступивший на исследование, обеспечивает его хранение до окончания исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1344"/>
+    <w:bookmarkStart w:name="z1377" w:id="1345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготавливает лабораторное оборудование к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1345"/>
+    <w:bookmarkStart w:name="z1378" w:id="1346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит испытания, карантинный анализ и карантинную экспертизу подкарантинной продукции на соответствие установленным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1346"/>
+    <w:bookmarkStart w:name="z1379" w:id="1347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в процессе работы применяет международные и отечественные стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1347"/>
+    <w:bookmarkStart w:name="z1380" w:id="1348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оформляет необходимую документацию по результатам текущей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1348"/>
+    <w:bookmarkStart w:name="z1381" w:id="1349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит анализ результатов проведенных экспертиз, обследований, исследований и испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1349"/>
+    <w:bookmarkStart w:name="z1382" w:id="1350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает обеззараживание и уничтожение биологического материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1350"/>
+    <w:bookmarkStart w:name="z1383" w:id="1351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет коллекционного материала, обеспечивает его сохранность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1351"/>
+    <w:bookmarkStart w:name="z1384" w:id="1352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обосновывает направления новых исследований и разработок, вносит предложения для включения в планы научно-производственных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1352"/>
+    <w:bookmarkStart w:name="z1385" w:id="1353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в работе по формированию государственного реестра селекционных достижений, рекомендованных к использованию в Республике Казахстан, государственного реестра Республики Казахстан охраняемых сортов растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1353"/>
+    <w:bookmarkStart w:name="z1386" w:id="1354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает краткосрочные и долгосрочные прогнозы распространения вредных, особо опасных вредных организмов и карантинных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1354"/>
+    <w:bookmarkStart w:name="z1387" w:id="1355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил и норм безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1355"/>
+    <w:bookmarkStart w:name="z1388" w:id="1356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке, освоении новых и совершенствовании существующих методов идентификации вредителей растений, методик испытания селекционных достижений на устойчивость к вредителям растений, отличимость, однородность и стабильность, методов мониторинга развития и распространения вредителей растений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1356"/>
+    <w:bookmarkStart w:name="z1389" w:id="1357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1357"/>
+    <w:bookmarkStart w:name="z1390" w:id="1358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1358"/>
+    <w:bookmarkStart w:name="z1391" w:id="1359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1359"/>
+    <w:bookmarkStart w:name="z1392" w:id="1360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1360"/>
+    <w:bookmarkStart w:name="z1393" w:id="1361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1361"/>
+    <w:bookmarkStart w:name="z1394" w:id="1362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О семеноводстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1362"/>
+    <w:bookmarkStart w:name="z1395" w:id="1363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране селекционных достижений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1363"/>
+    <w:bookmarkStart w:name="z1396" w:id="1364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О защите растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1364"/>
+    <w:bookmarkStart w:name="z1397" w:id="1365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О карантине растений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1365"/>
+    <w:bookmarkStart w:name="z1398" w:id="1366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, энтомологию, методику государственного сортоиспытания, порядок оформления документации на новые селекционные достижения и выдачи свидетельств, патентов, методики оценки селекционных достижений на охраноспособность и хозяйственную полезность, методики проведения карантинно-фитосанитарной экспертизы подкарантинных объектов, методики проведения фитосанитарного мониторинга за развитием и распространением вредителей сельскохозяйственных растений, основы законодательства по охране окружающей среды, основы трудового законодательства, правила внутреннего трудового распорядка, правил по безопасноти и охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1366"/>
+    <w:bookmarkStart w:name="z1399" w:id="1367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1367"/>
+    <w:bookmarkStart w:name="z1400" w:id="1368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      энтомолог I категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы в должности энтомолога II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1368"/>
+    <w:bookmarkStart w:name="z1401" w:id="1369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      энтомолог II категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария и стаж работы в должности энтомолога без категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1369"/>
+    <w:bookmarkStart w:name="z1402" w:id="1370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      энтомолог без категории: высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: растениеводство и/или животноводство и/или ветеринария или техническое и профессиональное (среднее специальное, среднее профессиональное) образование по специальностям: агрономия и/или фермерское хозяйство (по профилю) и/или экология и рациональное использование природных ресурсов (по отраслям) и/или сельскохозяйственная экология и/или экология и природоохранная деятельность (по видам) и/или садово-парковое и ландшафтное строительство (по видам) и/или землеустройство и/или гидрология и метеорология и/или ветеринария без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1370"/>
+    <w:bookmarkStart w:name="z1403" w:id="1371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 23. Инженер-гидротехник (гидротехник)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1371"/>
+    <w:bookmarkStart w:name="z1404" w:id="1372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1372"/>
+    <w:bookmarkStart w:name="z1405" w:id="1373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке планов полевых агромелиоративных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1373"/>
+    <w:bookmarkStart w:name="z1406" w:id="1374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит обследование мелиоративного состояния орошаемых земель, технического состояния гидромелиоративных систем и гидротехнических сооружений, систем открытого и закрытого горизонтального дренажа, развития негативных процессов на оросительных и коллекторно-дренажных каналах, оценивает эффективность работы дренажа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1374"/>
+    <w:bookmarkStart w:name="z1407" w:id="1375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит замеры расходов коллекторно-дренажного стока на оросительных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1375"/>
+    <w:bookmarkStart w:name="z1408" w:id="1376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отбирает пробы поверхностных вод из оросительных каналов и коллекторно-дренажной сети;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1376"/>
+    <w:bookmarkStart w:name="z1409" w:id="1377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет камеральную обработку результатов полевых работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1377"/>
+    <w:bookmarkStart w:name="z1410" w:id="1378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение метрологической поверки средств измерений и водомерных постов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1378"/>
+    <w:bookmarkStart w:name="z1411" w:id="1379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в проведении инвентаризации оросительных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1379"/>
+    <w:bookmarkStart w:name="z1412" w:id="1380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в корректировке планов водопользования, оросительных и поливных норм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1380"/>
+    <w:bookmarkStart w:name="z1413" w:id="1381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает содействие во внедрении водосберегающих технологий и совершенствовании средств водоучета на оросительных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1381"/>
+    <w:bookmarkStart w:name="z1414" w:id="1382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в подготовке тематических отчетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1382"/>
+    <w:bookmarkStart w:name="z1415" w:id="1383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1383"/>
+    <w:bookmarkStart w:name="z1416" w:id="1384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1384"/>
+    <w:bookmarkStart w:name="z1417" w:id="1385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействий коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1385"/>
+    <w:bookmarkStart w:name="z1418" w:id="1386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1386"/>
+    <w:bookmarkStart w:name="z1419" w:id="1387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные подзаконные нормативные правовые акты Республики Казахстан, нормативные документы в области технической эксплуатации гидромелиоративных систем и гидротехнических сооружений, положения государственной системы технического регулирования и стандартизации средств измерений и приборов по водоучету, общие нормы, правила и характеристики, поверку средств измерений, основы трудового законодательства, правила по охране труда и противопожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1387"/>
+    <w:bookmarkStart w:name="z1420" w:id="1388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1388"/>
+    <w:bookmarkStart w:name="z1421" w:id="1389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер-гидротехник (гидротехник) высшей категории: высшее (или послевузовское) образование по специальности (гидромелиорация, специалист по водным ресурсам и водопользованию) и стаж работы в должности инженер-гидротехник (гидротехник) I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1389"/>
+    <w:bookmarkStart w:name="z1422" w:id="1390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер-гидротехник (гидротехник) I категории: высшее (или послевузовское) образование по специальности (гидромелиорация, специалист по водным ресурсам и водопользованию) и стаж работы в должности инженер-гидротехник (гидротехник) II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1390"/>
+    <w:bookmarkStart w:name="z1423" w:id="1391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер-гидротехник (гидротехник) II категории: высшее (или послевузовское) образование по специальности (гидромелиорация, специалист по водным ресурсам и водопользованию) и стаж работы в должности инженер-гидротехник (гидротехник) без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1391"/>
+    <w:bookmarkStart w:name="z1424" w:id="1392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженер-гидротехник (гидротехник) без категории: высшее (или послевузовское) образование по специальности (гидромелиорация, специалист по водным ресурсам и водопользованию) или техническое образование по специальности (гидромелиорация, мелиорация и рекультивация земель, гидрология) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1392"/>
+    <w:bookmarkStart w:name="z1425" w:id="1393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 24. Специалист по водным ресурсам и водопользованию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1393"/>
+    <w:bookmarkStart w:name="z1426" w:id="1394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1394"/>
+    <w:bookmarkStart w:name="z1427" w:id="1395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в проектировании и эксплуатации водохозяйственных систем, выполняет подготовку расчетов, обоснований и проектно-сметной документации при строительстве и эксплуатации гидротехнических и водохозяйственных сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1395"/>
+    <w:bookmarkStart w:name="z1428" w:id="1396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует водоучет и распределение воды на орошаемых системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1396"/>
+    <w:bookmarkStart w:name="z1429" w:id="1397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает проведение полевых изысканий по определению исходных данных, необходимых для проектирования объектов водопользования и водоотведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1397"/>
+    <w:bookmarkStart w:name="z1430" w:id="1398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполняет работы по мониторингу и оценке состояния водных ресурсов и водохозяйственных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1398"/>
+    <w:bookmarkStart w:name="z1431" w:id="1399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке нормативных актов, положений и отчетов по использованию и охране водных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkStart w:name="z1432" w:id="1400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет проверку соблюдения водного законодательства и правил охраны водных ресурсов, контроль за использованием природных вод, участвует в регламентации отношений между водопользователями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1400"/>
+    <w:bookmarkStart w:name="z1433" w:id="1401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет камеральную обработку полевых наблюдений и обеспечивает составление картографических материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1401"/>
+    <w:bookmarkStart w:name="z1434" w:id="1402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1402"/>
+    <w:bookmarkStart w:name="z1435" w:id="1403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1403"/>
+    <w:bookmarkStart w:name="z1436" w:id="1404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1404"/>
+    <w:bookmarkStart w:name="z1437" w:id="1405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1405"/>
+    <w:bookmarkStart w:name="z1438" w:id="1406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1406"/>
+    <w:bookmarkStart w:name="z1439" w:id="1407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Водный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1407"/>
+    <w:bookmarkStart w:name="z1440" w:id="1408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные подзаконные нормативные правовые акты Республики Казахстан, нормативные и методические документы в области проведения полевых изыскательских работ, организацию и технологию проведения проходческих работ, достижения науки и передового опыта в области использования водных ресурсов, основные принципы работы и характеристики применяемых измерительных приборов, общие нормы, правила и характеристики, поверку средств измерений, основы трудового законодательства, правила по охране труда и противопожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1408"/>
+    <w:bookmarkStart w:name="z1441" w:id="1409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1409"/>
+    <w:bookmarkStart w:name="z1442" w:id="1410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по водным ресурсам и водопользованию высшей категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности (водные ресурсы и водопользование) и стаж работы в должности специалиста по водным ресурсам и водопользованию I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1410"/>
+    <w:bookmarkStart w:name="z1443" w:id="1411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по водным ресурсам и водопользованию I категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности (водные ресурсы и водопользование) и стаж работы в должности специалиста по водным ресурсам и водопользованию II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1411"/>
+    <w:bookmarkStart w:name="z1444" w:id="1412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по водным ресурсам и водопользованию II категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности (водные ресурсы и водопользование) и стаж работы в должности специалиста по водным ресурсам и водопользованию без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1412"/>
+    <w:bookmarkStart w:name="z1445" w:id="1413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по водным ресурсам и водопользованию без категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности водные ресурсы и водопользование) или техническое (среднее специальное) образование по специальности (водные ресурсы и водопользование) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1413"/>
+    <w:bookmarkStart w:name="z1446" w:id="1414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 25. Специалист по мелиорации, рекультивации и охране земель</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1414"/>
+    <w:bookmarkStart w:name="z1447" w:id="1415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1415"/>
+    <w:bookmarkStart w:name="z1448" w:id="1416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке перспективных и годовых планов по использованию мелиорированных земель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1416"/>
+    <w:bookmarkStart w:name="z1449" w:id="1417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет планы строительства и реконструкции оросительных, осушительных и обводнительных систем, проведения культурно-технических работ на землях, не требующих осушения, и обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1417"/>
+    <w:bookmarkStart w:name="z1450" w:id="1418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует разработку проектно-сметной документации на ремонт внутрихозяйственной, оросительной, осушительной, обводнительной сети, привлекает к ее разработке специализированные проектные организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1418"/>
+    <w:bookmarkStart w:name="z1451" w:id="1419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает ремонт и очистку внутрихозяйственной мелиоративной сети в целях поддержания ее в постоянной технической исправности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1419"/>
+    <w:bookmarkStart w:name="z1452" w:id="1420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в приемке в эксплуатацию мелиоративных земель, а также работ по ускоренному улучшению земель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1420"/>
+    <w:bookmarkStart w:name="z1453" w:id="1421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает сохранность мелиоративной сети и гидротехнических сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1421"/>
+    <w:bookmarkStart w:name="z1454" w:id="1422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует хранение и эксплуатацию мелиоративных машин и поливочной техники в соответствии с соблюдением действующих норм и правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1422"/>
+    <w:bookmarkStart w:name="z1455" w:id="1423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает выполнение требований законодательства по охране окружающей среды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1423"/>
+    <w:bookmarkStart w:name="z1456" w:id="1424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1424"/>
+    <w:bookmarkStart w:name="z1457" w:id="1425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1425"/>
+    <w:bookmarkStart w:name="z1458" w:id="1426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Земельный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1426"/>
+    <w:bookmarkStart w:name="z1459" w:id="1427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1427"/>
+    <w:bookmarkStart w:name="z1460" w:id="1428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1428"/>
+    <w:bookmarkStart w:name="z1461" w:id="1429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1429"/>
+    <w:bookmarkStart w:name="z1462" w:id="1430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экологический кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1430"/>
+    <w:bookmarkStart w:name="z1463" w:id="1431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Водный кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1431"/>
+    <w:bookmarkStart w:name="z1464" w:id="1432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные подзаконные нормативные правовые акты Республики Казахстан, руководящие, инструктивные, нормативные и методические материалы по вопросам мелиорации, технологий производства мелиоративных и культурно-технических работ, достижения науки и передового опыта в области мелиоративных работ и использования мелиорированных земель, основы земельного законодательства, основы трудового законодательства, правила внутреннего трудового распорядка, правила по охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1432"/>
+    <w:bookmarkStart w:name="z1465" w:id="1433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1433"/>
+    <w:bookmarkStart w:name="z1466" w:id="1434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по мелиорации, рекультивации и охране земель высшей категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности (мелиорация, рекультивация и охрана земель) и стаж работы в должности специалист по мелиорации I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1434"/>
+    <w:bookmarkStart w:name="z1467" w:id="1435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по мелиорации, рекультивации и охране земель I категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности (мелиорация, рекультивация и охрана земель) и стаж работы в должности специалист по мелиорации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1435"/>
+    <w:bookmarkStart w:name="z1468" w:id="1436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по мелиорации, рекультивации и охране земель II категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности (мелиорация, рекультивация и охрана земель) и стаж работы в должности специалист по мелиорации без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1436"/>
+    <w:bookmarkStart w:name="z1469" w:id="1437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист по мелиорации, рекультивации и охране земель без категории: высшее образование (и/или бакалавр, магистр, доктор философии PhD, доктор по профилю) по специальности (мелиорация, рекультивация и охрана земель) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1437"/>
+    <w:bookmarkStart w:name="z1470" w:id="1438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 26. Инспектор</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1438"/>
+    <w:bookmarkStart w:name="z1471" w:id="1439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      161. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1439"/>
+    <w:bookmarkStart w:name="z1472" w:id="1440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет охрану природных комплексов на территории, закрепленных приказом руководителя, в соответствии планами работ организации, включающем охрану рыбных ресурсов и других водных животных, в том числе на закрепленных и резервных рыбохозяйственных участках; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1440"/>
+    <w:bookmarkStart w:name="z1473" w:id="1441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в ходе рейдовых мероприятий принимает меры по предотвращению и пресечению нарушений законодательства Республики Казахстан в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1441"/>
+    <w:bookmarkStart w:name="z1474" w:id="1442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      представляет ответственным лицам материалы по фактам нарушений в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных для направления в уполномоченные правоохранительные органы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1442"/>
+    <w:bookmarkStart w:name="z1475" w:id="1443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет разъяснительную работу среди населения по вопросам соблюдения законодательства Республики Казахстан в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1443"/>
+    <w:bookmarkStart w:name="z1476" w:id="1444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      составляет отчеты и другую документацию по выполнению производственных мероприятий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1444"/>
+    <w:bookmarkStart w:name="z1477" w:id="1445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представляет на рассмотрение и утверждение руководству планируемые разработки, а также отчеты о результатах проведенных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1445"/>
+    <w:bookmarkStart w:name="z1478" w:id="1446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает безопасное проведение работ, соблюдение правил и норм безопасности и охраны труда, производственной санитарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1446"/>
+    <w:bookmarkStart w:name="z1479" w:id="1447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение правил внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1447"/>
+    <w:bookmarkStart w:name="z1480" w:id="1448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      162. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1448"/>
+    <w:bookmarkStart w:name="z1481" w:id="1449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1449"/>
+    <w:bookmarkStart w:name="z1482" w:id="1450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1450"/>
+    <w:bookmarkStart w:name="z1483" w:id="1451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1451"/>
+    <w:bookmarkStart w:name="z1484" w:id="1452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1452"/>
+    <w:bookmarkStart w:name="z1485" w:id="1453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1453"/>
+    <w:bookmarkStart w:name="z1486" w:id="1454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1454"/>
+    <w:bookmarkStart w:name="z1487" w:id="1455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1455"/>
+    <w:bookmarkStart w:name="z1488" w:id="1456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1456"/>
+    <w:bookmarkStart w:name="z1489" w:id="1457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1457"/>
+    <w:bookmarkStart w:name="z1490" w:id="1458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1458"/>
+    <w:bookmarkStart w:name="z1491" w:id="1459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1459"/>
+    <w:bookmarkStart w:name="z1492" w:id="1460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      163. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1460"/>
+    <w:bookmarkStart w:name="z1493" w:id="1461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1461"/>
+    <w:bookmarkStart w:name="z1494" w:id="1462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки и стаж работы в должности инспектора высшего уровня квалификации I категории не менее трех лет или стаж работы по соответствующему профилю организации не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1462"/>
+    <w:bookmarkStart w:name="z1495" w:id="1463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки и стаж работы в должности инспектора высшего уровня квалификации II категории не менее двух лет или стаж работы по соответствующему профилю организации не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1463"/>
+    <w:bookmarkStart w:name="z1496" w:id="1464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки и стаж работы в должности инспектора высшего уровня квалификации без категории не менее 1 года или стаж работы по соответствующему профилю организации не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1464"/>
+    <w:bookmarkStart w:name="z1497" w:id="1465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки и без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1465"/>
+    <w:bookmarkStart w:name="z1498" w:id="1466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1466"/>
+    <w:bookmarkStart w:name="z1499" w:id="1467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), юриспруденция и стаж работы в должности инспектора среднего уровня квалификации I категории не менее 3 лет или стаж работы по соответствующему профилю организации не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1467"/>
+    <w:bookmarkStart w:name="z1500" w:id="1468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), юриспруденция и стаж работы в должности инспектора среднего уровня квалификации II категории не менее 2 лет или стаж работы по соответствующему профилю организации не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1468"/>
+    <w:bookmarkStart w:name="z1501" w:id="1469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), юриспруденция и стаж работы в должности инспектора среднего уровня квалификации без категории не менее 1 года или стаж работы по соответствующему профилю организации не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1469"/>
+    <w:bookmarkStart w:name="z1502" w:id="1470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), юриспруденция и без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1470"/>
+    <w:bookmarkStart w:name="z1503" w:id="1471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 27. Рыбовод</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1471"/>
+    <w:bookmarkStart w:name="z1504" w:id="1472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1472"/>
+    <w:bookmarkStart w:name="z1505" w:id="1473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои должностные обязанности под общим руководством директора, его заместителей и руководителя отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1473"/>
+    <w:bookmarkStart w:name="z1506" w:id="1474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции разрабатывает мероприятия по охране, воспроизводству и использованию рыбных ресурсов и других водных животных, обеспечивает выполнение планов по проведению рыбохозяйственных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1474"/>
+    <w:bookmarkStart w:name="z1507" w:id="1475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сохранение, изучение и восстановление биологического разнообразия, природных экологических систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1475"/>
+    <w:bookmarkStart w:name="z1508" w:id="1476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      nullпроведение исследований и мониторинга в целях охраны и устойчивого развития территории, а также экологического просвещения и воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1476"/>
+    <w:bookmarkStart w:name="z1509" w:id="1477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в разработке плана управления учреждения, участие в разработке и выполнении программ по вопросам охраны, восстановления и использования государственного природно-заповедного фонда, историко-культурных комплексов и объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1477"/>
+    <w:bookmarkStart w:name="z1510" w:id="1478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление проверок по соблюдению требований законодательства в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1478"/>
+    <w:bookmarkStart w:name="z1511" w:id="1479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мер в области экологического просвещения и информирования населения, издание видео - и печатной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1479"/>
+    <w:bookmarkStart w:name="z1512" w:id="1480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение научных исследований на акватории учреждения, в том числе с привлечением сторонних научных организаций и специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1480"/>
+    <w:bookmarkStart w:name="z1513" w:id="1481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение охраны, воспроизводства и использования рыбных ресурсов и других водных животных, а также естественных мест их обитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1481"/>
+    <w:bookmarkStart w:name="z1514" w:id="1482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполнение работ по восстановлению объектов государственного природно-заповедного фонда, защитных мероприятий по предупреждению развития очагов болезней и их ликвидация, других вредных воздействий на охраняемые природные комплексы учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1482"/>
+    <w:bookmarkStart w:name="z1515" w:id="1483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулирование использования территории учреждения и его охранной зоны в эколого-просветительских и научных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1483"/>
+    <w:bookmarkStart w:name="z1516" w:id="1484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудничество и взаимодействие с природоохранными, научными и общественными организациями по вопросам деятельности учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1484"/>
+    <w:bookmarkStart w:name="z1517" w:id="1485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в международном сотрудничестве в области сохранения биологического разнообразия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1485"/>
+    <w:bookmarkStart w:name="z1518" w:id="1486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подавать исковые заявления в суд при выявлении нарушений законодательства Республики Казахстан в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1486"/>
+    <w:bookmarkStart w:name="z1519" w:id="1487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить в порядке, установленном законодательством Республики Казахстан, общественную экологическую экспертизу проектов в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1487"/>
+    <w:bookmarkStart w:name="z1520" w:id="1488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать и получать у соответствующих государственных органов необходимую информацию, касающуюся вопросов охраны, воспроизводства и использования рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1488"/>
+    <w:bookmarkStart w:name="z1521" w:id="1489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определять размеры ущерба, причиненного в результате нарушения законодательства Республики Казахстан в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных и предъявлять к виновным лицам претензии о добровольном возмещении ущерба либо предъявлять иск в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1489"/>
+    <w:bookmarkStart w:name="z1522" w:id="1490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      165. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1490"/>
+    <w:bookmarkStart w:name="z1523" w:id="1491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1491"/>
+    <w:bookmarkStart w:name="z1524" w:id="1492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1492"/>
+    <w:bookmarkStart w:name="z1525" w:id="1493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1493"/>
+    <w:bookmarkStart w:name="z1526" w:id="1494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1494"/>
+    <w:bookmarkStart w:name="z1527" w:id="1495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1495"/>
+    <w:bookmarkStart w:name="z1528" w:id="1496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1496"/>
+    <w:bookmarkStart w:name="z1529" w:id="1497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1497"/>
+    <w:bookmarkStart w:name="z1530" w:id="1498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1498"/>
+    <w:bookmarkStart w:name="z1531" w:id="1499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1499"/>
+    <w:bookmarkStart w:name="z1532" w:id="1500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности предприятия, технологию производства, биологические особенности различных видов рыб, научные основы их содержания и кормления, достижения науки и передовой опыт работы отечественных и зарубежных предприятий в области рыбного хозяйства, организацию сбыта продукции, действующие стандарты на продукцию рыбного хозяйства, земельное и трудовое законодательства, основы экономики, организации производства, труда и управления, действующее законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1500"/>
+    <w:bookmarkStart w:name="z1533" w:id="1501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1501"/>
+    <w:bookmarkStart w:name="z1534" w:id="1502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование (и/или бакалавр, магистратура, доктор философии PhD, доктор по профилю) по направлениям: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, окружающая среда (экология), водные ресурсы и водопользование, биологические и смежные науки и стаж работы по направлению профессиональной деятельности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1502"/>
+    <w:bookmarkStart w:name="z1535" w:id="1503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 28. Ихтиолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1503"/>
+    <w:bookmarkStart w:name="z1536" w:id="1504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1504"/>
+    <w:bookmarkStart w:name="z1537" w:id="1505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои должностные обязанности под общим руководством директора, его заместителей и руководителя отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1505"/>
+    <w:bookmarkStart w:name="z1538" w:id="1506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции разрабатывает мероприятия по охране, воспроизводству и использованию рыбных ресурсов и других водных животных, обеспечивает выполнение планов по проведению рыбохозяйственных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1506"/>
+    <w:bookmarkStart w:name="z1539" w:id="1507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координирует работу по проведению охраны водоемов, по проведению рыбохозяйственных мероприятий, а также в организации мелиоративного и любительского лова;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1507"/>
+    <w:bookmarkStart w:name="z1540" w:id="1508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение режима охраны особо охраняемой природной территории, принимает меры по предупреждению и пресечению нарушений природоохранного законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1508"/>
+    <w:bookmarkStart w:name="z1541" w:id="1509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет протоколы об административных правонарушениях в области рыбного хозяйства и аквакультуры в соответствии с Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1509"/>
+    <w:bookmarkStart w:name="z1542" w:id="1510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет наблюдение за гидробиологическим состоянием водоемов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1510"/>
+    <w:bookmarkStart w:name="z1543" w:id="1511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит оценку состояния кормовой базы водоемов, паспортизацию рыбохозяйственных водоемов, проверку результатов и эффективности интродукции рыб, выявление заболеваний рыб и принятие мер по их предупреждению и ликвидации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1511"/>
+    <w:bookmarkStart w:name="z1544" w:id="1512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      168. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1512"/>
+    <w:bookmarkStart w:name="z1545" w:id="1513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1513"/>
+    <w:bookmarkStart w:name="z1546" w:id="1514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1514"/>
+    <w:bookmarkStart w:name="z1547" w:id="1515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1515"/>
+    <w:bookmarkStart w:name="z1548" w:id="1516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1516"/>
+    <w:bookmarkStart w:name="z1549" w:id="1517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "О государственном регулировании развития АПК"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1517"/>
+    <w:bookmarkStart w:name="z1550" w:id="1518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1518"/>
+    <w:bookmarkStart w:name="z1551" w:id="1519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1519"/>
+    <w:bookmarkStart w:name="z1552" w:id="1520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1520"/>
+    <w:bookmarkStart w:name="z1553" w:id="1521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1521"/>
+    <w:bookmarkStart w:name="z1554" w:id="1522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1522"/>
+    <w:bookmarkStart w:name="z1555" w:id="1523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1523"/>
+    <w:bookmarkStart w:name="z1556" w:id="1524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1524"/>
+    <w:bookmarkStart w:name="z1557" w:id="1525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1525"/>
+    <w:bookmarkStart w:name="z1558" w:id="1526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки (биология) и стаж работы в должности ихтиолога высшего уровня квалификации I категории не менее 3 лет или стаж работы по соответствующему профилю организации не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1526"/>
+    <w:bookmarkStart w:name="z1559" w:id="1527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки (биология) и стаж работы в должности ихтиолога высшего уровня квалификации II категории не менее 2 лет или стаж работы по соответствующему профилю организации не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1527"/>
+    <w:bookmarkStart w:name="z1560" w:id="1528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки (биология) и стаж работы в должности ихтиолога высшего уровня квалификации без категории не менее 1 года или стаж работы по соответствующему профилю организации не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1528"/>
+    <w:bookmarkStart w:name="z1561" w:id="1529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки (биология) без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1529"/>
+    <w:bookmarkStart w:name="z1562" w:id="1530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1530"/>
+    <w:bookmarkStart w:name="z1563" w:id="1531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) и стаж работы в должности ихтиолога среднего уровня квалификации I категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1531"/>
+    <w:bookmarkStart w:name="z1564" w:id="1532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) и стаж работы в должности ихтиолога среднего уровня квалификации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1532"/>
+    <w:bookmarkStart w:name="z1565" w:id="1533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) и стаж работы в должности ихтиолога среднего уровня квалификации без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1533"/>
+    <w:bookmarkStart w:name="z1566" w:id="1534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1534"/>
+    <w:bookmarkStart w:name="z1567" w:id="1535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 29. Биолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1535"/>
+    <w:bookmarkStart w:name="z1568" w:id="1536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      170. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1536"/>
+    <w:bookmarkStart w:name="z1569" w:id="1537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои должностные обязанности под общим руководством директора, его заместителей и руководителя отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1537"/>
+    <w:bookmarkStart w:name="z1570" w:id="1538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции разрабатывает мероприятия по охране, воспроизводству и использованию рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1538"/>
+    <w:bookmarkStart w:name="z1571" w:id="1539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение мероприятий по сохранению биологического разнообразия и целостности рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1539"/>
+    <w:bookmarkStart w:name="z1572" w:id="1540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры по недопущению гибели, сокращения численности или нарушения среды обитания редких и находящихся под угрозой исчезновения рыб и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1540"/>
+    <w:bookmarkStart w:name="z1573" w:id="1541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует спасение рыб и других водных животных в случаях массовых заболеваний, угрозы их гибели при стихийных бедствиях или вследствие причин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1541"/>
+    <w:bookmarkStart w:name="z1574" w:id="1542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      171. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1542"/>
+    <w:bookmarkStart w:name="z1575" w:id="1543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1543"/>
+    <w:bookmarkStart w:name="z1576" w:id="1544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1544"/>
+    <w:bookmarkStart w:name="z1577" w:id="1545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1545"/>
+    <w:bookmarkStart w:name="z1578" w:id="1546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1546"/>
+    <w:bookmarkStart w:name="z1579" w:id="1547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1547"/>
+    <w:bookmarkStart w:name="z1580" w:id="1548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1548"/>
+    <w:bookmarkStart w:name="z1581" w:id="1549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1549"/>
+    <w:bookmarkStart w:name="z1582" w:id="1550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1550"/>
+    <w:bookmarkStart w:name="z1583" w:id="1551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1551"/>
+    <w:bookmarkStart w:name="z1584" w:id="1552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законодательные и иные нормативные правовые акты Республики Казахстан, руководящие, нормативные, инструктивные и методические материалы по вопросам агропромышленного комплекса и производственной деятельности предприятия, технологию производства, биологические особенности различных видов рыб, научные основы их содержания и кормления, достижения науки и передовой опыт работы отечественных и зарубежных предприятий в области рыбного хозяйства, организацию сбыта продукции, действующие стандарты на продукцию рыбного хозяйства, земельное и трудовое законодательства, основы экономики, организации производства, труда и управления, действующее законодательство по охране окружающей среды и рациональному использованию природных ресурсов, правил и норм безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1552"/>
+    <w:bookmarkStart w:name="z1585" w:id="1553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      172. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1553"/>
+    <w:bookmarkStart w:name="z1586" w:id="1554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1554"/>
+    <w:bookmarkStart w:name="z1587" w:id="1555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки и стаж работы в должности биолога высшего уровня квалификации I категории не менее 3 лет или стаж работы по соответствующему профилю организации не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1555"/>
+    <w:bookmarkStart w:name="z1588" w:id="1556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки стаж работы в должности биолога высшего уровня квалификации II категории не менее 2 лет или стаж работы по соответствующему профилю организации не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1556"/>
+    <w:bookmarkStart w:name="z1589" w:id="1557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки и стаж работы в должности биолога высшего уровня квалификации без категории не менее 1 года или стаж работы по соответствующему профилю организации не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1557"/>
+    <w:bookmarkStart w:name="z1590" w:id="1558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйств (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1558"/>
+    <w:bookmarkStart w:name="z1591" w:id="1559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1559"/>
+    <w:bookmarkStart w:name="z1592" w:id="1560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки, экология и природоохранная деятельность (по видам) и стаж работы в должности биолога среднего уровня квалификации I категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1560"/>
+    <w:bookmarkStart w:name="z1593" w:id="1561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки, экология и природоохранная деятельность (по видам) и стаж работы в должности биолога среднего уровня квалификации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1561"/>
+    <w:bookmarkStart w:name="z1594" w:id="1562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки, экология и природоохранная деятельность (по видам) и стаж работы в должности биолога среднего уровня квалификации без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1562"/>
+    <w:bookmarkStart w:name="z1595" w:id="1563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), ветеринария, биологические и смежные науки, экология и природоохранная деятельность (по видам) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1563"/>
+    <w:bookmarkStart w:name="z1596" w:id="1564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 30. Гидробиолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1564"/>
+    <w:bookmarkStart w:name="z1597" w:id="1565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1565"/>
+    <w:bookmarkStart w:name="z1598" w:id="1566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение отбора и обработки гидробиологических проб зоопланктона и зообентоса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1566"/>
+    <w:bookmarkStart w:name="z1599" w:id="1567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наблюдение за развитием кормовой базы и внесение предложений по еҰ улучшению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1567"/>
+    <w:bookmarkStart w:name="z1600" w:id="1568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сбор и анализ материалов по питанию молоди рыб, изучение характера питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1568"/>
+    <w:bookmarkStart w:name="z1601" w:id="1569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контроль за развитием живых кормов, участие в подсчҰте их прироста и биомассы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1569"/>
+    <w:bookmarkStart w:name="z1602" w:id="1570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдение оптимальных условий выращивания живых кормов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1570"/>
+    <w:bookmarkStart w:name="z1603" w:id="1571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставление оперативных данных о состоянии кормовой базы и живых кормов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1571"/>
+    <w:bookmarkStart w:name="z1604" w:id="1572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение журналов учҰта наблюдений за биомассой зоопланктона, зообентоса и питания молоди рыб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1572"/>
+    <w:bookmarkStart w:name="z1605" w:id="1573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в подготовке годового отчҰта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1573"/>
+    <w:bookmarkStart w:name="z1606" w:id="1574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      174. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Земельный кодекс</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О противодействии коррупции"; </w:t>
+        <w:t xml:space="preserve"> "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О языках в Республике Казахстан";</w:t>
+        <w:t xml:space="preserve"> "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О государственном регулировании развития АПК"; </w:t>
+        <w:t xml:space="preserve"> "Об охране, воспроизводстве и использовании животного мира";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О карантине растений" (далее – Закон "О карантине растений");</w:t>
+        <w:t xml:space="preserve"> "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О защите растений" (далее – </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> "О защите растений");</w:t>
+        <w:t xml:space="preserve"> "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О семеноводстве" (далее – Закон "О семеноводстве");</w:t>
+        <w:t xml:space="preserve"> "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О науке";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...436 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституцию</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1616" w:id="1575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1575"/>
+    <w:bookmarkStart w:name="z1617" w:id="1576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1576"/>
+    <w:bookmarkStart w:name="z1618" w:id="1577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      175. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1577"/>
+    <w:bookmarkStart w:name="z1619" w:id="1578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1578"/>
+    <w:bookmarkStart w:name="z1620" w:id="1579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшая категория: высшее (или послевузовское) образование по направлениям рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) или биологические науки, стаж работы в I категории не менее 3 лет или по специальности не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1579"/>
+    <w:bookmarkStart w:name="z1621" w:id="1580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категория: высшее образование по направлениям рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) или биологические науки, стаж работы во II категории не менее 2 лет или по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1580"/>
+    <w:bookmarkStart w:name="z1622" w:id="1581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категория: высшее образование по направлениям рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) или биологические науки, стаж работы без категории не менее 1 года или по специальности не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1581"/>
+    <w:bookmarkStart w:name="z1623" w:id="1582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее образование по направлениям рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы) или биологические науки, стаж работы не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1582"/>
+    <w:bookmarkStart w:name="z1624" w:id="1583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1583"/>
+    <w:bookmarkStart w:name="z1625" w:id="1584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшая категория: техническое и профессиональное образование по специальности рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), стаж работы в I категории не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1584"/>
+    <w:bookmarkStart w:name="z1626" w:id="1585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категория: техническое и профессиональное образование по специальности рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), стаж работы во II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1585"/>
+    <w:bookmarkStart w:name="z1627" w:id="1586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категория: техническое и профессиональное образование по специальности рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), стаж работы без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1586"/>
+    <w:bookmarkStart w:name="z1628" w:id="1587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное образование по специальности рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), стаж работы не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1587"/>
+    <w:bookmarkStart w:name="z1629" w:id="1588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 31. Эколог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1588"/>
+    <w:bookmarkStart w:name="z1630" w:id="1589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176. Должностные обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1589"/>
+    <w:bookmarkStart w:name="z1631" w:id="1590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет контроль над соблюдением в подразделениях организации законодательства, инструкций, стандартов и нормативов по охране окружающей среды, способствует снижению вредного влияния производственных факторов на жизнь и здоровье работников; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1590"/>
+    <w:bookmarkStart w:name="z1632" w:id="1591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      разрабатывает проекты перспективных и текущих планов по охране окружающей среды, контролирует их выполнение; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1591"/>
+    <w:bookmarkStart w:name="z1633" w:id="1592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      участвует в проведении экологической экспертизы технико-экономических обоснований, проектов расширения и реконструкции действующих производств, а также создаваемых новых технологий и оборудования, разработке мероприятий по внедрению новой техники; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1592"/>
+    <w:bookmarkStart w:name="z1634" w:id="1593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принимает участие в проведении научно-исследовательских и опытных работ по очистке промышленных сточных вод, предотвращению загрязнения окружающей среды, выбросов вредных веществ в атмосферу, уменьшению или полной ликвидации технологических отходов, рациональному использованию земельных и водных ресурсов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1593"/>
+    <w:bookmarkStart w:name="z1635" w:id="1594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет контроль над соблюдением технологических режимов природоохранных объектов, анализирует их работу, следит за соблюдением экологических стандартов и нормативов, за состоянием окружающей среды в районе расположения организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1594"/>
+    <w:bookmarkStart w:name="z1636" w:id="1595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      составляет технологические регламенты, графики аналитического контроля, паспорта, инструкции и иную техническую документацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1595"/>
+    <w:bookmarkStart w:name="z1637" w:id="1596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      участвует в проверке соответствия технического состояния оборудования требованиям охраны окружающей среды и рационального природопользования; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1596"/>
+    <w:bookmarkStart w:name="z1638" w:id="1597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет установленную отчетность о выполнении мероприятий по охране окружающей среды, принимает участие в работе комиссий по проведению экологической экспертизы деятельности организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1597"/>
+    <w:bookmarkStart w:name="z1639" w:id="1598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1598"/>
+    <w:bookmarkStart w:name="z1640" w:id="1599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1599"/>
+    <w:bookmarkStart w:name="z1641" w:id="1600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1600"/>
+    <w:bookmarkStart w:name="z1642" w:id="1601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1601"/>
+    <w:bookmarkStart w:name="z1643" w:id="1602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1602"/>
+    <w:bookmarkStart w:name="z1644" w:id="1603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1603"/>
+    <w:bookmarkStart w:name="z1645" w:id="1604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1604"/>
+    <w:bookmarkStart w:name="z1646" w:id="1605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1605"/>
+    <w:bookmarkStart w:name="z1647" w:id="1606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1606"/>
+    <w:bookmarkStart w:name="z1648" w:id="1607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1607"/>
+    <w:bookmarkStart w:name="z1649" w:id="1608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1608"/>
+    <w:bookmarkStart w:name="z1650" w:id="1609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1609"/>
+    <w:bookmarkStart w:name="z1651" w:id="1610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178. Квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1610"/>
+    <w:bookmarkStart w:name="z1652" w:id="1611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      I категория: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров и стаж работы в должности эколога II категории не менее 2 лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1611"/>
+    <w:bookmarkStart w:name="z1653" w:id="1612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      II категория: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров и стаж работы в должности эколога без категории не менее 3 лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1612"/>
+    <w:bookmarkStart w:name="z1654" w:id="1613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1613"/>
+    <w:bookmarkStart w:name="z1655" w:id="1614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 32. Териолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1614"/>
+    <w:bookmarkStart w:name="z1656" w:id="1615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      179. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1615"/>
+    <w:bookmarkStart w:name="z1657" w:id="1616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение мониторинга популяций млекопитающих, обитающих в водных и прибрежных экосистемах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1616"/>
+    <w:bookmarkStart w:name="z1658" w:id="1617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ влияния млекопитающих на состояние рыбных ресурсов и экосистем в целом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1617"/>
+    <w:bookmarkStart w:name="z1659" w:id="1618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка и реализация мероприятий по охране и рациональному использованию млекопитающих в рамках рыбного хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1618"/>
+    <w:bookmarkStart w:name="z1660" w:id="1619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в экологических экспертизах и оценках воздействия на окружающую среду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1619"/>
+    <w:bookmarkStart w:name="z1661" w:id="1620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение учетно-отчетной документации и подготовка аналитических материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1620"/>
+    <w:bookmarkStart w:name="z1662" w:id="1621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1621"/>
+    <w:bookmarkStart w:name="z1663" w:id="1622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1622"/>
+    <w:bookmarkStart w:name="z1664" w:id="1623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1623"/>
+    <w:bookmarkStart w:name="z1665" w:id="1624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1624"/>
+    <w:bookmarkStart w:name="z1666" w:id="1625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1625"/>
+    <w:bookmarkStart w:name="z1667" w:id="1626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1626"/>
+    <w:bookmarkStart w:name="z1668" w:id="1627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1627"/>
+    <w:bookmarkStart w:name="z1669" w:id="1628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1628"/>
+    <w:bookmarkStart w:name="z1670" w:id="1629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1629"/>
+    <w:bookmarkStart w:name="z1671" w:id="1630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1630"/>
+    <w:bookmarkStart w:name="z1672" w:id="1631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры, методы мониторинга и оценки состояния популяций млекопитающих, основы экологии, зоологии и биологии водных экосистем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1631"/>
+    <w:bookmarkStart w:name="z1673" w:id="1632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1632"/>
+    <w:bookmarkStart w:name="z1674" w:id="1633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      181. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1633"/>
+    <w:bookmarkStart w:name="z1675" w:id="1634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1634"/>
+    <w:bookmarkStart w:name="z1676" w:id="1635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее (или послевузовское) образование по направлениям: биология, зоология, охрана окружающей среды или смежным специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1635"/>
+    <w:bookmarkStart w:name="z1677" w:id="1636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для высшей категории: стаж работы в должности специалиста I категории не менее 3 лет или общий стаж по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1636"/>
+    <w:bookmarkStart w:name="z1678" w:id="1637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для I категории: стаж работы в должности специалиста II категории не менее 2 лет или общий стаж по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1637"/>
+    <w:bookmarkStart w:name="z1679" w:id="1638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для II категории: стаж работы в должности без категории не менее 1 года или общий стаж по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1638"/>
+    <w:bookmarkStart w:name="z1680" w:id="1639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1639"/>
+    <w:bookmarkStart w:name="z1681" w:id="1640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 33. Метеоролог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1640"/>
+    <w:bookmarkStart w:name="z1682" w:id="1641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      182. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1641"/>
+    <w:bookmarkStart w:name="z1683" w:id="1642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение фенологических наблюдений за сезонными изменениями в природе (температура воды и воздуха, сроки ледостава, таяния льда, цветения, размножения гидробионтов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1642"/>
+    <w:bookmarkStart w:name="z1684" w:id="1643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сбор, анализ и интерпретация метеорологических данных (температура, давление, влажность, осадки, ветровые условия) для прогнозирования влияния климатических факторов на рыбные ресурсы и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1643"/>
+    <w:bookmarkStart w:name="z1685" w:id="1644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценка влияния погодных и климатических условий на нерест, миграцию и продуктивность видов рыб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1644"/>
+    <w:bookmarkStart w:name="z1686" w:id="1645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составление прогнозов и рекомендаций для оптимального ведения рыболовства, зарыбления, мелиоративных и охранных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1645"/>
+    <w:bookmarkStart w:name="z1687" w:id="1646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в разработке мероприятий по адаптации рыбного хозяйства к изменяющимся климатическим условиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1646"/>
+    <w:bookmarkStart w:name="z1688" w:id="1647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение отчетности, журналов наблюдений и предоставление аналитических справок в вышестоящие органы и научные учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1647"/>
+    <w:bookmarkStart w:name="z1689" w:id="1648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдение требований по охране труда, пожарной безопасности и экологическим нормам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1648"/>
+    <w:bookmarkStart w:name="z1690" w:id="1649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1649"/>
+    <w:bookmarkStart w:name="z1691" w:id="1650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1650"/>
+    <w:bookmarkStart w:name="z1692" w:id="1651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1651"/>
+    <w:bookmarkStart w:name="z1693" w:id="1652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1652"/>
+    <w:bookmarkStart w:name="z1694" w:id="1653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1653"/>
+    <w:bookmarkStart w:name="z1695" w:id="1654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1654"/>
+    <w:bookmarkStart w:name="z1696" w:id="1655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1655"/>
+    <w:bookmarkStart w:name="z1697" w:id="1656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1656"/>
+    <w:bookmarkStart w:name="z1698" w:id="1657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1657"/>
+    <w:bookmarkStart w:name="z1699" w:id="1658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1658"/>
+    <w:bookmarkStart w:name="z1700" w:id="1659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1659"/>
+    <w:bookmarkStart w:name="z1701" w:id="1660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      методы наблюдения и анализа фенологических явлений, влияющих на водные экосистемы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1660"/>
+    <w:bookmarkStart w:name="z1702" w:id="1661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принципы сбора, обработки и интерпретации метеорологических данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1661"/>
+    <w:bookmarkStart w:name="z1703" w:id="1662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использование специализированного программного обеспечения для моделирования климатических и экологических процессов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1662"/>
+    <w:bookmarkStart w:name="z1704" w:id="1663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      порядок внутреннего трудового распорядка, по безопасности и охране труда. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1663"/>
+    <w:bookmarkStart w:name="z1705" w:id="1664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      184. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1664"/>
+    <w:bookmarkStart w:name="z1706" w:id="1665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее профессиональное образование по специальностям: гидрометеорология, прикладная гидрометеорология или высшее образование в области физико-математических, естественных наук, техники и технологии с последующей профессиональной переподготовкой по направлению гидрометеорологии и мониторинга окружающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1665"/>
+    <w:bookmarkStart w:name="z1707" w:id="1666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      метеоролог: без предъявления требований к стажу работы при наличии профильного высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1666"/>
+    <w:bookmarkStart w:name="z1708" w:id="1667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      метеоролог I категории: стаж работы в должности метеоролога II категории не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1667"/>
+    <w:bookmarkStart w:name="z1709" w:id="1668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      метеоролог II категории: стаж работы в должности метеоролога не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1668"/>
+    <w:bookmarkStart w:name="z1710" w:id="1669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведущий метеоролог: стаж работы в должности метеоролога I категории не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1669"/>
+    <w:bookmarkStart w:name="z1711" w:id="1670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 34. Орнитолог</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1670"/>
+    <w:bookmarkStart w:name="z1712" w:id="1671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1671"/>
+    <w:bookmarkStart w:name="z1713" w:id="1672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои должностные обязанности под общим руководством генерального директора (директора), его заместителей и руководителя отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1672"/>
+    <w:bookmarkStart w:name="z1714" w:id="1673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции разрабатывает мероприятия по охране, воспроизводству и использованию рыбных ресурсов и других водных животных, обеспечивает выполнение планов по проведению мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1673"/>
+    <w:bookmarkStart w:name="z1715" w:id="1674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет наблюдение за поведением пернатых в окружающей среде, отслеживает направления их полетов, занимается проведением учетных работ и мониторинг жизни пернатых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1674"/>
+    <w:bookmarkStart w:name="z1716" w:id="1675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит мониторинг по недопущению массового заболевания пернатых, их гибели, при стихийных бедствиях или вследствие причин;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1675"/>
+    <w:bookmarkStart w:name="z1717" w:id="1676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры по недопущению гибели, сокращения численности или нарушения среды обитания редких и находящихся под угрозой исчезновения диких видов птиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1676"/>
+    <w:bookmarkStart w:name="z1718" w:id="1677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует проведение мероприятий по сохранению естественной среды обитания редких видов птиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1677"/>
+    <w:bookmarkStart w:name="z1719" w:id="1678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      186. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1678"/>
+    <w:bookmarkStart w:name="z1720" w:id="1679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1679"/>
+    <w:bookmarkStart w:name="z1721" w:id="1680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1680"/>
+    <w:bookmarkStart w:name="z1722" w:id="1681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1681"/>
+    <w:bookmarkStart w:name="z1723" w:id="1682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1682"/>
+    <w:bookmarkStart w:name="z1724" w:id="1683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "О государственном регулировании развития АПК"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1683"/>
+    <w:bookmarkStart w:name="z1725" w:id="1684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об особо охраняемых природных территориях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1684"/>
+    <w:bookmarkStart w:name="z1726" w:id="1685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1685"/>
+    <w:bookmarkStart w:name="z1727" w:id="1686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1686"/>
+    <w:bookmarkStart w:name="z1728" w:id="1687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1687"/>
+    <w:bookmarkStart w:name="z1729" w:id="1688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства, аквакультуры и особо охраняемых природных территорий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1688"/>
+    <w:bookmarkStart w:name="z1730" w:id="1689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1689"/>
+    <w:bookmarkStart w:name="z1731" w:id="1690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      187. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1690"/>
+    <w:bookmarkStart w:name="z1732" w:id="1691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1691"/>
+    <w:bookmarkStart w:name="z1733" w:id="1692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: лесное хозяйство (охотоведение и звероводство, лесные ресурсы и лесоводство), биологические и смежные науки и стаж работы в должности орнитолога высшего уровня квалификации I категории не менее 3 лет или стаж работы по соответствующему профилю организации не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1692"/>
+    <w:bookmarkStart w:name="z1734" w:id="1693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: лесное хозяйство (охотоведение и звероводство, лесные ресурсы и лесоводство), биологические и смежные науки и стаж работы в должности орнитолога высшего уровня квалификации II категории не менее 2 лет или стаж работы по соответствующему профилю организации не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1693"/>
+    <w:bookmarkStart w:name="z1735" w:id="1694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: лесное хозяйство (охотоведение и звероводство, лесные ресурсы и лесоводство), биологические и смежные науки и стаж работы в должности орнитолога высшего уровня квалификации без категории не менее 1 года или стаж работы по соответствующему профилю организации не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1694"/>
+    <w:bookmarkStart w:name="z1736" w:id="1695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: лесное хозяйство (охотоведение и звероводство, лесные ресурсы и лесоводство), биологические и смежные науки (биология) без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1695"/>
+    <w:bookmarkStart w:name="z1737" w:id="1696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1696"/>
+    <w:bookmarkStart w:name="z1738" w:id="1697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: охотоведение и звероводство и стаж работы в должности орнитолога среднего уровня квалификации I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1697"/>
+    <w:bookmarkStart w:name="z1739" w:id="1698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: охотоведение и звероводство и стаж работы в должности орнитолога среднего уровня квалификации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1698"/>
+    <w:bookmarkStart w:name="z1740" w:id="1699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: охотоведение и звероводство и стаж работы в должности орнитолога среднего уровня квалификации без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1699"/>
+    <w:bookmarkStart w:name="z1741" w:id="1700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: охотоведение и звероводство без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1700"/>
+    <w:bookmarkStart w:name="z1742" w:id="1701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 35. Инженер по природопользованию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1701"/>
+    <w:bookmarkStart w:name="z1743" w:id="1702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1702"/>
+    <w:bookmarkStart w:name="z1744" w:id="1703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и контроль использования природных ресурсов на особо охраняемых природных территориях, включая рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1703"/>
+    <w:bookmarkStart w:name="z1745" w:id="1704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка и реализация планов мероприятий по рациональному природопользованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1704"/>
+    <w:bookmarkStart w:name="z1746" w:id="1705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контроль за соблюдением законодательства в области охраны окружающей среды, рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1705"/>
+    <w:bookmarkStart w:name="z1747" w:id="1706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение разъяснительной работы среди населения и туристов по вопросам использования природных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1706"/>
+    <w:bookmarkStart w:name="z1748" w:id="1707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение необходимой документации и отчетности по природопользованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1707"/>
+    <w:bookmarkStart w:name="z1749" w:id="1708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      189. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1708"/>
+    <w:bookmarkStart w:name="z1750" w:id="1709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1709"/>
+    <w:bookmarkStart w:name="z1751" w:id="1710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1710"/>
+    <w:bookmarkStart w:name="z1752" w:id="1711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1711"/>
+    <w:bookmarkStart w:name="z1753" w:id="1712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1712"/>
+    <w:bookmarkStart w:name="z1754" w:id="1713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1713"/>
+    <w:bookmarkStart w:name="z1755" w:id="1714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1714"/>
+    <w:bookmarkStart w:name="z1756" w:id="1715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1715"/>
+    <w:bookmarkStart w:name="z1757" w:id="1716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1716"/>
+    <w:bookmarkStart w:name="z1758" w:id="1717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1717"/>
+    <w:bookmarkStart w:name="z1759" w:id="1718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1718"/>
+    <w:bookmarkStart w:name="z1760" w:id="1719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      знание законодательства Республики Казахстан в области охраны окружающей среды, природопользования, рыбного и водного хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1719"/>
+    <w:bookmarkStart w:name="z1761" w:id="1720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      понимание принципов устойчивого использования природных ресурсов, включая рыбных ресурсов и других водных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1720"/>
+    <w:bookmarkStart w:name="z1762" w:id="1721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      навыки разработки и реализации планов мероприятий по природопользованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1721"/>
+    <w:bookmarkStart w:name="z1763" w:id="1722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      умение проводить мониторинг и анализ состояния природных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1722"/>
+    <w:bookmarkStart w:name="z1764" w:id="1723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      навыки ведения отчетности и документации в соответствии с установленными требованиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1723"/>
+    <w:bookmarkStart w:name="z1765" w:id="1724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1724"/>
+    <w:bookmarkStart w:name="z1766" w:id="1725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190. Квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1725"/>
+    <w:bookmarkStart w:name="z1767" w:id="1726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1726"/>
+    <w:bookmarkStart w:name="z1768" w:id="1727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование (экология и природопользование, рыбное хозяйство, биологическое, географическое) и стаж работы в должности инженера высшего уровня квалификации I категории не менее 3 лет или стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1727"/>
+    <w:bookmarkStart w:name="z1769" w:id="1728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование (экология и природопользование, рыбное хозяйство, биологическое, географическое) и стаж работы в должности инженера высшего уровня квалификации II категории не менее 2 лет или стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1728"/>
+    <w:bookmarkStart w:name="z1770" w:id="1729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование (экология и природопользование, рыбное хозяйство, биологическое, географическое) и стаж работы в должности инженера высшего уровня квалификации без категории не менее 1 года или стаж работы по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1729"/>
+    <w:bookmarkStart w:name="z1771" w:id="1730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование (экология и природопользование, рыбное хозяйство, биологическое, географическое) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1730"/>
+    <w:bookmarkStart w:name="z1772" w:id="1731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1731"/>
+    <w:bookmarkStart w:name="z1773" w:id="1732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: среднее техническое и профессиональное образование (среднее специальное, среднее профессиональное) (экология и природопользование, рыбное хозяйство, биологическое, географическое) и стаж работы в должности инженера среднего уровня квалификации I категории не менее 3 лет или стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1732"/>
+    <w:bookmarkStart w:name="z1774" w:id="1733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: среднее техническое и профессиональное образование (среднее специальное, среднее профессиональное) (экология и природопользование, рыбное хозяйство, биологическое, географическое) и стаж работы в должности инженера среднего уровня квалификации II категории не менее 2 лет или стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1733"/>
+    <w:bookmarkStart w:name="z1775" w:id="1734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: среднее техническое и профессиональное образование (среднее специальное, среднее профессиональное) (экология и природопользование, рыбное хозяйство, биологическое, географическое) и стаж работы в должности инженера среднего уровня квалификации без категории не менее 1 года или стаж работы по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1734"/>
+    <w:bookmarkStart w:name="z1776" w:id="1735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: среднее техническое и профессиональное образование (среднее специальное, среднее профессиональное) (экология и природопользование, рыбное хозяйство, биологическое, географическое) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1735"/>
+    <w:bookmarkStart w:name="z1777" w:id="1736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 36. Инспектор по охране территории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1736"/>
+    <w:bookmarkStart w:name="z1778" w:id="1737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      191. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1737"/>
+    <w:bookmarkStart w:name="z1779" w:id="1738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет охрану природных комплексов на закрепленном участке, включающем охрану рыбных ресурсов и других водных животных, в том числе редких и находящихся под угрозой исчезновения видов рыб и других водных животных; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1738"/>
+    <w:bookmarkStart w:name="z1780" w:id="1739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принимает меры по предотвращению и пресечению нарушений законодательства Республики Казахстан в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1739"/>
+    <w:bookmarkStart w:name="z1781" w:id="1740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит рыбохозяйственные, биотехнические и учетные работы, а также мероприятия, направленные на охрану и восстановление природных комплексов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1740"/>
+    <w:bookmarkStart w:name="z1782" w:id="1741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      следит за сохранностью аншлагов, граничных столбов, знаков, мостов, постов, линий связи и поддерживает их исправное состояние; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1741"/>
+    <w:bookmarkStart w:name="z1783" w:id="1742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет разъяснительную работу среди населения по профилактике нарушений режима особо охраняемой природной территории; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1742"/>
+    <w:bookmarkStart w:name="z1784" w:id="1743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      оказывает содействие сотрудникам организации и сторонних организаций в проведении научных и научно-исследовательских работ, включая учет численности рыб и других водных животных; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1743"/>
+    <w:bookmarkStart w:name="z1785" w:id="1744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      составляет отчеты и другую документацию по выполнению производственных мероприятий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1744"/>
+    <w:bookmarkStart w:name="z1786" w:id="1745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает безопасное проведение работ, соблюдение правил и норм безопасности и охраны труда, производственной санитарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1745"/>
+    <w:bookmarkStart w:name="z1787" w:id="1746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      192. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1746"/>
+    <w:bookmarkStart w:name="z1788" w:id="1747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1747"/>
+    <w:bookmarkStart w:name="z1789" w:id="1748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1748"/>
+    <w:bookmarkStart w:name="z1790" w:id="1749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1749"/>
+    <w:bookmarkStart w:name="z1791" w:id="1750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1750"/>
+    <w:bookmarkStart w:name="z1792" w:id="1751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1751"/>
+    <w:bookmarkStart w:name="z1793" w:id="1752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1752"/>
+    <w:bookmarkStart w:name="z1794" w:id="1753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1753"/>
+    <w:bookmarkStart w:name="z1795" w:id="1754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "О науке"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1754"/>
+    <w:bookmarkStart w:name="z1796" w:id="1755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1755"/>
+    <w:bookmarkStart w:name="z1797" w:id="1756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1756"/>
+    <w:bookmarkStart w:name="z1798" w:id="1757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1757"/>
+    <w:bookmarkStart w:name="z1799" w:id="1758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1758"/>
+    <w:bookmarkStart w:name="z1800" w:id="1759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1759"/>
+    <w:bookmarkStart w:name="z1801" w:id="1760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), биологические и смежные науки (биология, география), сфера обслуживания (туризм) и стаж работы в должности инспектора высшего уровня квалификации I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1760"/>
+    <w:bookmarkStart w:name="z1802" w:id="1761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), биологические и смежные науки (биология), сфера обслуживания (туризм) и стаж работы в должности инспектора высшего уровня квалификации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1761"/>
+    <w:bookmarkStart w:name="z1803" w:id="1762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), биологические и смежные науки (биология), сфера обслуживания (туризм) и стаж работы в должности инспектора высшего уровня квалификации без категории не менее одного года или стаж работы по соответствующему профилю организации не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1762"/>
+    <w:bookmarkStart w:name="z1804" w:id="1763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), окружающая среда (экология), биологические и смежные науки (биология), сфера обслуживания (туризм) и без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1763"/>
+    <w:bookmarkStart w:name="z1805" w:id="1764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1764"/>
+    <w:bookmarkStart w:name="z1806" w:id="1765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам) и стаж работы в должности инспектора среднего уровня квалификации I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1765"/>
+    <w:bookmarkStart w:name="z1807" w:id="1766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам) и стаж работы в должности инспектора среднего уровня квалификации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1766"/>
+    <w:bookmarkStart w:name="z1808" w:id="1767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам) и стаж работы в должности инспектора среднего уровня квалификации без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1767"/>
+    <w:bookmarkStart w:name="z1809" w:id="1768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам) без предъявления требований к стажу работы или общее среднее образование со стажем работы по соответствующему профилю организации не менее трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1768"/>
+    <w:bookmarkStart w:name="z1810" w:id="1769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 37. Экскурсовод</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1769"/>
+    <w:bookmarkStart w:name="z1811" w:id="1770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      194. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1770"/>
+    <w:bookmarkStart w:name="z1812" w:id="1771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует экскурсии посетителей по особо охраняемой природной территории и его охранной зоне; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1771"/>
+    <w:bookmarkStart w:name="z1813" w:id="1772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      участвует в подготовке систематических выступлений специалистов в средствах массовой информации, в разработке, выпуске и реализации буклетов, фотоальбомов, в создании слайд-, кино- и видеофильмов, справочных материалов и иной информационно-издательской продукции, значков, сувениров, символики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1772"/>
+    <w:bookmarkStart w:name="z1814" w:id="1773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      участвует в подготовке и проведении лекций, бесед, выступлений в организациях по экологической тематике, а также эколого-просветительских мероприятий, в разработке экскурсионных и туристских маршрутов, ведет работу со средствами массовой информации, непосредственно занимается экскурсоводческой деятельностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1773"/>
+    <w:bookmarkStart w:name="z1815" w:id="1774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит предложения по созданию и функционированию экскурсионных и туристских маршрутов, обзорных площадок, информационных пунктов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1774"/>
+    <w:bookmarkStart w:name="z1816" w:id="1775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1775"/>
+    <w:bookmarkStart w:name="z1817" w:id="1776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1776"/>
+    <w:bookmarkStart w:name="z1818" w:id="1777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1777"/>
+    <w:bookmarkStart w:name="z1819" w:id="1778"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1778"/>
+    <w:bookmarkStart w:name="z1820" w:id="1779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1779"/>
+    <w:bookmarkStart w:name="z1821" w:id="1780"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1780"/>
+    <w:bookmarkStart w:name="z1822" w:id="1781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1781"/>
+    <w:bookmarkStart w:name="z1823" w:id="1782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1782"/>
+    <w:bookmarkStart w:name="z1824" w:id="1783"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1783"/>
+    <w:bookmarkStart w:name="z1825" w:id="1784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1784"/>
+    <w:bookmarkStart w:name="z1826" w:id="1785"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1785"/>
+    <w:bookmarkStart w:name="z1827" w:id="1786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      196. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1786"/>
+    <w:bookmarkStart w:name="z1828" w:id="1787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1787"/>
+    <w:bookmarkStart w:name="z1829" w:id="1788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), сфера обслуживания (туризм), окружающая среда (экология), биологические и смежные науки (биология, география), языки и литература (переводческое дело) и стаж работы в должности экскурсовода высшего уровня квалификации I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1788"/>
+    <w:bookmarkStart w:name="z1830" w:id="1789"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), сфера обслуживания (туризм), окружающая среда (экология), биологические и смежные науки (биология, география), языки и литература (переводческое дело) и стаж работы в должности экскурсовода высшего уровня квалификации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1789"/>
+    <w:bookmarkStart w:name="z1831" w:id="1790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), сфера обслуживания (туризм), окружающая среда (экология), биологические и смежные науки (биология, география), языки и литература (переводческое дело) и стаж работы в должности экскурсовода высшего уровня квалификации без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1790"/>
+    <w:bookmarkStart w:name="z1832" w:id="1791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), сфера обслуживания (туризм), окружающая среда (экология), биологические и смежные науки (биология, география), языки и литература (переводческое дело) без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1791"/>
+    <w:bookmarkStart w:name="z1833" w:id="1792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1792"/>
+    <w:bookmarkStart w:name="z1834" w:id="1793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), переводчик, туризм и стаж работы в должности экскурсовода среднего уровня квалификации I категории не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1793"/>
+    <w:bookmarkStart w:name="z1835" w:id="1794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), переводчик, туризм и стаж работы в должности экскурсовода среднего уровня квалификации II категории не менее 2 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1794"/>
+    <w:bookmarkStart w:name="z1836" w:id="1795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), переводчик, туризм и стаж работы в должности экскурсовода среднего уровня квалификации без категории не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1795"/>
+    <w:bookmarkStart w:name="z1837" w:id="1796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), переводчик, туризм без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1796"/>
+    <w:bookmarkStart w:name="z1838" w:id="1797"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 38. Хранитель фондов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1797"/>
+    <w:bookmarkStart w:name="z1839" w:id="1798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1798"/>
+    <w:bookmarkStart w:name="z1840" w:id="1799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение сохранности музейных предметов и коллекций, включая их учет, хранение и консервацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1799"/>
+    <w:bookmarkStart w:name="z1841" w:id="1800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и проведение инвентаризации фондов, ведение соответствующей документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1800"/>
+    <w:bookmarkStart w:name="z1842" w:id="1801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в подготовке и оформлении выставок, экспозиций и других мероприятий, связанных с представлением фондовых материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1801"/>
+    <w:bookmarkStart w:name="z1843" w:id="1802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудничество с научными сотрудниками, реставраторами и другими специалистами для обеспечения надлежащего состояния и представления фондов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1802"/>
+    <w:bookmarkStart w:name="z1844" w:id="1803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение соблюдения правил и норм охраны труда, техники безопасности и противопожарной безопасности при работе с фондами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1803"/>
+    <w:bookmarkStart w:name="z1845" w:id="1804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1804"/>
+    <w:bookmarkStart w:name="z1846" w:id="1805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1805"/>
+    <w:bookmarkStart w:name="z1847" w:id="1806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1806"/>
+    <w:bookmarkStart w:name="z1848" w:id="1807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1807"/>
+    <w:bookmarkStart w:name="z1849" w:id="1808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1808"/>
+    <w:bookmarkStart w:name="z1850" w:id="1809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1809"/>
+    <w:bookmarkStart w:name="z1851" w:id="1810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1810"/>
+    <w:bookmarkStart w:name="z1852" w:id="1811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1811"/>
+    <w:bookmarkStart w:name="z1853" w:id="1812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1812"/>
+    <w:bookmarkStart w:name="z1854" w:id="1813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1813"/>
+    <w:bookmarkStart w:name="z1855" w:id="1814"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      знание законодательства Республики Казахстан в области охраны и использования объектов культурного наследия, музейного дела и природоохранной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1814"/>
+    <w:bookmarkStart w:name="z1856" w:id="1815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      понимание основ биологии, экологии и рыбного хозяйства, особенно в контексте экспонатов и коллекций, связанных с рыбными ресурсами и другими водными животными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1815"/>
+    <w:bookmarkStart w:name="z1857" w:id="1816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      навыки работы с учетной документацией, базами данных и другими информационными системами, используемыми в музейной практике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1816"/>
+    <w:bookmarkStart w:name="z1858" w:id="1817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      умение проводить инвентаризацию, идентификацию и классификацию музейных предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1817"/>
+    <w:bookmarkStart w:name="z1859" w:id="1818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      знание методов консервации и реставрации экспонатов, а также условий их хранения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1818"/>
+    <w:bookmarkStart w:name="z1860" w:id="1819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1819"/>
+    <w:bookmarkStart w:name="z1861" w:id="1820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199. Квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1820"/>
+    <w:bookmarkStart w:name="z1862" w:id="1821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: биологические науки, экология, природопользование, музейное дело или смежные области и стаж работы не менее 3 лет в области музейного дела, охраны природы или смежных сферах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1821"/>
+    <w:bookmarkStart w:name="z1863" w:id="1822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 39. Специалист по рекреации и туризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1822"/>
+    <w:bookmarkStart w:name="z1864" w:id="1823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      200. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1823"/>
+    <w:bookmarkStart w:name="z1865" w:id="1824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет текущее и перспективное планирование работ по организации и развитию регулируемого туризма и рекреации, а также оказанию платных услуг при осуществлении туристской и рекреационной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1824"/>
+    <w:bookmarkStart w:name="z1866" w:id="1825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает предоставление материалов по рекреации и туризму при разработке генерального плана развития инфраструктуры природоохранной организации, обеспечивает его исполнение в части осуществления туристской и рекреационной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1825"/>
+    <w:bookmarkStart w:name="z1867" w:id="1826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает осуществление текущего и перспективного планирования работ по организации и развитию регулируемого туризма и рекреации, а также оказанию платных услуг при осуществлении туристской и рекреационной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1826"/>
+    <w:bookmarkStart w:name="z1868" w:id="1827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в подготовке тендерной документации для получения земельных участков в краткосрочное и долгосрочное пользование с целью осуществления на них туристской и рекреационной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1827"/>
+    <w:bookmarkStart w:name="z1869" w:id="1828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает предоставление всех видов отчетности и информации по туристской и рекреационной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1828"/>
+    <w:bookmarkStart w:name="z1870" w:id="1829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует экскурсии по особо охраняемой природной территории, подготавливает к изданию брошюры, буклеты и другие информационные материалы о работе организации, а также популяризирующие образ жизни рыб и других водных животных, взаимодействует с научными работниками, с туристскими и образовательными учреждениями и общественностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1829"/>
+    <w:bookmarkStart w:name="z1871" w:id="1830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводит лекции, беседы, показ слайдов и научно-популярных видеофильмов о природе среди местного населения и посетителей, разрабатывает экскурсионные тексты по научно-познавательным, туристско-экскурсионным маршрутам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1830"/>
+    <w:bookmarkStart w:name="z1872" w:id="1831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      непосредственно занимается экскурсоводческой деятельностью, участвует в разработке туристских маршрутов по особо охраняемой природной территории и прилегающим к нему территориям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1831"/>
+    <w:bookmarkStart w:name="z1873" w:id="1832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      освещает в местных средствах массовой информации проблемы и события, связанные с местной природой и особо охраняемой природной территорией, регулярно готовит пресс-релизы для местных журналистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1832"/>
+    <w:bookmarkStart w:name="z1874" w:id="1833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит предложения по созданию и функционированию экскурсионных и туристских маршрутов, обзорных площадок, информационных пунктов, взаимодействует с общественными природоохранными организациями, участвует в подготовке систематических выступлений специалистов в средствах массовой информации, в разработке, выпуске и реализации буклетов, фотоальбомов, в создании слайд-, кино- и видеофильмов, справочных материалов и иной информационно-издательской продукции, значков, сувениров, символики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1833"/>
+    <w:bookmarkStart w:name="z1875" w:id="1834"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      несет ответственность за осуществление работы по туризму, разработку экскурсионных текстов, распространение информации о работе туристских маршрутов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1834"/>
+    <w:bookmarkStart w:name="z1876" w:id="1835"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      201. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1835"/>
+    <w:bookmarkStart w:name="z1877" w:id="1836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1836"/>
+    <w:bookmarkStart w:name="z1878" w:id="1837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1837"/>
+    <w:bookmarkStart w:name="z1879" w:id="1838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1838"/>
+    <w:bookmarkStart w:name="z1880" w:id="1839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1839"/>
+    <w:bookmarkStart w:name="z1881" w:id="1840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1840"/>
+    <w:bookmarkStart w:name="z1882" w:id="1841"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1841"/>
+    <w:bookmarkStart w:name="z1883" w:id="1842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1842"/>
+    <w:bookmarkStart w:name="z1884" w:id="1843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1843"/>
+    <w:bookmarkStart w:name="z1885" w:id="1844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1844"/>
+    <w:bookmarkStart w:name="z1886" w:id="1845"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1845"/>
+    <w:bookmarkStart w:name="z1887" w:id="1846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1846"/>
+    <w:bookmarkStart w:name="z1888" w:id="1847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) cпециалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1847"/>
+    <w:bookmarkStart w:name="z1889" w:id="1848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), окружающая среда (экология, география), биологические и смежные науки (биология), сфера обслуживания (туризм) и стаж работы в должности специалиста высшего уровня квалификации I категории не менее 3 лет или стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1848"/>
+    <w:bookmarkStart w:name="z1890" w:id="1849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), окружающая среда (география), сфера обслуживания (туризм) и стаж работы в должности специалиста высшего уровня квалификации II категории не менее 2 лет или стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1849"/>
+    <w:bookmarkStart w:name="z1891" w:id="1850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), окружающая среда (география), сфера обслуживания (туризм) и стаж работы в должности специалиста высшего уровня квалификации без категории не менее 1 года или стаж работы по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1850"/>
+    <w:bookmarkStart w:name="z1892" w:id="1851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), окружающая среда (география), сфера обслуживания (туризм) без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1851"/>
+    <w:bookmarkStart w:name="z1893" w:id="1852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) cпециалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1852"/>
+    <w:bookmarkStart w:name="z1894" w:id="1853"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование по одной из следующих специальностей: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), право (юриспруденция), туризм и стаж работы в должности специалиста среднего уровня квалификации I категории не менее 3 лет или стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1853"/>
+    <w:bookmarkStart w:name="z1895" w:id="1854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование по одной из следующих специальностей: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), право (юриспруденция), туризм и стаж работы в должности специалиста среднего уровня квалификации II категории не менее 2 лет или стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1854"/>
+    <w:bookmarkStart w:name="z1896" w:id="1855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование по одной из следующих специальностей: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), право (юриспруденция), туризм и стаж работы в должности специалиста среднего уровня квалификации без категории не менее 1 года или стаж работы по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1855"/>
+    <w:bookmarkStart w:name="z1897" w:id="1856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование по специальностям: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), право (юриспруденция), туризм без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1856"/>
+    <w:bookmarkStart w:name="z1898" w:id="1857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 40. Специалист по экологическому просвещению</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1857"/>
+    <w:bookmarkStart w:name="z1899" w:id="1858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      203. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1858"/>
+    <w:bookmarkStart w:name="z1900" w:id="1859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит работу по экологическому просвещению населения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1859"/>
+    <w:bookmarkStart w:name="z1901" w:id="1860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      представляет все виды отчетности и информации по экологическому просвещению природоохранной организации, анализирует выполнение мероприятий, вносит предложения, направленные на их улучшение; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1860"/>
+    <w:bookmarkStart w:name="z1902" w:id="1861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подготавливает к изданию брошюры, буклеты и другие информационные материалы о работе организации, а также популяризирующие образ жизни рыб и других водных животных; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1861"/>
+    <w:bookmarkStart w:name="z1903" w:id="1862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      взаимодействует с научными и общественными организациями, с сотрудниками других особо охраняемых природных территорий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1862"/>
+    <w:bookmarkStart w:name="z1904" w:id="1863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принимает участие в разработке плана методических работ по детскому экологическому просвещению и непосредственно осуществляет его; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1863"/>
+    <w:bookmarkStart w:name="z1905" w:id="1864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит лекции, беседы, показ слайдов и научно-популярных видеофильмов о природе среди местного населения и туристов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1864"/>
+    <w:bookmarkStart w:name="z1906" w:id="1865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает визит-центр, музей природы новыми периодическими материалами в области пропаганды идей сохранения биоразнообразия; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1865"/>
+    <w:bookmarkStart w:name="z1907" w:id="1866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      освещает в средствах массовой информации проблемы и события, связанные с местной природой и особо охраняемой природной территорией, регулярно готовит пресс-релизы для журналистов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1866"/>
+    <w:bookmarkStart w:name="z1908" w:id="1867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выполняет работы, связанные с созданием и функционированием визит-центра, музея-природы постоянно действующих и передвижных выставок и экспозиций; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1867"/>
+    <w:bookmarkStart w:name="z1909" w:id="1868"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      вносит предложения по созданию и функционированию экскурсионных и туристских маршрутов, обзорных площадок, информационных пунктов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1868"/>
+    <w:bookmarkStart w:name="z1910" w:id="1869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в подготовке выступлений специалистов особо охраняемой природной территории в средствах массовой информации, в разработке, выпуске и реализации буклетов, фотоальбомов, в создании слайд-, кино- и видеофильмов, справочных материалов и иной информационно-издательской продукции, значков, сувениров, символики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1869"/>
+    <w:bookmarkStart w:name="z1911" w:id="1870"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      204. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Земельный кодекс</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5158,51 +39770,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О противодействии коррупции";</w:t>
+        <w:t xml:space="preserve"> "О языках в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5214,51 +39826,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О языках в Республике Казахстан"; </w:t>
+        <w:t xml:space="preserve"> "О ветеринарии";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5270,51 +39882,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О карантине растений";</w:t>
+        <w:t xml:space="preserve"> "Об охране, воспроизводстве и использовании животного мира";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5326,51 +39938,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О защите растений"; </w:t>
+        <w:t xml:space="preserve"> "О государственном регулировании развития АПК";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5382,51 +39994,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О семеноводстве";</w:t>
+        <w:t xml:space="preserve"> "Об особо охраняемых природных территориях"; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5438,27543 +40050,5161 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О государственном регулировании развития АПК";</w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z187" w:id="139"/>
+        <w:t xml:space="preserve"> "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...406 lines deleted...]
-    <w:bookmarkEnd w:id="159"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституцию</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Земельный кодекс</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1921" w:id="1871"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1871"/>
+    <w:bookmarkStart w:name="z1922" w:id="1872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1872"/>
+    <w:bookmarkStart w:name="z1923" w:id="1873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      205. Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1873"/>
+    <w:bookmarkStart w:name="z1924" w:id="1874"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) cпециалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1874"/>
+    <w:bookmarkStart w:name="z1925" w:id="1875"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: сфера обслуживания (туризм), рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки (биология), окружающая среда (экология, география) и стаж работы в должности специалиста высшего уровня квалификации I категории не менее 3 лет или стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1875"/>
+    <w:bookmarkStart w:name="z1926" w:id="1876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: сфера обслуживания (туризм), рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки (биология), окружающая среда (экология, география) и стаж работы в должности специалиста высшего уровня квалификации II категории не менее 2 лет или стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1876"/>
+    <w:bookmarkStart w:name="z1927" w:id="1877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: сфера обслуживания (туризм), рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки (биология), окружающая среда (экология, география) и стаж работы в должности специалиста высшего уровня квалификации без категории не менее 1 года или стаж работы по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1877"/>
+    <w:bookmarkStart w:name="z1928" w:id="1878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: сфера обслуживания (туризм), рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), право (юриспруденция), биологические и смежные науки (биология), окружающая среда (экология, география) без предъявления требований к стажу работы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1878"/>
+    <w:bookmarkStart w:name="z1929" w:id="1879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) cпециалист среднего уровня квалификации высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), туризм и стаж работы в должности специалиста среднего уровня квалификации I категории не менее 3 лет или стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1879"/>
+    <w:bookmarkStart w:name="z1930" w:id="1880"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), туризм и стаж работы в должности специалиста среднего уровня квалификации II категории не менее 2 лет или стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1880"/>
+    <w:bookmarkStart w:name="z1931" w:id="1881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), туризм и стаж работы в должности специалиста среднего уровня квалификации без категории не менее 1 года или стаж работы по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1881"/>
+    <w:bookmarkStart w:name="z1932" w:id="1882"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: рыбное хозяйство (технология рыбных продуктов, промышленное рыболовство, ихтиология, аквакультура и водные биоресурсы), экология и природоохранная деятельность (по видам), туризм без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1882"/>
+    <w:bookmarkStart w:name="z1933" w:id="1883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 41. Старший помощник капитана</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1883"/>
+    <w:bookmarkStart w:name="z1934" w:id="1884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      206. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1884"/>
+    <w:bookmarkStart w:name="z1935" w:id="1885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает техническую эксплуатацию и содержание своего заведования в соответствии с правилами технической эксплуатации, инструкциями заводов-изготовителей и другими нормативно-техническими документами, издаваемые уполномоченным органом в сфере внутреннего водного транспорта и судовладельцем; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1885"/>
+    <w:bookmarkStart w:name="z1936" w:id="1886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и проводит судовые работы по палубной и машинной частям, судовым вспомогательным механизмам и устройствам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1886"/>
+    <w:bookmarkStart w:name="z1937" w:id="1887"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      составляет графики проведения судовых работ и распределяет обязанности членов экипажа по их выполнению; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1887"/>
+    <w:bookmarkStart w:name="z1938" w:id="1888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет и хранит регистровую и другую техническую документацию по своему заведованию, по техническим уходам и ремонту двигателей, вспомогательных механизмов, оборудования, систем и устройств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1888"/>
+    <w:bookmarkStart w:name="z1939" w:id="1889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет учет и расходование продуктов питания и материалов, отчетность; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1889"/>
+    <w:bookmarkStart w:name="z1940" w:id="1890"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      утверждает меню питания экипажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1890"/>
+    <w:bookmarkStart w:name="z1941" w:id="1891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает прохождение членами экипажа медицинских осмотров, размещение их на судне и порядок на камбузе, в машинном отделении, жилых и служебных помещениях; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1891"/>
+    <w:bookmarkStart w:name="z1942" w:id="1892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      несет установленную Уставом службы на судах или нанимателем (судовладельцем) вахту (непосредственное управление судном) с заполнением вахтенного (машинного) журнала; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1892"/>
+    <w:bookmarkStart w:name="z1943" w:id="1893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает во время несения вахты соблюдение трудовой дисциплины членами экипажа, находящимися совместно на вахте, выполнение требований нормативных правовых актов (документов) по безопасности и охране труда, пожарной безопасности, электробезопасности, безопасной эксплуатации судовых систем, оборудования и устройств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1893"/>
+    <w:bookmarkStart w:name="z1944" w:id="1894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает обучение и проверку знаний судовой команды по охране труда, пожарной безопасности, электробезопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1894"/>
+    <w:bookmarkStart w:name="z1945" w:id="1895"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проверяет выполнение действий по тревогам "человек за бортом", "шлюпочная", "общесудовая"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1895"/>
+    <w:bookmarkStart w:name="z1946" w:id="1896"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит испытание силовых судовых установок, систем, оборудования и устройств во время ходовых и швартовных испытаний судна после зимнего (капитального) ремонта или длительного отстоя; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1896"/>
+    <w:bookmarkStart w:name="z1947" w:id="1897"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует снабжение судна топливом и горюче-смазочными материалами, машинным инвентарем и запчастями; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1897"/>
+    <w:bookmarkStart w:name="z1948" w:id="1898"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      при постановке судна на ремонт (отстой) уточняет объемы ремонта по машинной части; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1898"/>
+    <w:bookmarkStart w:name="z1949" w:id="1899"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение требований нормативных правовых актов (документов) по безопасности и охране труда, пожарной безопасности, электробезопасности и экологии членами экипажа вахтенной службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1899"/>
+    <w:bookmarkStart w:name="z1950" w:id="1900"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в период плавания и обеспечивает надлежащее крепление палубных устройств и грузов, организует и ведет наблюдение за водонепроницаемостью корпуса, руководит работами по подготовке судна к плаванию в условиях обледенения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1900"/>
+    <w:bookmarkStart w:name="z1951" w:id="1901"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает трудовую и производственную дисциплину, правила внутреннего трудового распорядка, требования по безопасности и охране труда, производственной санитарии и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1901"/>
+    <w:bookmarkStart w:name="z1952" w:id="1902"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1902"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Закон</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> "О противодействии коррупции";</w:t>
+        <w:t>Трудовой Кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О языках в Республике Казахстан";</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> "О внутреннем водном транспорте";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1955" w:id="1903"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устав службы на судах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1903"/>
+    <w:bookmarkStart w:name="z1956" w:id="1904"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила плавания по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1904"/>
+    <w:bookmarkStart w:name="z1957" w:id="1905"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила технической эксплуатации судов внутреннего водного плавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1905"/>
+    <w:bookmarkStart w:name="z1958" w:id="1906"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила выдачи и ведения судовых документов для судов, осуществляющих судоходство по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1906"/>
+    <w:bookmarkStart w:name="z1959" w:id="1907"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к минимальному составу экипажей судов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1907"/>
+    <w:bookmarkStart w:name="z1960" w:id="1908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...21 lines deleted...]
-    </w:p>
+      принципы эксплуатации, устройство, назначение, правила расстановки знаков навигационной обстановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1908"/>
+    <w:bookmarkStart w:name="z1961" w:id="1909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...21 lines deleted...]
-    </w:p>
+      общую лоцию водных путей, специальную лоцию разрабатываемого участка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1909"/>
+    <w:bookmarkStart w:name="z1962" w:id="1910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...21 lines deleted...]
-    </w:p>
+      конструктивные, технические и эксплуатационные данные судна, судовых силовых и двигательных установок, вспомогательного оборудования, систем и устройств, средств радионавигации и электрообеспечения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1910"/>
+    <w:bookmarkStart w:name="z1963" w:id="1911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...39 lines deleted...]
-    </w:p>
+      принцип действия и устройство двигателя внутреннего сгорания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1911"/>
+    <w:bookmarkStart w:name="z1964" w:id="1912"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      звуковую и световую сигнализацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1912"/>
+    <w:bookmarkStart w:name="z1965" w:id="1913"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      элементарные сведения об электротехнике и оптике; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1913"/>
+    <w:bookmarkStart w:name="z1966" w:id="1914"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      правила внутреннего трудового распорядка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1914"/>
+    <w:bookmarkStart w:name="z1967" w:id="1915"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      требования по безопасности и охране труда, производственной санитарии и пожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1915"/>
+    <w:bookmarkStart w:name="z1968" w:id="1916"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      основы ведения технической документации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1916"/>
+    <w:bookmarkStart w:name="z1969" w:id="1917"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1917"/>
+    <w:bookmarkStart w:name="z1970" w:id="1918"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1918"/>
+    <w:bookmarkStart w:name="z1971" w:id="1919"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее профессиональное (техническое) образование, диплом первого помощника капитана 1, 2, 3, 4 групп судов и стаж плавания в командных должностях не менее 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1919"/>
+    <w:bookmarkStart w:name="z1972" w:id="1920"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1920"/>
+    <w:bookmarkStart w:name="z1973" w:id="1921"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техническое и профессиональное (среднее специальное, среднее профессиональное) образование, диплом первого помощника капитана 1, 2, 3, 4 групп судов и стаж плавания в командных должностях не менее 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1921"/>
+    <w:bookmarkStart w:name="z1974" w:id="1922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 42. Первый помощник капитана (первый штурман)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1922"/>
+    <w:bookmarkStart w:name="z1975" w:id="1923"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      209. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1923"/>
+    <w:bookmarkStart w:name="z1976" w:id="1924"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает техническую эксплуатацию и содержание своего заведования в соответствии с правилами технической эксплуатации, инструкциями заводов-изготовителей и другими нормативно-техническими документами, издаваемые уполномоченным органом в сфере внутреннего водного транспорта и судовладельцем; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1924"/>
+    <w:bookmarkStart w:name="z1977" w:id="1925"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и проводит судовые работы по палубной и машинной частям, судовым вспомогательным механизмам и устройствам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1925"/>
+    <w:bookmarkStart w:name="z1978" w:id="1926"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      составляет графики проведения судовых работ и распределяет обязанности членов экипажа по их выполнению; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1926"/>
+    <w:bookmarkStart w:name="z1979" w:id="1927"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет и хранит регистровую и другую техническую документацию по своему заведованию, по техническим уходам и ремонту двигателей, вспомогательных механизмов, оборудования, систем и устройств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1927"/>
+    <w:bookmarkStart w:name="z1980" w:id="1928"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет учет и расходование продуктов питания и материалов, отчетность; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1928"/>
+    <w:bookmarkStart w:name="z1981" w:id="1929"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      утверждает меню питания экипажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1929"/>
+    <w:bookmarkStart w:name="z1982" w:id="1930"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает прохождение членами экипажа медицинских осмотров, размещение их на судне и порядок на камбузе, в машинном отделении, жилых и служебных помещениях; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1930"/>
+    <w:bookmarkStart w:name="z1983" w:id="1931"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      несет установленную Уставом службы на судах или нанимателем (судовладельцем) вахту (непосредственное управление судном) с заполнением вахтенного (машинного) журнала; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1931"/>
+    <w:bookmarkStart w:name="z1984" w:id="1932"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает во время несения вахты соблюдение трудовой дисциплины членами экипажа, находящимися совместно на вахте, выполнение требований нормативных правовых актов (документов) по безопасности и охране труда, пожарной безопасности, электробезопасности, безопасной эксплуатации судовых систем, оборудования и устройств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1932"/>
+    <w:bookmarkStart w:name="z1985" w:id="1933"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает обучение и проверку знаний судовой команды по охране труда, пожарной безопасности, электробезопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1933"/>
+    <w:bookmarkStart w:name="z1986" w:id="1934"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проверяет выполнение действий по тревогам "человек за бортом", "шлюпочная", "общесудовая"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1934"/>
+    <w:bookmarkStart w:name="z1987" w:id="1935"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит испытание силовых судовых установок, систем, оборудования и устройств во время ходовых и швартовных испытаний судна после зимнего (капитального) ремонта или длительного отстоя; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1935"/>
+    <w:bookmarkStart w:name="z1988" w:id="1936"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организует снабжение судна топливом и горюче-смазочными материалами, машинным инвентарем и запчастями; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1936"/>
+    <w:bookmarkStart w:name="z1989" w:id="1937"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      при постановке судна на ремонт (отстой) уточняет объемы ремонта по машинной части; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1937"/>
+    <w:bookmarkStart w:name="z1990" w:id="1938"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение требований нормативных правовых актов (документов) по безопасности и охране труда, пожарной безопасности, электробезопасности и экологии членами экипажа вахтенной службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1938"/>
+    <w:bookmarkStart w:name="z1991" w:id="1939"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в период плавания и обеспечивает надлежащее крепление палубных устройств и грузов, организует и ведет наблюдение за водонепроницаемостью корпуса, руководит работами по подготовке судна к плаванию в условиях обледенения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1939"/>
+    <w:bookmarkStart w:name="z1992" w:id="1940"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает трудовую и производственную дисциплину, правила внутреннего трудового распорядка, требования по безопасности и охране труда, производственной санитарии и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1940"/>
+    <w:bookmarkStart w:name="z1993" w:id="1941"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1941"/>
+    <w:bookmarkStart w:name="z1994" w:id="1942"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Трудовой Кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1942"/>
+    <w:bookmarkStart w:name="z1995" w:id="1943"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О внутреннем водном транспорте";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1943"/>
+    <w:bookmarkStart w:name="z1996" w:id="1944"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устав службы на судах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1944"/>
+    <w:bookmarkStart w:name="z1997" w:id="1945"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила плавания по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1945"/>
+    <w:bookmarkStart w:name="z1998" w:id="1946"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила технической эксплуатации судов внутреннего водного плавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1946"/>
+    <w:bookmarkStart w:name="z1999" w:id="1947"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила выдачи и ведения судовых документов для судов, осуществляющих судоходство по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1947"/>
+    <w:bookmarkStart w:name="z2000" w:id="1948"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к минимальному составу экипажей судов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1948"/>
+    <w:bookmarkStart w:name="z2001" w:id="1949"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принципы эксплуатации, устройство, назначение, правила расстановки знаков навигационной обстановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1949"/>
+    <w:bookmarkStart w:name="z2002" w:id="1950"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      общую лоцию водных путей, специальную лоцию разрабатываемого участка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1950"/>
+    <w:bookmarkStart w:name="z2003" w:id="1951"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      конструктивные, технические и эксплуатационные данные судна, судовых силовых и двигательных установок, вспомогательного оборудования, систем и устройств, средств радионавигации и электрообеспечения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1951"/>
+    <w:bookmarkStart w:name="z2004" w:id="1952"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принцип действия и устройство двигателя внутреннего сгорания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1952"/>
+    <w:bookmarkStart w:name="z2005" w:id="1953"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      звуковую и световую сигнализацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1953"/>
+    <w:bookmarkStart w:name="z2006" w:id="1954"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      элементарные сведения об электротехнике и оптике; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1954"/>
+    <w:bookmarkStart w:name="z2007" w:id="1955"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      правила внутреннего трудового распорядка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1955"/>
+    <w:bookmarkStart w:name="z2008" w:id="1956"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      требования по безопасности и охране труда, производственной санитарии и пожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1956"/>
+    <w:bookmarkStart w:name="z2009" w:id="1957"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      основы ведения технической документации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1957"/>
+    <w:bookmarkStart w:name="z2010" w:id="1958"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1958"/>
+    <w:bookmarkStart w:name="z2011" w:id="1959"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1959"/>
+    <w:bookmarkStart w:name="z2012" w:id="1960"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее профессиональное (техническое) образование, диплом первого помощника капитана 1, 2, 3, 4 групп судов и стаж плавания в командных должностях не менее 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1960"/>
+    <w:bookmarkStart w:name="z2013" w:id="1961"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1961"/>
+    <w:bookmarkStart w:name="z2014" w:id="1962"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техническое и профессиональное (среднее специальное, среднее профессиональное) образование, диплом первого помощника капитана 1, 2, 3, 4 групп судов и стаж плавания в командных должностях не менее 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1962"/>
+    <w:bookmarkStart w:name="z2015" w:id="1963"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 43. Второй помощник капитана (второй штурман)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1963"/>
+    <w:bookmarkStart w:name="z2016" w:id="1964"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1964"/>
+    <w:bookmarkStart w:name="z2017" w:id="1965"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает подготовку грузовых помещений и совместно с первым помощником механика проверяет готовность грузовых устройств к приему грузов, правильное использование грузоподъемных устройств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1965"/>
+    <w:bookmarkStart w:name="z2018" w:id="1966"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следит за соблюдением правил безопасности и охраны труда членами экипажа при грузовых операциях на судне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1966"/>
+    <w:bookmarkStart w:name="z2019" w:id="1967"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает выполнение санитарных правил и правил пожарной безопасности при погрузке, размещении, перевозке и выгрузке грузов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1967"/>
+    <w:bookmarkStart w:name="z2020" w:id="1968"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      следит за правильным открытием и закрытием грузовых помещений, не допускает, чтобы при закрытии в них оставались люди; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1968"/>
+    <w:bookmarkStart w:name="z2021" w:id="1969"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      присутствует при опломбировании грузовых помещений и проверяет сохранность пломб; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1969"/>
+    <w:bookmarkStart w:name="z2022" w:id="1970"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      следит за состоянием груза и поддержанием температурного режима и режима вентиляции в грузовых помещениях в процессе погрузки, перевозки и выгрузки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1970"/>
+    <w:bookmarkStart w:name="z2023" w:id="1971"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает техническую эксплуатацию и содержание палубных механизмов, закрепленных за ним расписанием по заведованию, в соответствии с правилами технической эксплуатации, инструкциями заводов-изготовителей и другими нормативно-техническими документами, издаваемыми судовладельцем; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1971"/>
+    <w:bookmarkStart w:name="z2024" w:id="1972"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      устраняет лично или с привлечением выделенных ему специалистов отказы судовой техники своего заведования; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1972"/>
+    <w:bookmarkStart w:name="z2025" w:id="1973"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      руководит подчиненными специалистами, обеспечивает выполнение ими правил и инструкций по безопасности и охране труда и пожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1973"/>
+    <w:bookmarkStart w:name="z2026" w:id="1974"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      составляет календарные графики технического обслуживания и ремонтные ведомости, обеспечивает полноту объема и качество технического обслуживания и ремонта судовой техники своего заведования, выполняемые береговыми и судовыми специалистами; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1974"/>
+    <w:bookmarkStart w:name="z2027" w:id="1975"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет установленную техническую документацию по своему заведованию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1975"/>
+    <w:bookmarkStart w:name="z2028" w:id="1976"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает установку и действие рабочих и контрольных створов прорези; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1976"/>
+    <w:bookmarkStart w:name="z2029" w:id="1977"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет в произвольной форме путевой журнал, грузовую книгу и другое делопроизводство по перевозке грузов, составляет и представляет командиру на подпись грузовой отчет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1977"/>
+    <w:bookmarkStart w:name="z2030" w:id="1978"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      оформляет, в установленном порядке, случаи недостачи, утраты или повреждения груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1978"/>
+    <w:bookmarkStart w:name="z2031" w:id="1979"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      докладывает первому помощнику командира о готовности своего заведования к рейсу; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1979"/>
+    <w:bookmarkStart w:name="z2032" w:id="1980"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает трудовую и производственную дисциплину, правила внутреннего трудового распорядка, требования по безопасности и охране труда, производственной санитарии и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1980"/>
+    <w:bookmarkStart w:name="z2033" w:id="1981"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1981"/>
+    <w:bookmarkStart w:name="z2034" w:id="1982"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Трудовой Кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1982"/>
+    <w:bookmarkStart w:name="z2035" w:id="1983"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О внутреннем водном транспорте";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1983"/>
+    <w:bookmarkStart w:name="z2036" w:id="1984"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устав службы на судах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1984"/>
+    <w:bookmarkStart w:name="z2037" w:id="1985"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила плавания по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1985"/>
+    <w:bookmarkStart w:name="z2038" w:id="1986"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила технической эксплуатации судов внутреннего водного плавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1986"/>
+    <w:bookmarkStart w:name="z2039" w:id="1987"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила выдачи и ведения судовых документов для судов, осуществляющих судоходство по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1987"/>
+    <w:bookmarkStart w:name="z2040" w:id="1988"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принципы эксплуатации, устройство, назначение, правила расстановки знаков навигационной обстановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1988"/>
+    <w:bookmarkStart w:name="z2041" w:id="1989"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      общую лоцию водных путей, специальную лоцию разрабатываемого участка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1989"/>
+    <w:bookmarkStart w:name="z2042" w:id="1990"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принцип действия и устройство двигателя внутреннего сгорания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1990"/>
+    <w:bookmarkStart w:name="z2043" w:id="1991"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      звуковую и световую сигнализацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1991"/>
+    <w:bookmarkStart w:name="z2044" w:id="1992"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      элементарные сведения об электротехнике и оптике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1992"/>
+    <w:bookmarkStart w:name="z2045" w:id="1993"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      правила внутреннего трудового распорядка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1993"/>
+    <w:bookmarkStart w:name="z2046" w:id="1994"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      требования по безопасности и охране труда, производственной санитарии и пожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1994"/>
+    <w:bookmarkStart w:name="z2047" w:id="1995"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      основы ведения технической документации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1995"/>
+    <w:bookmarkStart w:name="z2048" w:id="1996"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1996"/>
+    <w:bookmarkStart w:name="z2049" w:id="1997"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1997"/>
+    <w:bookmarkStart w:name="z2050" w:id="1998"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее профессиональное (техническое) образование, диплом второго помощника капитана 1, 2, 3, 4 групп судов без предъявления требований к стажу плавания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1998"/>
+    <w:bookmarkStart w:name="z2051" w:id="1999"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1999"/>
+    <w:bookmarkStart w:name="z2052" w:id="2000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техническое и профессиональное (среднее специальное, среднее профессиональное) образование, диплом второго помощника капитана 1, 2, 3, 4 групп судов без предъявления требований к стажу плавания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2000"/>
+    <w:bookmarkStart w:name="z2053" w:id="2001"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 44. Третий помощник капитана (третий штурман)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2001"/>
+    <w:bookmarkStart w:name="z2054" w:id="2002"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      215. Должностные обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2002"/>
+    <w:bookmarkStart w:name="z2055" w:id="2003"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает техническую эксплуатацию и содержание приборов, инструментов и принадлежностей своего заведования в соответствии с правилами технической эксплуатации, инструкциями заводов-изготовителей и иной нормативно-технической документацией; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2003"/>
+    <w:bookmarkStart w:name="z2056" w:id="2004"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет и хранит техническую документацию, касающуюся приборов, инструментов и принадлежностей своего заведования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2004"/>
+    <w:bookmarkStart w:name="z2057" w:id="2005"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заказывает, получает, ведет учет и хранит приборы, инструменты и принадлежности своего заведования, техническую литературу, карты и пособия для плавания, корректурные материалы, своевременно ведет корректуру карт и пособий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2005"/>
+    <w:bookmarkStart w:name="z2058" w:id="2006"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет хронометрический журнал, ежесуточно определяет (выводит) поправку хронометра и сверяет показания судовых часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2006"/>
+    <w:bookmarkStart w:name="z2059" w:id="2007"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит занятия и тренировки с палубной командой по сигналопроизводству зрительными средствами связи, устройству и использованию приборов и инструментов своего заведования; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2007"/>
+    <w:bookmarkStart w:name="z2060" w:id="2008"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      оформляет приходы и отходы судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2008"/>
+    <w:bookmarkStart w:name="z2061" w:id="2009"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      получает и заверяет в установленном порядке судовые, машинные и другие журналы, хранит на них реестр; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2009"/>
+    <w:bookmarkStart w:name="z2062" w:id="2010"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      получает бланки журналов и другие бланки, канцелярские принадлежности, приказы, инструкции и т.п.; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2010"/>
+    <w:bookmarkStart w:name="z2063" w:id="2011"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает подготовку к рейсу своего заведования и докладывает о его готовности в назначенное время первому помощнику капитана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2011"/>
+    <w:bookmarkStart w:name="z2064" w:id="2012"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает трудовую и производственную дисциплину, правила внутреннего трудового распорядка, требования по безопасности и охране труда, производственной санитарии и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2012"/>
+    <w:bookmarkStart w:name="z2065" w:id="2013"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2013"/>
+    <w:bookmarkStart w:name="z2066" w:id="2014"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Трудовой Кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2014"/>
+    <w:bookmarkStart w:name="z2067" w:id="2015"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О внутреннем водном транспорте";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2015"/>
+    <w:bookmarkStart w:name="z2068" w:id="2016"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устав службы на судах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2016"/>
+    <w:bookmarkStart w:name="z2069" w:id="2017"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила плавания по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2017"/>
+    <w:bookmarkStart w:name="z2070" w:id="2018"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила технической эксплуатации судов внутреннего водного плавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2018"/>
+    <w:bookmarkStart w:name="z2071" w:id="2019"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принципы эксплуатации, устройство, назначение, правила расстановки знаков навигационной обстановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2019"/>
+    <w:bookmarkStart w:name="z2072" w:id="2020"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      общую лоцию водных путей, специальную лоцию разрабатываемого участка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2020"/>
+    <w:bookmarkStart w:name="z2073" w:id="2021"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принцип действия и устройство двигателя внутреннего сгорания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2021"/>
+    <w:bookmarkStart w:name="z2074" w:id="2022"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      звуковую и световую сигнализацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2022"/>
+    <w:bookmarkStart w:name="z2075" w:id="2023"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      элементарные сведения об электротехнике и оптике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2023"/>
+    <w:bookmarkStart w:name="z2076" w:id="2024"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      правила внутреннего трудового распорядка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2024"/>
+    <w:bookmarkStart w:name="z2077" w:id="2025"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      требования по безопасности и охране труда, производственной санитарии и пожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2025"/>
+    <w:bookmarkStart w:name="z2078" w:id="2026"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      основы ведения технической документации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2026"/>
+    <w:bookmarkStart w:name="z2079" w:id="2027"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2027"/>
+    <w:bookmarkStart w:name="z2080" w:id="2028"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2028"/>
+    <w:bookmarkStart w:name="z2081" w:id="2029"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      высшее профессиональное (техническое) образование, диплом командной должности любых групп судов без предъявления требований к стажу плавания. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2029"/>
+    <w:bookmarkStart w:name="z2082" w:id="2030"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2030"/>
+    <w:bookmarkStart w:name="z2083" w:id="2031"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      техническое и профессиональное (среднее специальное, среднее профессиональное) образование, диплом командной должности любых групп судов без предъявления требований к стажу плавания. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2031"/>
+    <w:bookmarkStart w:name="z2084" w:id="2032"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 45. Механик судовой</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2032"/>
+    <w:bookmarkStart w:name="z2085" w:id="2033"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2033"/>
+    <w:bookmarkStart w:name="z2086" w:id="2034"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает техническую эксплуатацию и содержание закрепленной судовой техники в соответствии с правилами технической эксплуатации инструкциями заводов-изготовителей и другими нормативно-техническими документами, техническое обслуживание палубных механизмов и устройств и корпусных конструкций; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2034"/>
+    <w:bookmarkStart w:name="z2087" w:id="2035"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает надежную организацию несения вахты, выполнение работ и соблюдение трудовой дисциплины подчиненными ему членами экипажа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2035"/>
+    <w:bookmarkStart w:name="z2088" w:id="2036"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает изучение членами экипажа, подчиненных ему, правил, положений, инструкций, руководств и других документов по технической эксплуатации судовой техники; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2036"/>
+    <w:bookmarkStart w:name="z2089" w:id="2037"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает планирование и проведение технической учебы по заведованию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2037"/>
+    <w:bookmarkStart w:name="z2090" w:id="2038"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      составляет календарные графики проведения технического обслуживания судовой техники; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2038"/>
+    <w:bookmarkStart w:name="z2091" w:id="2039"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      руководит техническим обслуживанием и осуществляет надзор за его выполнением; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2039"/>
+    <w:bookmarkStart w:name="z2092" w:id="2040"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает выполнение нормативных технико-экономических показателей по машинной части; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2040"/>
+    <w:bookmarkStart w:name="z2093" w:id="2041"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает своевременное устранение неисправностей судовой техники и организацию ее ремонта силами экипажа без вывода судна из эксплуатации, а в случае обнаружения неисправностей, которые не могут быть устранены силами экипажа, докладывает об этом капитану для принятия мер в установленном порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2041"/>
+    <w:bookmarkStart w:name="z2094" w:id="2042"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет внедрение передовых методов технической эксплуатации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2042"/>
+    <w:bookmarkStart w:name="z2095" w:id="2043"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает своевременное предъявление с ведома капитана судовой техники освидетельствованию регистр судоходства и другими органами технического надзора; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2043"/>
+    <w:bookmarkStart w:name="z2096" w:id="2044"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      своевременно составляет ремонтные ведомости, обеспечивает качество и полноту объема ремонтных работ и работ по техническому обслуживанию, закрепленной судовой техники, выполняемых береговыми и судовыми специалистами; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2044"/>
+    <w:bookmarkStart w:name="z2097" w:id="2045"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает соблюдение правил пожарной безопасности, безопасности и охрану труда в машинных помещениях и в помещениях своего заведования, постоянную готовность к действию пожарных и водоотливных насосов, систем и устройств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2045"/>
+    <w:bookmarkStart w:name="z2098" w:id="2046"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает составление заявок, снабжение, прием, учет и хранение запасных частей, инвентаря, материалов, топлива и смазочных масел по своему заведованию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2046"/>
+    <w:bookmarkStart w:name="z2099" w:id="2047"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведет и хранит судовую техническую документацию, делопроизводство и отчетность по своему заведованию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2047"/>
+    <w:bookmarkStart w:name="z2100" w:id="2048"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      по указанию капитана руководит управлением энергетической установкой при плавании в сложных условиях; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2048"/>
+    <w:bookmarkStart w:name="z2101" w:id="2049"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выполняет все распоряжения капитана, связанных с режимом работы энергетической установки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2049"/>
+    <w:bookmarkStart w:name="z2102" w:id="2050"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      самостоятельно выводит из действия отдельные элементы судовой техники, если это не угрожает безопасности судна и не нарушает его нормальную эксплуатацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2050"/>
+    <w:bookmarkStart w:name="z2103" w:id="2051"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает проведение мероприятий и предупредительных мер с целью предотвращения размораживания судовой техники; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2051"/>
+    <w:bookmarkStart w:name="z2104" w:id="2052"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает подготовку своего заведования к рейсу и докладывает капитану о готовности в назначенное время; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2052"/>
+    <w:bookmarkStart w:name="z2105" w:id="2053"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      совместно с командным составом периодически проводит судовые тревоги и обучение экипажа действиям в экстремальных ситуациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2053"/>
+    <w:bookmarkStart w:name="z2106" w:id="2054"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает трудовую и производственную дисциплину, правила внутреннего трудового распорядка, требования по безопасности и охране труда, производственной санитарии и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2054"/>
+    <w:bookmarkStart w:name="z2107" w:id="2055"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      219. Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2055"/>
+    <w:bookmarkStart w:name="z2108" w:id="2056"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Трудовой Кодекс Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2056"/>
+    <w:bookmarkStart w:name="z2109" w:id="2057"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О внутреннем водном транспорте";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2057"/>
+    <w:bookmarkStart w:name="z2110" w:id="2058"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Устав службы на судах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2058"/>
+    <w:bookmarkStart w:name="z2111" w:id="2059"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила плавания по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2059"/>
+    <w:bookmarkStart w:name="z2112" w:id="2060"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила технической эксплуатации судов внутреннего водного плавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2060"/>
+    <w:bookmarkStart w:name="z2113" w:id="2061"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила выдачи и ведения судовых документов для судов, осуществляющих судоходство по внутренним водным путям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2061"/>
+    <w:bookmarkStart w:name="z2114" w:id="2062"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к минимальному составу экипажей судов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2062"/>
+    <w:bookmarkStart w:name="z2115" w:id="2063"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принципы эксплуатации, устройство, назначение, правила расстановки знаков навигационной обстановки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2063"/>
+    <w:bookmarkStart w:name="z2116" w:id="2064"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      общую лоцию водных путей, специальную лоцию разрабатываемого участка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2064"/>
+    <w:bookmarkStart w:name="z2117" w:id="2065"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      конструктивные, технические и эксплуатационные данные судна, судовых силовых и движительных установок, вспомогательного оборудования, систем и устройств, средств радионавигации и электрообеспечения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2065"/>
+    <w:bookmarkStart w:name="z2118" w:id="2066"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принцип действия и устройство двигателя внутреннего сгорания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2066"/>
+    <w:bookmarkStart w:name="z2119" w:id="2067"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      звуковую и световую сигнализацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2067"/>
+    <w:bookmarkStart w:name="z2120" w:id="2068"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      элементарные сведения об электротехнике и оптике; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2068"/>
+    <w:bookmarkStart w:name="z2121" w:id="2069"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      правила внутреннего трудового распорядка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2069"/>
+    <w:bookmarkStart w:name="z2122" w:id="2070"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      требования по безопасности и охране труда, производственной санитарии и пожарной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2070"/>
+    <w:bookmarkStart w:name="z2123" w:id="2071"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      основы ведения технической документации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2071"/>
+    <w:bookmarkStart w:name="z2124" w:id="2072"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2072"/>
+    <w:bookmarkStart w:name="z2125" w:id="2073"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2073"/>
+    <w:bookmarkStart w:name="z2126" w:id="2074"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее профессиональное (техническое) образование и наличие диплома механика 1, 2, 3, 4 групп судов и стаж плавания в командных должностях не менее 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2074"/>
+    <w:bookmarkStart w:name="z2127" w:id="2075"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2075"/>
+    <w:bookmarkStart w:name="z2128" w:id="2076"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техническое и профессиональное (среднее специальное, среднее профессиональное) образование и наличие диплома механика 1, 2, 3, 4 групп судов и стаж плавания в командных должностях не менее 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2076"/>
+    <w:bookmarkStart w:name="z2129" w:id="2077"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 46. Техник по вылову производителей осетровых видов рыб</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2077"/>
+    <w:bookmarkStart w:name="z2130" w:id="2078"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221. Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2078"/>
+    <w:bookmarkStart w:name="z2131" w:id="2079"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполняет свои обязанности под общим руководством главного рыбовода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2079"/>
+    <w:bookmarkStart w:name="z2132" w:id="2080"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способствует развитию творческой инициативы, рационализации, изобретательства, использованию передового опыта, обеспечивающих эффективную работу орудий лова;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2080"/>
+    <w:bookmarkStart w:name="z2133" w:id="2081"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по подготовке к эксплуатации и постоянное содержание в исправном и рабочем состоянии орудий лова и промысловых механизмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2081"/>
+    <w:bookmarkStart w:name="z2134" w:id="2082"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает необходимый уровень производительности труда, рациональное использование ресурсов и технической подготовки промысловых механизмов и орудий для лова в воспроизводственных целей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2082"/>
+    <w:bookmarkStart w:name="z2135" w:id="2083"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в разработке планов мероприятий по заготовке производителей и их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2083"/>
+    <w:bookmarkStart w:name="z2136" w:id="2084"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в подготовке годовых отчетов по заготовке производителей и их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2084"/>
+    <w:bookmarkStart w:name="z2137" w:id="2085"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает заготовку производителей на тоневом участке и организует работу по предотвращению хищении рыбы во время работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2085"/>
+    <w:bookmarkStart w:name="z2138" w:id="2086"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение чистоты на береговой полосе тоневого участка, а также прилегающей к ней территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2086"/>
+    <w:bookmarkStart w:name="z2139" w:id="2087"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2087"/>
+    <w:bookmarkStart w:name="z2140" w:id="2088"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конституцию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2088"/>
+    <w:bookmarkStart w:name="z2141" w:id="2089"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О языках в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2089"/>
+    <w:bookmarkStart w:name="z2142" w:id="2090"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2090"/>
+    <w:bookmarkStart w:name="z2143" w:id="2091"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об охране, воспроизводстве и использовании животного мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2091"/>
+    <w:bookmarkStart w:name="z2144" w:id="2092"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О государственном регулировании развития АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2092"/>
+    <w:bookmarkStart w:name="z2145" w:id="2093"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Закон "Об особо охраняемых природных территориях"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2093"/>
+    <w:bookmarkStart w:name="z2146" w:id="2094"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О противодействии коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2094"/>
+    <w:bookmarkStart w:name="z2147" w:id="2095"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "О науке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2095"/>
+    <w:bookmarkStart w:name="z2148" w:id="2096"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закон "Об аквакультуре";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2096"/>
+    <w:bookmarkStart w:name="z2149" w:id="2097"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подзаконные нормативные правовые акты Республики Казахстан в области рыбного хозяйства и аквакультуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2097"/>
+    <w:bookmarkStart w:name="z2150" w:id="2098"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок внутреннего трудового распорядка, по безопасности и охране труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2098"/>
+    <w:bookmarkStart w:name="z2151" w:id="2099"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок производственной санитарии и противопожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2099"/>
+    <w:bookmarkStart w:name="z2152" w:id="2100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223. Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2100"/>
+    <w:bookmarkStart w:name="z2153" w:id="2101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специалист высшего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2101"/>
+    <w:bookmarkStart w:name="z2154" w:id="2102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (рыбное хозяйство и промышленное рыболовство), производственные и обрабатывающие отрасли (технология продовольственных продуктов (по областям применения) и стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2102"/>
+    <w:bookmarkStart w:name="z2155" w:id="2103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (рыбное хозяйство и промышленное рыболовство), производственные и обрабатывающие отрасли (технология продовольственных продуктов (по областям применения) и стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2103"/>
+    <w:bookmarkStart w:name="z2156" w:id="2104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (рыбное хозяйство и промышленное рыболовство), производственные и обрабатывающие отрасли (технология продовольственных продуктов (по областям применения) и стаж по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2104"/>
+    <w:bookmarkStart w:name="z2157" w:id="2105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: высшее (или послевузовское) образование по соответствующему направлению подготовки кадров: рыбное хозяйство (рыбное хозяйство и промышленное рыболовство), производственные и обрабатывающие отрасли (технология продовольственных продуктов (по областям применения) без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2105"/>
+    <w:bookmarkStart w:name="z2158" w:id="2106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специалист среднего уровня квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2106"/>
+    <w:bookmarkStart w:name="z2159" w:id="2107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшей категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: промышленное рыболовство, ихтиология и рыбоводство, технология рыбных продуктов, рыбное хозяйство и стаж работы по специальности не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2107"/>
+    <w:bookmarkStart w:name="z2160" w:id="2108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: промышленное рыболовство, ихтиология и рыбоводство, технология рыбных продуктов, рыбное хозяйство и стаж работы по специальности не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2108"/>
+    <w:bookmarkStart w:name="z2161" w:id="2109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      II категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: промышленное рыболовство, ихтиология и рыбоводство, технология рыбных продуктов, рыбное хозяйство и стаж работы по специальности не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2109"/>
+    <w:bookmarkStart w:name="z2162" w:id="2110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      без категории: техническое и профессиональное, послесреднее (среднее специальное, среднее профессиональное) образование: промышленное рыболовство, ихтиология и рыбоводство, технология рыбных продуктов, рыбное хозяйство и без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра сельского хозяйства РК от 06.09.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="160"/>
-[...26572 lines deleted...]
-    <w:bookmarkEnd w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -33300,31 +45530,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>