--- v0 (2025-11-11)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa5c13b" w14:textId="fa5c13b">
+    <w:p w14:paraId="eed5ff1" w14:textId="eed5ff1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -347,210 +347,398 @@
         <w:t xml:space="preserve">
       1) критерии оценки степени риска в области аудиторской деятельности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z418" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проверочный лист в области аудиторской деятельности в отношении аудиторских организаций для проведения профилактического контроля с посещением субъекта (объекта) контроля согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z419" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) проверочный лист в области аудиторской деятельности в отношении профессиональных аудиторских организаций для проведения профилактического контроля с посещением субъекта (объекта) контроля согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z420" w:id="5"/>
+    <w:bookmarkStart w:name="z420" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) проверочный лист в области аудиторской деятельности в отношении аудиторских организаций для проведения проверки на соответствие квалификационным требованиям согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z421" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z421" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) проверочный лист в области аудиторской деятельности в отношении профессиональных аудиторских организаций для проведения проверки на соответствие разрешительным требованиям согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -569,190 +757,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 15.12.2022 № 1285 и Министра национальной экономики РК от 15.12.2022 № 127 (вводится в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету внутреннего государственного аудита Министерства финансов Республики Казахстан в установленном законодательном порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего совместного приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в течение десяти календарных дней со дня государственной регистрации настоящего совместного приказа направление его на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего совместного приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в течение десяти рабочих дней после государственной регистрации настоящего совместного приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего совместного приказа возложить на вице-министра финансов Республики Казахстан Бекетаева Р.Б.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий совместный приказ вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1070,64 +1258,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________ Р. Даленов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="14"/>
+      <w:bookmarkStart w:name="z15" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитет по правовой</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1365,125 +1553,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 июля 2019 года № 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z513" w:id="15"/>
+    <w:bookmarkStart w:name="z513" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критерии оценки степени риска в области аудиторской деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z514" w:id="16"/>
+    <w:bookmarkStart w:name="z514" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z515" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z515" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Критерии оценки степени риска в области аудиторской деятельности (далее – Критерии) разработаны в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1538,630 +1726,630 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра национальной экономики Республики Казахстан от 22 июня 2022 года № 48 "Об утверждении Правил формирования регулирующими государственными органами системы оценки и управления рисками и о внесении изменений в приказ исполняющего обязанности Министра национальной экономики Республики Казахстан от 31 июля 2018 года № 3 "Об утверждении Правил формирования государственными органами системы оценки рисков и формы проверочных листов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28577) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра национальной экономики Республики Казахстан от 31 июля 2018 года № 3 "Об утверждении формы проверочного листа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17371), для отнесения субъектов контроля, осуществляющих аудиторскую деятельность, к степеням риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z516" w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z516" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Критериях используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z517" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z517" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балл – количественная мера исчисления риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z518" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z518" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) субъект (объект) контроля – аккредитованные профессиональные аудиторские организации и (или) аудиторские организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z519" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z519" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нормализация данных – статистическая процедура, предусматривающая приведение значений, измеренных в различных шкалах, к условно общей шкале;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z520" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z520" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) значительные нарушения – нарушения требований законодательства Республики Казахстан в области аудиторской деятельности, не влекущие административную ответственность, но затрагивающие законные интересы физических и юридических лиц, государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z521" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z521" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) незначительные нарушения – не устранение выявленных недостатков в срок, определяемый решением комитета по контролю качества и (или) профессиональной аудиторской организации, в случае получения оценки меньше чем "4" в течение 2 (двух) месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z522" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z522" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) грубые нарушения – нарушения требований законодательства Республики Казахстан, влекущие наложение административной ответственности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях", которые затрагивают интересы государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z523" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z523" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) риск – вероятность причинения вреда в результате деятельности субъекта контроля законным интересам физических и юридических лиц, имущественным интересам государства с учетом степени тяжести его последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z524" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z524" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) система оценки и управления рисками – процесс принятия управленческих решений, направленных на снижение вероятности наступления неблагоприятных факторов путем распределения субъектов (объектов) контроля по степеням риска для последующего осуществления профилактического контроля с посещением субъекта (объекта) контроля и (или) проверок на соответствие квалификационным или разрешительным требованиям (далее – проверка на соответствие требованиям) с целью минимально возможной степени ограничения свободы предпринимательства, обеспечивая при этом допустимый уровень риска в соответствующих сферах деятельности, а также направленных на изменение уровня риска для конкретного субъекта (объекта) контроля и (или) освобождения такого субъекта (объекта) контроля от профилактического контроля с посещением субъекта (объекта) контроля и (или) проверок на соответствие требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z525" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z525" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) критерии оценки степени риска – совокупность количественных и качественных показателей, связанных с непосредственной деятельностью субъекта контроля, особенностями отраслевого развития и факторами, влияющими на это развитие, позволяющих отнести субъекты (объекты) контроля к различным степеням риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z526" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z526" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) объективные критерии оценки степени риска (далее – объективные критерии) – критерии оценки степени риска, используемые для отбора субъектов (объектов) контроля в зависимости от степени риска в определенной сфере деятельности и не зависящие непосредственно от отдельного субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z527" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z527" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) субъективные критерии оценки степени риска (далее – субъективные критерии) – критерии оценки степени риска, используемые для отбора субъектов (объектов) контроля в зависимости от результатов деятельности конкретного субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z528" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z528" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) проверочный лист – перечень требований, предъявляемых к деятельности субъектов (объектов) контроля, несоблюдение которых влечет за собой угрозу законным интересам физических и юридических лиц, государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z529" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z529" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) выборочная совокупность (выборка) – перечень оцениваемых субъектов (объектов), относимых к однородной группе субъектов (объектов) контроля в конкретной сфере государственного контроля, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 143 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z530" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z530" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок формирования системы оценки и управления рисками при проведении проверки на соответствие требованиям и профилактического контроля субъектов (объектов) контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z531" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z531" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для целей управления рисками при осуществлении профилактического контроля с посещением субъекта (объекта) контроля и (или) проверки в области аудиторской деятельности на соответствие требованиям, критерии оценки степени риска для проведения проверки на соответствие требованиям и профилактического контроля субъектов (объектов) контроля формируются посредством определения объективных и субъективных критериев, которые осуществляются поэтапно (Мультикритериальный анализ решений).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z532" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z532" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На первом этапе субъектов (объектов) контроля по объективным критериям относят к одной из следующих степеней риска:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z533" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z533" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высокий риск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z534" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z534" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) средний риск.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z535" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z535" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении субъектов (объектов) контроля, отнесенных к высокой и средней степени риска по объективным критериям, проводится проверка на соответствие требованиям, профилактический контроль с посещением субъекта (объекта) контроля и внеплановые проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z536" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z536" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На втором этапе субъектов (объектов) контроля по субъективным критериям относят к одной из следующих степеней риска:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z537" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z537" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высокий риск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z538" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z538" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) средний риск.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z539" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z539" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По показателям степени риска по субъективным критериям субъект (объект) контроля относится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z540" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z540" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) к высокой степени риска – при показателе степени риска от 71 до 100 включительно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z541" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z541" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) к средней степени риска – при показателе степени риска от 31 до 70 включительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z542" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z542" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В зависимости от возможного риска и значимости проблемы, единичности или системности нарушения, анализа принятых ранее решений по каждому источнику информации требования, предъявляемые к деятельности субъектов (объектов) контроля, соответствуют степени нарушения – грубое, значительное и незначительное.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z543" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z543" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Степень нарушения (грубое, значительное, незначительное) присваивается в соответствии с установленными определениями грубых, значительных, незначительных нарушений по субъективным критериям согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2176,568 +2364,568 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z544" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z544" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Критерии оценки степени риска для проведения проверки на соответствие требованиям и профилактического контроля субъектов (объектов) контроля в области аудиторской деятельности формируются посредством определения объективных и субъективных критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z545" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z545" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Объективные критерии оценки степени риска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z546" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z546" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Определение объективных критериев осуществляется посредством определения риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z547" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z547" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. После проведения анализа всех возможных рисков субъекты (объекты) контроля распределяются по двум степеням риска (высокая и средняя).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z548" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z548" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. По объективным критериям к субъектам контроля с высокой степенью риска относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z549" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z549" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторские организации, которые проводят обязательный аудит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z550" w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z550" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) профессиональные аудиторские организации, членами которых являются аудиторские организации, которые проводят обязательный аудит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z551" w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z551" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. По объективным критериям к субъектам контроля со средней степенью риска относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z552" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z552" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторские организации, которые не проводят обязательный аудит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z553" w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z553" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) профессиональные организации, членами которых являются аудиторские организации, которые не проводят обязательный аудит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z554" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z554" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Субъективные критерии оценки степени риска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z555" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z555" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Определение субъективных критериев осуществляется с применением следующих этапов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z556" w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z556" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирование базы данных и сбор информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z557" w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z557" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) анализ информации и оценка рисков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z558" w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z558" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Формирование базы данных и сбор информации необходимы для выявления субъектов (объектов) контроля, нарушающих законодательство Республики Казахстан об аудиторской деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z559" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z559" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для оценки степени рисков по субъективным критериям для проведения профилактического контроля с посещением субъекта (объекта) контроля используются следующие источники информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z560" w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z560" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) результаты мониторинга отчетности и сведений, представляемых субъектом контроля, в том числе в уполномоченный орган с использованием депозитария финансовой отчетности (далее – депозитарий);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z561" w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z561" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) результаты предыдущих проверок и профилактического контроля с посещением субъектов (объектов) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z562" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z562" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для оценки степени рисков по субъективным критериям для проведения проверки на соответствие требованиям используются следующие источники информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z563" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z563" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) результаты мониторинга отчетности и сведений, представляемых субъектом контроля, в том числе в уполномоченный орган с использованием депозитария;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z564" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z564" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) результаты предыдущих проверок субъектов (объектов) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z565" w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z565" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. На основании имеющихся источников информации, уполномоченный орган в области аудиторской деятельности формирует данные по субъективным критериям, подлежащие анализу и оценке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z566" w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z566" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Анализ и оценка субъективных критериев позволяет сконцентрировать проведение проверки на соответствие требованиям и профилактический контроль субъекта (объекта) контроля в отношении субъекта (объекта) контроля с наибольшим потенциальным риском.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z567" w:id="69"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z567" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, при анализе и оценке не применяются данные субъективных критериев, ранее учтенные и использованные в отношении конкретного субъекта (объекта) контроля либо данные, по которым истек срок исковой давности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z568" w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z568" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении субъектов контроля, устранивших в полном объеме выданные нарушения по итогам проведенного предыдущего профилактического контроля с посещением и (или) проверки на соответствие требованиям, не допускается включение их при формировании графиков и списков на очередной период государственного контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z569" w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z569" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Исходя из приоритетности применяемых источников информации и значимости показателей субъективных критериев, в соответствии с порядком расчета общего показателя степени риска по субъективным критериям, определенном в главе 3 настоящих Критериев, рассчитывается показатель степени риска по субъективным критериям по шкале от 0 до 100.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z570" w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z570" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Приоритетность применяемых источников информации и значимость показателей субъективных критериев устанавливаются согласно перечню субъективных критериев для определения степени риска по субъективным критериям по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2752,528 +2940,528 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z571" w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z571" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Управление рисками</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z572" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z572" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В целях реализации принципа поощрения добросовестных субъектов контроля и концентрации контроля на нарушителях субъекты (объекты) контроля освобождаются от проведения профилактического контроля с посещением субъекта (объекта) контроля и (или) проверки на соответствие требованиям на период, определяемый критериями оценки степени риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z573" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z573" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Освобождение от профилактического контроля с посещением субъекта (объекта) контроля и (или) проведения проверки на соответствие требованиям возможно на основании применяемых альтернативных (независимых) систем оценки и анализа рисков, аудита, экспертиз в соответствии с критериями оценки степени риска, если такие основания предусмотрены в международных договорах, ратифицированных Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z574" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z574" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок расчета общего показателя степени риска по субъективным критериям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z575" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z575" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Для отнесения субъекта контроля к степени риска в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критерий применяется следующий порядок расчета показателя степени риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z576" w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z576" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган в области аудиторской деятельности собирает информацию и формирует базу данных по субъективным критериям из источников в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев, в зависимости от проведения профилактического контроля с посещением субъекта (объекта) контроля и (или) проверки на соответствие требованиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z577" w:id="79"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z577" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Расчет показателя степени риска по субъективным критериям (R) осуществляется в депозитарии в автоматизированном режиме путем суммирования показателя степени риска по нарушениям по результатам предыдущих проверок и профилактического контроля с посещением субъектов (объектов) контроля (SP) и показателя степени риска по субъективным критериям, определенным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев (SC), с последующей нормализацией значений данных в диапазон от 0 до 100 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z578" w:id="80"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z578" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пром</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = SP + SC, где</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z579" w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z579" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пром</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – промежуточный показатель степени риска по субъективным критериям,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z580" w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z580" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – показатель степени риска по нарушениям,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z581" w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z581" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       SC – показатель степени риска по субъективным критериям, определенным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z582" w:id="84"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z582" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет производится по каждому субъекту (объекту) контроля однородной группы субъектов (объектов) контроля каждой сферы государственного контроля. При этом перечень оцениваемых субъектов (объектов) контроля, относимых к однородной группе субъектов (объектов) контроля одной сферы государственного контроля, образует выборочную совокупность (выборку) для последующей нормализации данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z583" w:id="85"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z583" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. По данным, полученным по результатам предыдущих проверок и профилактического контроля с посещением субъектов (объектов) контроля, формируется показатель степени риска по нарушениям, оцениваемый в баллах от 0 до 100.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z584" w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z584" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При выявлении одного грубого нарушения по любому из источников информации, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев, субъекту контроля приравнивается показатель степени риска 100 баллов и в отношении него проводится проверка на соответствие требованиям или профилактический контроль с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z585" w:id="87"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z585" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При не выявлении грубых нарушений показатель степени риска по нарушениям рассчитывается суммарным показателем по нарушениям значительной и незначительной степени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z586" w:id="88"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z586" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя значительных нарушений применяется коэффициент 0,7.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z587" w:id="89"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z587" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z588" w:id="90"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z588" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -3308,212 +3496,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> х 100/SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) х 0,7, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z589" w:id="91"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z589" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z590" w:id="92"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z590" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – требуемое количество значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z591" w:id="93"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z591" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – количество выявленных значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z592" w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z592" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя незначительных нарушений применяется коэффициент 0,3.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z593" w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z593" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z594" w:id="96"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z594" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -3548,192 +3736,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> х 100/SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) х 0,3, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z595" w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z595" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z596" w:id="98"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z596" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – требуемое количество незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z597" w:id="99"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z597" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – количество выявленных незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z598" w:id="100"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z598" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Показатель степени риска по нарушениям (SР) рассчитывается по шкале от 0 до 100 баллов и определяется путем суммирования показателей значительных и незначительных нарушений по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z599" w:id="101"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z599" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР = SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -3748,231 +3936,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z600" w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z600" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – показатель степени риска по нарушениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z601" w:id="103"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z601" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z602" w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z602" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель незначительных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z603" w:id="105"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z603" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученное значение показателя степени риска по нарушениям включается в расчет показателя степени риска по субъективным критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z604" w:id="106"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z604" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Расчет показателя степени риска по субъективным критериям, определенным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев, производится по шкале от 0 до 100 баллов и осуществляется по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z605" w:id="107"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z605" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2184400" cy="787400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -3994,230 +4182,230 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z606" w:id="108"/>
+    <w:bookmarkStart w:name="z606" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       x</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель субъективного критерия,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z607" w:id="109"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z607" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – удельный вес показателя субъективного критерия xi,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z608" w:id="110"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z608" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n – количество показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z609" w:id="111"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z609" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Полученное значение показателя степени риска по субъективным критериям, определенным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев, включается в расчет показателя степени риска по субъективным критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z610" w:id="112"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z610" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Рассчитанные по субъектам (объектам) значения по показателю R нормализуются в диапазон от 0 до 100 баллов. Нормализация данных осуществляется по каждой выборочной совокупности (выборке) с использованием следующей формулы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z611" w:id="113"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z611" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1524000" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -4239,151 +4427,151 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z612" w:id="114"/>
+    <w:bookmarkStart w:name="z612" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R – показатель степени риска (итоговый) по субъективным критериям отдельного субъекта (объекта) контроля,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z613" w:id="115"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z613" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – максимально возможное значение по шкале степени риска по субъективным критериям по субъектам (объектам), входящим в одну выборочную совокупность (выборку) (верхняя граница шкалы),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z614" w:id="116"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z614" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>min</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – минимально возможное значение по шкале степени риска по субъективным критериям по субъектам (объектам), входящим в одну выборочную совокупность (выборку) (нижняя граница шкалы),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z615" w:id="117"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z615" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -4398,51 +4586,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – промежуточный показатель степени риска по субъективным критериям, рассчитанный в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4521,68 +4709,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>риска в области аудиторской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z617" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z617" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Степени нарушений требований нормативных правовых актов для проведения профилактического контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9380,68 +9644,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>риска в области аудиторской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z619" w:id="119"/>
+    <w:bookmarkStart w:name="z619" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Степени нарушений требований нормативных правовых актов для проведения проверки на соответствие требованиям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11179,68 +11443,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>риска в области аудиторской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z621" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z621" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям в области аудиторской деятельности в соответствии со статьей 138 Предпринимательского кодекса Республики Казахстан в отношении аудиторских организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15611,68 +15951,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>риска в области аудиторской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z623" w:id="121"/>
+    <w:bookmarkStart w:name="z623" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям в области аудиторской деятельности в соответствии со статьей 138 Предпринимательского кодекса Республики Казахстан в отношении профессиональных аудиторских организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18792,136 +19132,212 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 июля 2019 года № 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z624" w:id="122"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z625" w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z624" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверочный лист</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>cовместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z625" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в области аудиторской деятельности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательского кодекса Республики Казахстан в отношении аудиторских</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22302,64 +22718,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z626" w:id="124"/>
+      <w:bookmarkStart w:name="z626" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а)_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22648,156 +23064,232 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 июля 2019 года № 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z627" w:id="125"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z628" w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z627" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверочный лист</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приказ дополнен приложением 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместным приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом Министра финансов РК от 14.06.2021 № 568 и Министра национальной экономики РК от 14.06.2021 № 60 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>cовместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z628" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в области аудиторской деятельности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательского кодекса Республики Казахстан в отношении</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25773,64 +26265,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z629" w:id="127"/>
+      <w:bookmarkStart w:name="z629" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а)____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -26153,156 +26645,232 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 июля 2019 года № 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z630" w:id="128"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z631" w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z630" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверочный лист</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Совместный приказ дополнен приложением 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместным приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 15.12.2022 № 1285 и Министра национальной экономики РК от 15.12.2022 № 127 (вводится в действие с 01.01.2023); в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>cовместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z631" w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в области аудиторской деятельности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательского кодекса Республики Казахстан в отношении аудиторских</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -27870,64 +28438,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z632" w:id="130"/>
+      <w:bookmarkStart w:name="z632" w:id="128"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а) _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -28250,156 +28818,232 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 июля 2019 года № 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z633" w:id="131"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z634" w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 5 предусматривается в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 815</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 137 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z633" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверочный лист</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Совместный приказ дополнен приложением 5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместным приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 15.12.2022 № 1285 и Министра национальной экономики РК от 15.12.2022 № 127 (вводится в действие с 01.01.2023); в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>cовместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 606 и Министра национальной экономики РК от 05.06.2023 № 99 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z634" w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в области аудиторской деятельности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательского кодекса Республики Казахстан в отношении</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29454,64 +30098,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z635" w:id="133"/>
+      <w:bookmarkStart w:name="z635" w:id="131"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а)____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29670,55 +30314,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>