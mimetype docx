--- v0 (2025-10-05)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f456967" w14:textId="f456967">
+    <w:p w14:paraId="d69aa83" w14:textId="d69aa83">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -263,180 +263,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящее постановление вводится в действие с 1 июля 2019 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан", </w:t>
+      В соответствии с подпунктом 43) абзаца второго части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пункта 4 статьи 5 Закона Республики Казахстан "О валютном регулировании и валютном контроле" Правление Национального Банка Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 20.12.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 113</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1198,91 +1168,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Правила осуществления валютных операций в Республике Казахстан (далее – Правила) разработаны в соответствии с </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> пункта 4 статьи 5 Закона Республики Казахстан "О валютном регулировании и валютном контроле" (далее – Закон о валютном регулировании и валютном контроле) и определяют порядок осуществления резидентами и нерезидентами валютных операций в Республике Казахстан.</w:t>
+      1. Правила осуществления валютных операций в Республике Казахстан (далее – Правила) разработаны в соответствии с подпунктом 43) абзаца второго части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан" (далее – Положение о Национальном Банке) и определяют порядок осуществления резидентами и нерезидентами валютных операций в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правила включают порядок:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
@@ -1395,104 +1345,144 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным постановлением Правления Национального Банка РК от 20.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменениями, внесенными постановлениями Правления Национального Банка РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Понятия, используемые в Правилах, применяются в значениях, указанных в Законе о валютном регулировании и валютном контроле.</w:t>
+        <w:t xml:space="preserve">
+      2. Понятия, используемые в Правилах, применяются в значениях, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле" (далее – Закон о валютном регулировании и валютном контроле).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В Правилах используются также следующие понятия и сокращения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
@@ -1632,50 +1622,112 @@
         <w:t>
       5) Национальный Банк – Национальный Банк Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) свидетельство об уведомлении – документ установленного образца, выданный на валютный договор или счет в иностранном банке до введения в действие Правил и не утративший силу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок осуществления платежей и (или) переводов денег по валютным операциям</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -2006,71 +2058,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правил мониторинга валютных операций в Республике Казахстан, утвержденных постановлением Правления Национального Банка Республики Казахстан от 10 апреля 2019 года № 64 "Об утверждении Правил мониторинга валютных операций в Республике Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 18544 (далее – Правила мониторинга валютных операций), в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пункта 4 статьи 5 Закона о валютном регулировании и валютном контроле, получения нового учетного номера, допускается проведение платежа и (или) перевода денег с использованием действующего учетного номера (номера регистрационного свидетельства или свидетельства об уведомлении). При этом уполномоченный банк (его филиал) извещает резидента в любой форме о необходимости получения нового учетного номера.</w:t>
+        <w:t xml:space="preserve"> Правил мониторинга валютных операций в Республике Казахстан, утвержденных постановлением Правления Национального Банка Республики Казахстан от 10 апреля 2019 года № 64 "Об утверждении Правил мониторинга валютных операций в Республике Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 18544) (далее – Правила мониторинга валютных операций) получения нового учетного номера, допускается проведение платежа и (или) перевода денег с использованием действующего учетного номера (номера регистрационного свидетельства или свидетельства об уведомлении). При этом уполномоченный банк (его филиал) извещает резидента в произвольной форме о необходимости получения нового учетного номера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если в платежном документе по поступившему в пользу резидента платежу и (или) переводу денег по валютному договору неверно указаны или отсутствуют реквизиты такого договора и (или) его учетный номер, то зачисление денег производится уполномоченным банком на основании письменного подтверждения резидентом реквизитов валютного договора и (или) его учетного номера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
@@ -2095,71 +2127,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным постановлением Правления Национального Банка РК от 22.08.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными постановлениями Правления Национального Банка РК от 22.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4351,121 +4403,121 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-3. При проведении валютных операций, указанных в пунктах 16-1 и 16-2 Правил, резидент представляет в уполномоченный банк разрешение на передачу информации о данном платеже и (или) переводе денег в органы валютного контроля и правоохранительные органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z1178" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (далее – Закон о ПОДФТ).</w:t>
+        <w:t>
+      Клиент уполномоченного банка, являющийся резидентом или нерезидентом, осуществляющий валютные операции, по требованию уполномоченного банка представляет документы и информацию, необходимые уполномоченному банку для проведения мониторинга и изучения операции в соответствии с требованиями Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон о ПОДФТ).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 16-3 - в редакции постановления Правления Национального Банка РК от 20.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z689" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5099,175 +5151,397 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z174" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      20-1. При покупке юридическим лицом-резидентом (за исключением уполномоченного банка) безналичной иностранной валюты на цели выплаты чистого дохода или его части, распределяемого данным юридическим лицом-резидентом между его акционерами, учредителями, участниками, представление уполномоченному банку указания, предусмотренного пунктом 20 Правил, не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z1180" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При покупке юридическим лицом-резидентом (за исключением уполномоченного банка) в соответствии с пунктом 20 Правил безналичной иностранной валюты у уполномоченного банка (кроме профессионального участника рынка ценных бумаг, не имеющего лицензии уполномоченного органа на открытие и ведение банковских счетов) на цели погашения обязательств в иностранной валюте перед нерезидентом Республики Казахстан по полученным внешним займам, сумма валютного договора по которым превышает сто миллионов долларов США в эквиваленте, и облигациям, выпущенным в иностранной валюте, номинальная сумма, согласно проспекту выпуска по которым превышает сто миллионов долларов США в эквиваленте, и по которым исполнение обязательств наступает в течение девяноста календарных дней со дня покупки безналичной иностранной валюты, юридическим лицом-резидентом, к заявке (заявкам) на покупку безналичной иностранной валюты прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z1181" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление на открытие отдельного банковского счета в соответствующей иностранной валюте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z1182" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) указание зачислить купленную безналичную иностранную валюту на отдельный банковский счет в иностранной валюте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z1183" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) указание продать данную валюту за национальную валюту в течение последующих трех рабочих дней, в случае ее неиспользования в течение девяноста календарных дней со дня покупки на заявленные цели;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z1184" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      20-1. При покупке юридическим лицом-резидентом (за исключением уполномоченного банка) безналичной иностранной валюты на цели выплаты чистого дохода или его части, распределяемого данным юридическим лицом-резидентом между его акционерами, учредителями, участниками, представление уполномоченному банку указания, предусмотренного </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
+      4) документы, подтверждающие сумму и сроки исполнения обязательств (кредитный договор и график платежей, иные документы, которые являются обязательными в соответствии с условиями валютного договора). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z1185" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При покупке юридическим лицом-резидентом (за исключением уполномоченного банка) в соответствии с пунктом 20 Правил безналичной иностранной валюты на цели погашения обязательств в иностранной валюте перед нерезидентом Республики Казахстан по полученным внешним займам, сумма валютного договора по которым превышает сто миллионов долларов США в эквиваленте, и облигациям, выпущенным в иностранной валюте, номинальная сумма, согласно проспекту выпуска по которым превышает сто миллионов долларов США в эквиваленте, и по которым исполнение обязательств наступает в течение девяноста календарных дней со дня покупки безналичной иностранной валюты, юридическим лицом-резидентом прилагаются заявление на открытие отдельного банковского счета в соответствующей иностранной валюте, указание уполномоченному банку зачислить купленную безналичную иностранную валюту на отдельный банковский счет в иностранной валюте, указание уполномоченному банку в случае ее неиспользования в течение девяноста календарных дней со дня покупки на заявленные цели продать данную валюту за национальную валюту в течение последующих трех рабочих дней, а также документы, подтверждающие сумму и сроки исполнения обязательств (кредитный договор и график платежей, иные документы). Уполномоченный банк зачисляет купленную юридическим лицом-резидентом безналичную иностранную валюту на отдельный банковский счет и обеспечивает ее использование юридическим лицом-резидентом исключительно на заявленные цели.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Уполномоченный банк (кроме профессионального участника рынка ценных бумаг, не имеющего лицензии уполномоченного органа на открытие и ведение банковских счетов) зачисляет купленную юридическим лицом-резидентом безналичную иностранную валюту на отдельный банковский счет и обеспечивает ее использование юридическим лицом-резидентом исключительно на заявленные цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z1186" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При покупке юридическим лицом-резидентом (за исключением уполномоченного банка) в соответствии с пунктом 20 Правил безналичной иностранной валюты у профессионального участника рынка ценных бумаг, являющегося уполномоченным банком и не имеющего лицензию уполномоченного органа на открытие и ведение банковских счетов, на цели погашения обязательств в иностранной валюте перед нерезидентом Республики Казахстан по полученным внешним займам, сумма валютного договора по которым превышает сто миллионов долларов США в эквиваленте, и облигациям, выпущенным в иностранной валюте, номинальная сумма, согласно проспекту выпуска по которым превышает сто миллионов долларов США в эквиваленте, и по которым исполнение обязательств наступает в течение девяноста календарных дней со дня покупки безналичной иностранной валюты, юридическим лицом-резидентом, к заявке (заявкам) на покупку безналичной иностранной валюты прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1187" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявление на открытие отдельного лицевого счета (субсчета) в соответствующей иностранной валюте; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z1188" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) указание зачислить купленную безналичную иностранную валюту на отдельный лицевой счет (субсчет) в иностранной валюте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z1189" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) указание продать данную валюту за национальную валюту в течение последующих трех рабочих дней, в случае еҰ неиспользования в течение девяноста календарных дней со дня покупки на заявленные цели;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z1190" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) документы, подтверждающие сумму и сроки исполнения обязательств (кредитный договор и график платежей, иные документы, которые являются обязательными в соответствии с условиями валютного договора).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1191" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Профессиональный участник рынка ценных бумаг, являющийся уполномоченным банком и не имеющий лицензии уполномоченного органа на открытие и ведение банковских счетов, зачисляет купленную юридическим лицом-резидентом безналичную иностранную валюту на отдельный лицевой счет (субсчет) и обеспечивает ее использование юридическим лицом-резидентом исключительно на заявленные цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 20-1 в соответствии с постановлением Правления Национального Банка РК от 20.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции постановления Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="122"/>
+    <w:bookmarkStart w:name="z102" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. При исполнении заявки (заявок) юридического лица-резидента (за исключением уполномоченного банка) в одном уполномоченном банке в один рабочий день на покупку безналичной иностранной валюты за национальную валюту на сумму, превышающую пятьдесят тысяч долларов США в эквиваленте, уполномоченный банк сверяет указанные в заявке (заявках) цели покупки и сумму иностранной валюты с валютным договором, и счетом либо иным документом на оплату, подтверждающим цель и сумму покупки безналичной иностранной валюты, а также с имеющимися сведениями о ранее осуществленных в соответствии с Правилами по покупке безналичной иностранной валюты за национальную валюту на основании данного валютного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается превышение общей суммы покупок безналичной иностранной валюты за национальную валюту по валютному договору над суммой валютного договора. Общая сумма покупок безналичной иностранной валюты за национальную валюту по валютному договору рассчитывается на основании заявок юридического лица-резидента и (или) информации других уполномоченных банков об осуществленных покупках иностранной валюты в рамках данного валютного договора.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5324,130 +5598,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="123"/>
+    <w:bookmarkStart w:name="z104" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Допускается использование безналичной иностранной валюты, приобретенной в соответствии с пунктами 19 и 20 Правил, на цели, связанные с исполнением обязательств в иностранной валюте по другому валютному договору, за исключением случаев, предусмотренных пунктом 20-1 Правил, при представлении юридическим лицом-резидентом (за исключением уполномоченного банка) в уполномоченный банк дополнительной заявки, оформленной в соответствии с частью первой пункта 20 Правил, к ранее оформленной заявке, согласно которой приобретена безналичная иностранная валюта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z718" w:id="124"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z718" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При переводе юридическим лицом-резидентом (за исключением уполномоченного банка) ранее приобретенной в соответствии с пунктом 20 и частью второй пункта 20-1 Правил безналичной иностранной валюты на собственный счет в другом уполномоченном банке в целях исполнения обязательств в иностранной валюте по валютному договору, уполномоченный банк обеспечивает отражение клиентом в заявлении на перевод денег, оформляемом по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан, утвержденным постановлением правления Национального Банка Республики Казахстан от 31 августа 2016 года № 208 "Об утверждении Правил осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14419, информации о ранее приобретенной в соответствии с пунктом 20 и частью второй пункта 20-1 Правил безналичной иностранной валюте с обязательным отражением даты ее покупки для осуществления дальнейшего валютного контроля другим уполномоченным банком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z719" w:id="125"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z719" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае ее перевода в другой уполномоченный банк в целях исполнения обязательств в иностранной валюте по валютному договору, другой уполномоченный банк осуществляет продажу данной валюты за национальную валюту в течение последующих трех рабочих дней при ее неиспользовании в течение десяти рабочих дней со дня покупки на заявленные цели.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5466,90 +5740,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="126"/>
+    <w:bookmarkStart w:name="z106" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Уполномоченный банк отказывает в исполнении заявки юридического лица-резидента (за исключением уполномоченного банка) на покупку безналичной иностранной валюты за национальную валюту, оформленной не в соответствии с пунктами 19, 20, 20-1 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, а также, если:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сумма покупок безналичной иностранной валюты за национальную валюту по одному валютному договору, рассчитанная на основании заявок юридического лица-резидента и (или) информации других уполномоченных банков об осуществленных покупках иностранной валюты, превышает сумму такого валютного договора и счета либо иного документа на оплату;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5604,268 +5878,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="127"/>
+    <w:bookmarkStart w:name="z110" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок проведения операций по банковскому счету, связанных со снятием, зачислением и использованием наличной иностранной валюты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z111" w:id="128"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z111" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Физические лица без ограничений снимают (вносят) наличную иностранную валюту со своих банковских счетов (на свои банковские счета) в уполномоченных банках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z112" w:id="129"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z112" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Допускается снятие юридическими лицами и филиалами (представительствами) иностранных организаций наличной иностранной валюты со своих банковских счетов в уполномоченном банке для целей осуществления расчетов с физическими лицами в случаях, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о валютном регулировании и валютном контроле.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z113" w:id="130"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z113" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Юридическое лицо или филиал (представительство) иностранной организации при снятии наличной иностранной валюты со своего банковского счета для целей осуществления валютной операции по оплате расходов физического лица, связанных с его командировкой за пределы Республики Казахстан, в том числе представительских расходов, представляет уполномоченному банку документы, подтверждающие цель осуществляемых физическим лицам выплат и содержащие указание на сумму снимаемой наличной иностранной валюты. В качестве таких документов допускается представление приказа, распоряжения, решения, сметы командировочных расходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z114" w:id="131"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z114" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае снятия наличной иностранной валюты для целей осуществления валютной операции по оплате расходов физического лица, связанных с его командировкой за пределы Республики Казахстан, в том числе представительских расходов, с использованием корпоративной платежной карточки указанные документы представляются в уполномоченный банк в течение тридцати рабочих дней со дня такого снятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z115" w:id="132"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z115" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Если наличная иностранная валюта, снятая на цели осуществления валютной операции по оплате расходов физического лица, связанных с его командировкой за пределы Республики Казахстан, в том числе представительских расходов, не была использована (полностью или частично) на указанные цели, неиспользованная наличная иностранная валюта подлежит обязательному зачислению на банковский счет юридического лица или филиала (представительства) иностранной организации в уполномоченном банке в течение десяти рабочих дней со дня окончания срока командирования физического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z116" w:id="133"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z116" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юридическое лицо или филиал (представительство) иностранной организации при зачислении наличной иностранной валюты на свой банковский счет в уполномоченном банке указывает в приходном кассовом ордере основание получения им наличной иностранной валюты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z117" w:id="134"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z117" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Уполномоченный банк в соответствии с пунктом 8 Правил сообщает Национальному Банку о факте зачисления наличной иностранной валюты на банковский счет юридического лица или филиала (представительства) иностранной организации, за исключением зачисления наличной иностранной валюты в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о валютном регулировании и валютном контроле.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z118" w:id="135"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z118" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Пункты 25, 26, 27 Правил не распространяются на дипломатические и приравненные к ним представительства, консульские учреждения иностранных государств, аккредитованные в Республике Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5912,402 +6186,482 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению Правления</w:t>
+              <w:t>к Правилам осуществления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Национального Банка</w:t>
+              <w:t>валютных операций в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 30 марта 2019 года № 40</w:t>
+              <w:t>предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="136"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z228" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции постановления Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1194" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z1195" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z229" w:id="138"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе, размещена на интернет-ресурсе: www.nationalbank.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1196" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>www.nationalbank.kz</w:t>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="139"/>
+        <w:t>
+      Наименование административной формы: Карточка по нарушению № __</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1197" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...25 lines deleted...]
-    </w:p>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: KN1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1198" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z231" w:id="140"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежемесячная</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1199" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Периодичность: ежемесячная</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Отчетный период: за ________ месяц ________ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z1200" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Отчетный период: за ________ месяц ________ года</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: уполномоченный банк</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z1201" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Круг лиц, представляющих информацию: уполномоченный банк</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежемесячно, в срок до последнего числа месяца, следующего за отчетным</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z1202" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Срок представления: ежемесячно, в срок до последнего числа месяца,</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      БИН: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z1203" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>следующего за отчетным</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Метод сбора: в электронном виде</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z721" w:id="141"/>
+          <w:bookmarkStart w:name="z1204" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Код строки</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="158"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6359,80 +6713,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z725" w:id="142"/>
+          <w:bookmarkStart w:name="z1208" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="159"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6480,80 +6834,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z729" w:id="143"/>
+          <w:bookmarkStart w:name="z1212" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="160"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6601,80 +6955,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z733" w:id="144"/>
+          <w:bookmarkStart w:name="z1216" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="161"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6722,80 +7076,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z737" w:id="145"/>
+          <w:bookmarkStart w:name="z1220" w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="162"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6843,165 +7197,162 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z741" w:id="146"/>
+          <w:bookmarkStart w:name="z1224" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="163"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1225" w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 признак клиента:</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...47 lines deleted...]
-              <w:t>3 - филиал (представительство) юридического лица</w:t>
+          <w:bookmarkEnd w:id="164"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 – юридическое лицо, 2 – физическое лицо,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – филиал (представительство) юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7015,80 +7366,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z745" w:id="147"/>
+          <w:bookmarkStart w:name="z1230" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="165"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7136,80 +7487,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z749" w:id="148"/>
+          <w:bookmarkStart w:name="z1234" w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="166"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7257,80 +7608,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z753" w:id="149"/>
+          <w:bookmarkStart w:name="z1238" w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="149"/>
+          <w:bookmarkEnd w:id="167"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7378,80 +7729,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z757" w:id="150"/>
+          <w:bookmarkStart w:name="z1242" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="150"/>
+          <w:bookmarkEnd w:id="168"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7499,80 +7850,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z761" w:id="151"/>
+          <w:bookmarkStart w:name="z1246" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="151"/>
+          <w:bookmarkEnd w:id="169"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7620,80 +7971,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z765" w:id="152"/>
+          <w:bookmarkStart w:name="z1250" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="152"/>
+          <w:bookmarkEnd w:id="170"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7741,80 +8092,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z769" w:id="153"/>
+          <w:bookmarkStart w:name="z1254" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="153"/>
+          <w:bookmarkEnd w:id="171"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7862,80 +8213,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z773" w:id="154"/>
+          <w:bookmarkStart w:name="z1258" w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="154"/>
+          <w:bookmarkEnd w:id="172"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7983,80 +8334,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z777" w:id="155"/>
+          <w:bookmarkStart w:name="z1262" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="155"/>
+          <w:bookmarkEnd w:id="173"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8104,80 +8455,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z781" w:id="156"/>
+          <w:bookmarkStart w:name="z1266" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="174"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8225,80 +8576,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z785" w:id="157"/>
+          <w:bookmarkStart w:name="z1270" w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkEnd w:id="175"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8346,80 +8697,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z789" w:id="158"/>
+          <w:bookmarkStart w:name="z1274" w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="176"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8467,80 +8818,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z793" w:id="159"/>
+          <w:bookmarkStart w:name="z1278" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="159"/>
+          <w:bookmarkEnd w:id="177"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8588,80 +8939,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z797" w:id="160"/>
+          <w:bookmarkStart w:name="z1282" w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkEnd w:id="178"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8689,283 +9040,244 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1286" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z801" w:id="161"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование ________________________ Адрес ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z1287" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес _______________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Телефон ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z1288" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Телефон _____________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Адрес электронной почты_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z1289" w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель ___________________________________ ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Исполнитель _________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                   фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1290" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z1291" w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________ ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________ _____________</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">             фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1292" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Дата "____" ______________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z1293" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дата "____" ______________ 20__ года</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="162"/>
+        <w:t>
+      Примечание: форма заполняется в соответствии с пояснением по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Карточка по нарушению".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8999,446 +9311,436 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к Приложению 1</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению Правления</w:t>
+              <w:t>к форме, предназначенной для</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Национального Банка</w:t>
+              <w:t>сбора административных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>данных на безвозмездной основе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 30 марта 2019 года № 40</w:t>
+              <w:t>"Карточка по нарушению"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z804" w:id="163"/>
+    <w:bookmarkStart w:name="z1295" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Карточка по нарушению</w:t>
+        <w:t>по заполнению формы, предназначенной для сбора</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(индекс - KN1, периодичность - ежемесячная)</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z805" w:id="164"/>
+        <w:t>административных данных на безвозмездной основе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z1296" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Карточка по нарушению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(индекс – KN1, периодичность – ежемесячная)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z1297" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z806" w:id="165"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z1298" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее пояснение определяет требования по заполнению формы, предназначенной для сбора административных данных "Карточка по нарушению" (далее - Форма).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z807" w:id="166"/>
+      1. Настоящее пояснение определяет требования по заполнению формы, предназначенной для сбора административных данных "Карточка по нарушению" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z1299" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Заполнение Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z1300" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2. Информация представляется в случаях, указанных в пункте 8 Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z1301" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В строке с кодом 11 указывается фамилия, имя, отчество (при наличии) физического лица; наименование юридического лица или филиала (представительства) юридического лица; организационно-правовую форму (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z1302" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В строке с кодом 16 указываются первые 2 цифры кода области согласно национальному классификатору Республики Казахстан НК РК 11 "Классификатор административно-территориальных объектов".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z1303" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Строки с кодами 21, 22 и 23 не заполняются для случаев нарушения сроков представления документов или информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1304" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В строке с кодом 21 указывается дата проведения валютной операции с нарушением валютного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z1305" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В строке с кодом 22 указывается сумма валютной операции, проведенной с нарушением валютного законодательства, в тысячах единиц валюты операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z1306" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      2. Форма разработана в соответствии с </w:t>
-[...41 lines deleted...]
-    <w:bookmarkStart w:name="z809" w:id="168"/>
+      8. В строке с кодом 23 указывается буквенное обозначение кода валюты по валютной операции, проведенной с нарушением валютного законодательства, в соответствии с национальным классификатором Республики Казахстан НК РК 07 ISO 4217 "Коды для представления валют и фондов". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z1307" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Информация представляется в случаях, указанных в пункте 8 Правил.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z810" w:id="169"/>
+      9. В строке с кодом 31 указывается вид нарушения в текстовом и (или) числовом формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z1308" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. В строке с кодом 11 указывается фамилия, имя, отчество (при наличии) физического лица; наименование юридического лица или филиала (представительства) юридического лица; организационно-правовую форму (при наличии).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z811" w:id="170"/>
+      10. В строке с кодом 32 приводится краткое описание нарушения в текстовом формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z1309" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. В строке с кодом 16 указываются первые 2 цифры кода области согласно национальному классификатору Республики Казахстан НК РК 11 "Классификатор административно-территориальных объектов".</w:t>
-[...142 lines deleted...]
-    <w:bookmarkEnd w:id="177"/>
+      11. Строки с кодами 34, 35 и 36 заполняются при наличии валютного договора по валютной операции, проведенной с нарушением валютного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9485,276 +9787,343 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению Правления</w:t>
+              <w:t>к Правилам осуществления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Национального Банка</w:t>
+              <w:t>валютных операций в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...12 lines deleted...]
-              <w:t>от 30 марта 2019 года № 40</w:t>
+              <w:t>Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z338" w:id="178"/>
+    <w:bookmarkStart w:name="z1192" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения о валютной операции</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="178"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сведения о валютной операции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции постановления Правления Национального Банка РК от 22.08.2024 </w:t>
+      Сноска. Приложение 2 - в редакции постановления Правления Национального Банка РК от 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 48</w:t>
+        <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1311" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z339" w:id="179"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код уполномоченного банка ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z1312" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Номер платежного документа _____________</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Номер платежного документа _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z1313" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дата __________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>
+      Дата __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z820" w:id="180"/>
+          <w:bookmarkStart w:name="z1314" w:id="206"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Код строки</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="180"/>
+          <w:bookmarkEnd w:id="206"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9806,80 +10175,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z824" w:id="181"/>
+          <w:bookmarkStart w:name="z1318" w:id="207"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="181"/>
+          <w:bookmarkEnd w:id="207"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9927,80 +10296,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z828" w:id="182"/>
+          <w:bookmarkStart w:name="z1322" w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="182"/>
+          <w:bookmarkEnd w:id="208"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10048,80 +10417,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z832" w:id="183"/>
+          <w:bookmarkStart w:name="z1326" w:id="209"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="183"/>
+          <w:bookmarkEnd w:id="209"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10169,80 +10538,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z836" w:id="184"/>
+          <w:bookmarkStart w:name="z1330" w:id="210"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="184"/>
+          <w:bookmarkEnd w:id="210"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10290,80 +10659,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z840" w:id="185"/>
+          <w:bookmarkStart w:name="z1334" w:id="211"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="185"/>
+          <w:bookmarkEnd w:id="211"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10411,80 +10780,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z844" w:id="186"/>
+          <w:bookmarkStart w:name="z1338" w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="186"/>
+          <w:bookmarkEnd w:id="212"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10532,80 +10901,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z848" w:id="187"/>
+          <w:bookmarkStart w:name="z1342" w:id="213"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="187"/>
+          <w:bookmarkEnd w:id="213"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10653,80 +11022,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z852" w:id="188"/>
+          <w:bookmarkStart w:name="z1346" w:id="214"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="188"/>
+          <w:bookmarkEnd w:id="214"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10774,80 +11143,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z856" w:id="189"/>
+          <w:bookmarkStart w:name="z1350" w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="189"/>
+          <w:bookmarkEnd w:id="215"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10895,80 +11264,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z860" w:id="190"/>
+          <w:bookmarkStart w:name="z1354" w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="190"/>
+          <w:bookmarkEnd w:id="216"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11016,80 +11385,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z864" w:id="191"/>
+          <w:bookmarkStart w:name="z1358" w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="191"/>
+          <w:bookmarkEnd w:id="217"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11137,80 +11506,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z868" w:id="192"/>
+          <w:bookmarkStart w:name="z1362" w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="192"/>
+          <w:bookmarkEnd w:id="218"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11258,80 +11627,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z872" w:id="193"/>
+          <w:bookmarkStart w:name="z1366" w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="193"/>
+          <w:bookmarkEnd w:id="219"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11379,80 +11748,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z876" w:id="194"/>
+          <w:bookmarkStart w:name="z1370" w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="194"/>
+          <w:bookmarkEnd w:id="220"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11500,80 +11869,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z880" w:id="195"/>
+          <w:bookmarkStart w:name="z1374" w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="195"/>
+          <w:bookmarkEnd w:id="221"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11621,80 +11990,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z884" w:id="196"/>
+          <w:bookmarkStart w:name="z1378" w:id="222"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="196"/>
+          <w:bookmarkEnd w:id="222"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11742,80 +12111,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z888" w:id="197"/>
+          <w:bookmarkStart w:name="z1382" w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="197"/>
+          <w:bookmarkEnd w:id="223"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11863,80 +12232,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z892" w:id="198"/>
+          <w:bookmarkStart w:name="z1386" w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="198"/>
+          <w:bookmarkEnd w:id="224"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11984,80 +12353,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z896" w:id="199"/>
+          <w:bookmarkStart w:name="z1390" w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="199"/>
+          <w:bookmarkEnd w:id="225"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12105,80 +12474,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z900" w:id="200"/>
+          <w:bookmarkStart w:name="z1394" w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="200"/>
+          <w:bookmarkEnd w:id="226"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12226,80 +12595,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z904" w:id="201"/>
+          <w:bookmarkStart w:name="z1398" w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="201"/>
+          <w:bookmarkEnd w:id="227"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12347,80 +12716,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z908" w:id="202"/>
+          <w:bookmarkStart w:name="z1402" w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="202"/>
+          <w:bookmarkEnd w:id="228"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12448,110 +12817,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z912" w:id="203"/>
+    <w:bookmarkStart w:name="z1406" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...43 lines deleted...]
-    <w:bookmarkEnd w:id="203"/>
+        <w:t>
+      Примечание: форма заполняется в соответствии с пояснением по заполнению формы "Сведения о валютной операции".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12585,382 +12914,295 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к Приложению 2</w:t>
+              <w:t xml:space="preserve">Приложение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению Правления</w:t>
-[...38 lines deleted...]
-              <w:t>от 30 марта 2019 года № 40</w:t>
+              <w:t>к форме "Сведения о валютной операции"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z914" w:id="204"/>
+    <w:bookmarkStart w:name="z1408" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о валютной операции"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z915" w:id="205"/>
+        <w:t xml:space="preserve"> Пояснение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по заполнению формы "Сведения о валютной операции"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z1409" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z916" w:id="206"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z1410" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение (далее – Пояснение) определяет требования по заполнению формы "Сведения о валютной операции" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z917" w:id="207"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z1411" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2. Форма заполняется как приложение к соответствующему платежному документу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z1412" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Заполнение Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z1413" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Строки 01, 02, 11 и 12 заполняются клиентами-резидентами и нерезидентами. Строки 21, 22, 23, 24, 31, 32, 33, 34, 35, 41, 42, 43, 44 и 45 заполняются только резидентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z1414" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Строка 01 заполняется в соответствии с таблицей кодов валютных операций, являющейся приложением к Пояснению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z1415" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В строках 11, 12, 35 и 45 указывается двузначный код страны резидентства в соответствии с национальным классификатором Республики Казахстан НК РК ISO 3166-1 "Коды для представления названий стран и единиц их административно-территориальных подразделений. Часть 1. Коды стран".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1416" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страна резидентства – страна регистрации юридического лица, структурного подразделения юридического лица или страна постоянного проживания физического лица (на основе гражданства или права, предоставленного в соответствии с законодательством Республики Казахстан или иностранного государства).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1417" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      2. Форма разработана в соответствии с </w:t>
-[...200 lines deleted...]
-    <w:bookmarkEnd w:id="214"/>
+      6. Строки 31, 34, 41 и 44 заполняются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> применения кодов секторов экономики и назначения платежей, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 203 "Об утверждении Правил применения кодов секторов экономики и назначения платежей" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14365), которое согласуется с национальным Классификатором секторов экономики (КСЭ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13007,235 +13249,177 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к пояснению по заполнению</w:t>
+              <w:t>к пояснению по заполнению формы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>формы</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>"Сведения о валютной операции"</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>Таблица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z927" w:id="215"/>
+    <w:bookmarkStart w:name="z1419" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z1420" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коды валютных операций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z928" w:id="216"/>
+          <w:bookmarkStart w:name="z1421" w:id="242"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Коды валютных операций</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="216"/>
+          <w:bookmarkEnd w:id="242"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13252,241 +13436,241 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z931" w:id="217"/>
+          <w:bookmarkStart w:name="z1424" w:id="243"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Операции с использованием банковских счетов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="217"/>
+          <w:bookmarkEnd w:id="243"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z933" w:id="218"/>
+          <w:bookmarkStart w:name="z1426" w:id="244"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11. Внешнеторговые операции (товары, работы, услуги), в том числе по договорам комиссии и приобретению/погашению электронных денег</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
+          <w:bookmarkEnd w:id="244"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z935" w:id="219"/>
+          <w:bookmarkStart w:name="z1428" w:id="245"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.1 платежи за товары:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="219"/>
+          <w:bookmarkEnd w:id="245"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z937" w:id="220"/>
+          <w:bookmarkStart w:name="z1430" w:id="246"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1111</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="220"/>
+          <w:bookmarkEnd w:id="246"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13502,80 +13686,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z940" w:id="221"/>
+          <w:bookmarkStart w:name="z1433" w:id="247"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1112</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="221"/>
+          <w:bookmarkEnd w:id="247"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13591,80 +13775,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z943" w:id="222"/>
+          <w:bookmarkStart w:name="z1436" w:id="248"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1113</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
+          <w:bookmarkEnd w:id="248"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13680,80 +13864,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z946" w:id="223"/>
+          <w:bookmarkStart w:name="z1439" w:id="249"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1114</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="223"/>
+          <w:bookmarkEnd w:id="249"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13770,133 +13954,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z949" w:id="224"/>
+          <w:bookmarkStart w:name="z1442" w:id="250"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.2 платежи за работы и услуги:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="224"/>
+          <w:bookmarkEnd w:id="250"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z951" w:id="225"/>
+          <w:bookmarkStart w:name="z1444" w:id="251"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1121</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="225"/>
+          <w:bookmarkEnd w:id="251"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13912,80 +14096,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z954" w:id="226"/>
+          <w:bookmarkStart w:name="z1447" w:id="252"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1122</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="226"/>
+          <w:bookmarkEnd w:id="252"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14001,80 +14185,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z957" w:id="227"/>
+          <w:bookmarkStart w:name="z1450" w:id="253"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1123</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="253"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14090,80 +14274,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z960" w:id="228"/>
+          <w:bookmarkStart w:name="z1453" w:id="254"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1124</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="228"/>
+          <w:bookmarkEnd w:id="254"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14180,133 +14364,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z963" w:id="229"/>
+          <w:bookmarkStart w:name="z1456" w:id="255"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.3 операции с электронными деньгами</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="229"/>
+          <w:bookmarkEnd w:id="255"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z965" w:id="230"/>
+          <w:bookmarkStart w:name="z1458" w:id="256"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1131</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="230"/>
+          <w:bookmarkEnd w:id="256"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14322,80 +14506,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z968" w:id="231"/>
+          <w:bookmarkStart w:name="z1461" w:id="257"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1132</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="231"/>
+          <w:bookmarkEnd w:id="257"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14412,133 +14596,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z971" w:id="232"/>
+          <w:bookmarkStart w:name="z1464" w:id="258"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.4 иные платежи:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
+          <w:bookmarkEnd w:id="258"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z973" w:id="233"/>
+          <w:bookmarkStart w:name="z1466" w:id="259"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1141</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
+          <w:bookmarkEnd w:id="259"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14554,80 +14738,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z976" w:id="234"/>
+          <w:bookmarkStart w:name="z1469" w:id="260"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1142</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
+          <w:bookmarkEnd w:id="260"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14643,80 +14827,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z979" w:id="235"/>
+          <w:bookmarkStart w:name="z1472" w:id="261"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1143</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="235"/>
+          <w:bookmarkEnd w:id="261"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14733,187 +14917,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z982" w:id="236"/>
+          <w:bookmarkStart w:name="z1475" w:id="262"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12. Операции с недвижимым имуществом, иным оборудованием и транспортными средствами (кроме покупки или продажи), непроизведенными нефинансовыми активами, объектами интеллектуальной собственности, нематериальными активами</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="236"/>
+          <w:bookmarkEnd w:id="262"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z984" w:id="237"/>
+          <w:bookmarkStart w:name="z1477" w:id="263"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.1. приобретение права собственности, включая долевое участие в жилищном строительстве, полностью исключительного права на объекты интеллектуальной собственности</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="263"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z986" w:id="238"/>
+          <w:bookmarkStart w:name="z1479" w:id="264"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1211</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="238"/>
+          <w:bookmarkEnd w:id="264"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14929,80 +15113,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z989" w:id="239"/>
+          <w:bookmarkStart w:name="z1482" w:id="265"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1212</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="239"/>
+          <w:bookmarkEnd w:id="265"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15018,80 +15202,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z992" w:id="240"/>
+          <w:bookmarkStart w:name="z1485" w:id="266"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1213</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="240"/>
+          <w:bookmarkEnd w:id="266"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15107,80 +15291,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z995" w:id="241"/>
+          <w:bookmarkStart w:name="z1488" w:id="267"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1214</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="241"/>
+          <w:bookmarkEnd w:id="267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15197,133 +15381,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z998" w:id="242"/>
+          <w:bookmarkStart w:name="z1491" w:id="268"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.2. текущая аренда (включая право недропользования), частичное приобретение исключительного права</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="242"/>
+          <w:bookmarkEnd w:id="268"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1000" w:id="243"/>
+          <w:bookmarkStart w:name="z1493" w:id="269"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1221</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="243"/>
+          <w:bookmarkEnd w:id="269"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15339,80 +15523,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1003" w:id="244"/>
+          <w:bookmarkStart w:name="z1496" w:id="270"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1222</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="244"/>
+          <w:bookmarkEnd w:id="270"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15428,80 +15612,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1006" w:id="245"/>
+          <w:bookmarkStart w:name="z1499" w:id="271"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1223</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="245"/>
+          <w:bookmarkEnd w:id="271"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15517,80 +15701,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1009" w:id="246"/>
+          <w:bookmarkStart w:name="z1502" w:id="272"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1224</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="246"/>
+          <w:bookmarkEnd w:id="272"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15606,80 +15790,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1012" w:id="247"/>
+          <w:bookmarkStart w:name="z1505" w:id="273"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1225</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="247"/>
+          <w:bookmarkEnd w:id="273"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15696,133 +15880,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1015" w:id="248"/>
+          <w:bookmarkStart w:name="z1508" w:id="274"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.3. финансовый лизинг или аренда с последующим выкупом</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="248"/>
+          <w:bookmarkEnd w:id="274"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1017" w:id="249"/>
+          <w:bookmarkStart w:name="z1510" w:id="275"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1231</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="249"/>
+          <w:bookmarkEnd w:id="275"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15838,80 +16022,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1020" w:id="250"/>
+          <w:bookmarkStart w:name="z1513" w:id="276"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1232</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="250"/>
+          <w:bookmarkEnd w:id="276"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15927,80 +16111,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1023" w:id="251"/>
+          <w:bookmarkStart w:name="z1516" w:id="277"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1233</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="251"/>
+          <w:bookmarkEnd w:id="277"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16017,133 +16201,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1026" w:id="252"/>
+          <w:bookmarkStart w:name="z1519" w:id="278"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.4. иные платежи</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="252"/>
+          <w:bookmarkEnd w:id="278"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1028" w:id="253"/>
+          <w:bookmarkStart w:name="z1521" w:id="279"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1241</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="253"/>
+          <w:bookmarkEnd w:id="279"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16160,276 +16344,276 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1031" w:id="254"/>
+          <w:bookmarkStart w:name="z1524" w:id="280"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13. Операции с финансовыми инструментами</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="254"/>
+          <w:bookmarkEnd w:id="280"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1033" w:id="255"/>
+          <w:bookmarkStart w:name="z1526" w:id="281"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.1. займы, инструменты участия в капитале, ценные бумаги, производные финансовые инструменты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="255"/>
+          <w:bookmarkEnd w:id="281"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1035" w:id="256"/>
+          <w:bookmarkStart w:name="z1528" w:id="282"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1311</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="256"/>
+          <w:bookmarkEnd w:id="282"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-платежи по займам (выдача и привлечение, погашение и доходы по ним)</w:t>
+              <w:t xml:space="preserve">
+платежи по займам (выдача и привлечение, погашение и доходы по ним) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1038" w:id="257"/>
+          <w:bookmarkStart w:name="z1531" w:id="283"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1312</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="257"/>
+          <w:bookmarkEnd w:id="283"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16445,80 +16629,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1041" w:id="258"/>
+          <w:bookmarkStart w:name="z1534" w:id="284"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1313</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="258"/>
+          <w:bookmarkEnd w:id="284"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16534,80 +16718,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1044" w:id="259"/>
+          <w:bookmarkStart w:name="z1537" w:id="285"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1314</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="259"/>
+          <w:bookmarkEnd w:id="285"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16623,80 +16807,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1047" w:id="260"/>
+          <w:bookmarkStart w:name="z1540" w:id="286"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1315</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="260"/>
+          <w:bookmarkEnd w:id="286"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16713,133 +16897,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1050" w:id="261"/>
+          <w:bookmarkStart w:name="z1543" w:id="287"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.2. в рамках договоров на брокерское обслуживание, инвестиционное управление портфелем (если нет возможности определения финансового инструмента)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="261"/>
+          <w:bookmarkEnd w:id="287"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1052" w:id="262"/>
+          <w:bookmarkStart w:name="z1545" w:id="288"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1321</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="262"/>
+          <w:bookmarkEnd w:id="288"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16855,80 +17039,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1055" w:id="263"/>
+          <w:bookmarkStart w:name="z1548" w:id="289"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1322</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="263"/>
+          <w:bookmarkEnd w:id="289"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16945,133 +17129,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1058" w:id="264"/>
+          <w:bookmarkStart w:name="z1551" w:id="290"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.3. доверительное управление имуществом, трасты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="264"/>
+          <w:bookmarkEnd w:id="290"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1060" w:id="265"/>
+          <w:bookmarkStart w:name="z1553" w:id="291"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1331</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="265"/>
+          <w:bookmarkEnd w:id="291"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17087,80 +17271,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1063" w:id="266"/>
+          <w:bookmarkStart w:name="z1556" w:id="292"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1332</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="266"/>
+          <w:bookmarkEnd w:id="292"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17177,133 +17361,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1066" w:id="267"/>
+          <w:bookmarkStart w:name="z1559" w:id="293"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.4. исполнение обязательств участника совместной деятельности (за исключением операций, включенных в разделы 1, 2)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="267"/>
+          <w:bookmarkEnd w:id="293"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1068" w:id="268"/>
+          <w:bookmarkStart w:name="z1561" w:id="294"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1341</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="268"/>
+          <w:bookmarkEnd w:id="294"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17319,80 +17503,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1071" w:id="269"/>
+          <w:bookmarkStart w:name="z1564" w:id="295"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1342</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="269"/>
+          <w:bookmarkEnd w:id="295"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17409,133 +17593,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1074" w:id="270"/>
+          <w:bookmarkStart w:name="z1567" w:id="296"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.5. иные платежи</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="270"/>
+          <w:bookmarkEnd w:id="296"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1076" w:id="271"/>
+          <w:bookmarkStart w:name="z1569" w:id="297"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1351</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="271"/>
+          <w:bookmarkEnd w:id="297"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17552,187 +17736,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1079" w:id="272"/>
+          <w:bookmarkStart w:name="z1572" w:id="298"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14. Платежи и (или) переводы денег по собственным счетам и неторговые операции</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="272"/>
+          <w:bookmarkEnd w:id="298"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1081" w:id="273"/>
+          <w:bookmarkStart w:name="z1574" w:id="299"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.1. по собственным счетам</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="273"/>
+          <w:bookmarkEnd w:id="299"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1083" w:id="274"/>
+          <w:bookmarkStart w:name="z1576" w:id="300"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1411</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="274"/>
+          <w:bookmarkEnd w:id="300"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17748,80 +17932,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1086" w:id="275"/>
+          <w:bookmarkStart w:name="z1579" w:id="301"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1412</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="275"/>
+          <w:bookmarkEnd w:id="301"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17837,80 +18021,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1089" w:id="276"/>
+          <w:bookmarkStart w:name="z1582" w:id="302"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1413</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="276"/>
+          <w:bookmarkEnd w:id="302"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17926,80 +18110,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1092" w:id="277"/>
+          <w:bookmarkStart w:name="z1585" w:id="303"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1414</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="277"/>
+          <w:bookmarkEnd w:id="303"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18015,347 +18199,347 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1095" w:id="278"/>
+          <w:bookmarkStart w:name="z1588" w:id="304"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1415</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="278"/>
+          <w:bookmarkEnd w:id="304"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-покупка уполномоченным банком иностранной валюты от клиента, продажа брокером по поручению клиента иностранной валюты на АО "Казахстанская фондовая биржа" за национальную валюту, за исключением операции, предусмотренной кодом 1419</w:t>
+покупка уполномоченным банком иностранной валюты от клиента, продажа брокером по поручению клиента иностранной валюты за национальную валюту, за исключением операции, предусмотренной кодом 1419</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1098" w:id="279"/>
+          <w:bookmarkStart w:name="z1591" w:id="305"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1416</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="279"/>
+          <w:bookmarkEnd w:id="305"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-продажа уполномоченным банком иностранной валюты клиенту, покупка брокером по поручению клиента иностранной валюты на АО "Казахстанская фондовая биржа" за национальную валюту</w:t>
+продажа уполномоченным банком иностранной валюты клиенту, покупка брокером по поручению клиента иностранной валюты за национальную валюту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1101" w:id="280"/>
+          <w:bookmarkStart w:name="z1594" w:id="306"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1417</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="280"/>
+          <w:bookmarkEnd w:id="306"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-покупка (продажа) уполномоченным банком иностранной валюты от клиента (клиенту), покупка (продажа) брокером по поручению клиента иностранной валюты на АО "Казахстанская фондовая биржа" за другую иностранную валюту</w:t>
+покупка (продажа) уполномоченным банком иностранной валюты от клиента (клиенту), покупка (продажа) брокером по поручению клиента иностранной валюты за другую иностранную валюту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1104" w:id="281"/>
+          <w:bookmarkStart w:name="z1597" w:id="307"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1418</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="281"/>
+          <w:bookmarkEnd w:id="307"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18371,80 +18555,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1107" w:id="282"/>
+          <w:bookmarkStart w:name="z1600" w:id="308"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1419</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="282"/>
+          <w:bookmarkEnd w:id="308"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18461,133 +18645,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1110" w:id="283"/>
+          <w:bookmarkStart w:name="z1603" w:id="309"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.2. платежи и (или) переводы денег в пользу третьих лиц (государственных органов, других организаций или физических лиц)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="283"/>
+          <w:bookmarkEnd w:id="309"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1112" w:id="284"/>
+          <w:bookmarkStart w:name="z1605" w:id="310"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1421</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="284"/>
+          <w:bookmarkEnd w:id="310"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18603,80 +18787,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1115" w:id="285"/>
+          <w:bookmarkStart w:name="z1608" w:id="311"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1422</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="285"/>
+          <w:bookmarkEnd w:id="311"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18692,80 +18876,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1118" w:id="286"/>
+          <w:bookmarkStart w:name="z1611" w:id="312"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1423</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="286"/>
+          <w:bookmarkEnd w:id="312"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18781,80 +18965,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1121" w:id="287"/>
+          <w:bookmarkStart w:name="z1614" w:id="313"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1424</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="287"/>
+          <w:bookmarkEnd w:id="313"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18870,80 +19054,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1124" w:id="288"/>
+          <w:bookmarkStart w:name="z1617" w:id="314"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1425</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="288"/>
+          <w:bookmarkEnd w:id="314"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18959,80 +19143,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1127" w:id="289"/>
+          <w:bookmarkStart w:name="z1620" w:id="315"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1426</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="289"/>
+          <w:bookmarkEnd w:id="315"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19049,133 +19233,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1130" w:id="290"/>
+          <w:bookmarkStart w:name="z1623" w:id="316"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.3. сопутствующие платежи</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="290"/>
+          <w:bookmarkEnd w:id="316"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1132" w:id="291"/>
+          <w:bookmarkStart w:name="z1625" w:id="317"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1431</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="291"/>
+          <w:bookmarkEnd w:id="317"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19192,133 +19376,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1135" w:id="292"/>
+          <w:bookmarkStart w:name="z1628" w:id="318"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15. операции с цифровыми активами</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="292"/>
+          <w:bookmarkEnd w:id="318"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1137" w:id="293"/>
+          <w:bookmarkStart w:name="z1630" w:id="319"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1501</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="293"/>
+          <w:bookmarkEnd w:id="319"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19334,80 +19518,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1140" w:id="294"/>
+          <w:bookmarkStart w:name="z1633" w:id="320"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1502</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="294"/>
+          <w:bookmarkEnd w:id="320"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19424,187 +19608,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1143" w:id="295"/>
+          <w:bookmarkStart w:name="z1636" w:id="321"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Операции без использования банковских счетов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="295"/>
+          <w:bookmarkEnd w:id="321"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1145" w:id="296"/>
+          <w:bookmarkStart w:name="z1638" w:id="322"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21. Покупка валютных ценностей от клиентов (за исключением наличной иностранной валюты)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="296"/>
+          <w:bookmarkEnd w:id="322"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1147" w:id="297"/>
+          <w:bookmarkStart w:name="z1640" w:id="323"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2101</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="297"/>
+          <w:bookmarkEnd w:id="323"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19620,80 +19804,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1150" w:id="298"/>
+          <w:bookmarkStart w:name="z1643" w:id="324"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2102</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="298"/>
+          <w:bookmarkEnd w:id="324"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19710,133 +19894,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1153" w:id="299"/>
+          <w:bookmarkStart w:name="z1646" w:id="325"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22. Продажа валютных ценностей клиентам (за исключением наличной иностранной валюты)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="299"/>
+          <w:bookmarkEnd w:id="325"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1155" w:id="300"/>
+          <w:bookmarkStart w:name="z1648" w:id="326"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2201</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="300"/>
+          <w:bookmarkEnd w:id="326"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19852,80 +20036,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1158" w:id="301"/>
+          <w:bookmarkStart w:name="z1651" w:id="327"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2202</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="301"/>
+          <w:bookmarkEnd w:id="327"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19942,133 +20126,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1161" w:id="302"/>
+          <w:bookmarkStart w:name="z1654" w:id="328"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23. Платежи и (или) переводы денег без открытия счета</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="302"/>
+          <w:bookmarkEnd w:id="328"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1163" w:id="303"/>
+          <w:bookmarkStart w:name="z1656" w:id="329"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2301</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="303"/>
+          <w:bookmarkEnd w:id="329"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20084,114 +20268,489 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1166" w:id="304"/>
+          <w:bookmarkStart w:name="z1659" w:id="330"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2302</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="304"/>
+          <w:bookmarkEnd w:id="330"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платеж и (или) перевод денег, отправленный за пределы Республики Казахстан или полученный из-за рубежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1662" w:id="331"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24. Платежи и (или) переводы денег по собственным счетам уполномоченного банка, являющимся профессиональным участником рынка ценных бумаг</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="331"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1664" w:id="332"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24.1. по собственным счетам</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="332"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1666" w:id="333"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2415</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="333"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+покупка уполномоченным банком, являющимся профессиональным участником рынка ценных бумаг, иностранной валюты по собственным целям за национальную валюту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1669" w:id="334"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2416</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="334"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+продажа уполномоченным банком, являющимся профессиональным участником рынка ценных бумаг, иностранной валюты по собственным целям за национальную валюту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1672" w:id="335"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2417</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="335"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+покупка (продажа) уполномоченным банком, являющимся профессиональным участником рынка ценных бумаг, иностранной валюты за другую иностранную валюту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20275,268 +20834,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 марта 2019 года № 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z167" w:id="305"/>
+    <w:bookmarkStart w:name="z167" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов Республики Казахстан, а также структурного элемента нормативного правового акта Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z168" w:id="306"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z168" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 28 апреля 2012 года № 154 "Об утверждении Правил осуществления валютных операций в Республике Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7701, опубликовано 25 августа 2012 года в газете "Казахстанская правда" № 286-287 (27105-27106).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z169" w:id="307"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z169" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан, в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 26 апреля 2013 года № 110 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8505, опубликовано 6 августа 2013 года в газете "Юридическая газета" № 115 (2490).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z170" w:id="308"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z170" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 16 марта 2015 года № 32 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 28 апреля 2012 года № 154 "Об утверждении Правил осуществления валютных операций в Республике Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 10777, опубликовано 30 апреля 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z171" w:id="309"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z171" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 декабря 2015 года № 264 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 28 апреля 2012 года № 154 "Об утверждении Правил осуществления валютных операций в Республике Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 13580, опубликовано 16 мая 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z172" w:id="310"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z172" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 22 декабря 2017 года № 250 "О внесении изменений в постановление Правления Национального Банка Республики Казахстан от 28 апреля 2012 года № 154 "Об утверждении Правил осуществления валютных операций в Республике Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16537, опубликовано 19 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>