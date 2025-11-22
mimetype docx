--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6143353" w14:textId="6143353">
+    <w:p w14:paraId="b759038" w14:textId="b759038">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6051,91 +6051,111 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Члены совета директоров избираются в соответствии с прозрачным и справедливым конкурсом, который учитывает компетенций, навыки, достижения, деловую репутацию и профессиональный опыт кандидатов. При переизбрании отдельных членов совета директоров или его полного состава на новый срок во внимание принимаются их вклад в эффективность деятельности совета директоров Общества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
     <w:bookmarkStart w:name="z253" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Отбор независимых директоров Общества и организации осуществляется на конкурсной основе в порядке, определенном общим собранием акционеров (единственным акционером) Общества и организации.</w:t>
+        <w:t xml:space="preserve">
+      Отбор независимых директоров Общества и организации осуществляется на конкурсной основе согласно Правилам и критериям отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со сто процентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра национальной экономики Республики Казахстан от 29 августа 2025 года № 87 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 36761).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 70 - в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 15.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 70 - в редакции приказа и.о. Министра национальной экономики РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -14842,110 +14862,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218. Акционерам (единственному акционеру) в целях предотвращения вмешательства государственных органов в операционную деятельность Общества, а также повышения ответственности советов директоров за принимаемые решения, следует воздержаться от избрания членов совета директоров, являющимися представителями государственных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="684"/>
     <w:bookmarkStart w:name="z691" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При решении вопроса об избрании председателя совета директоров рекомендуется воздержаться от избрания представителей центрального уполномоченного органа по государственному имуществу и уполномоченного органа соответствующей отрасли, местных исполнительных органов, являющихся государственными служащими.</w:t>
+      Представители центрального уполномоченного органа по государственному планированию, уполномоченного органа по государственному имуществу, уполномоченного органа соответствующей отрасли, местных исполнительных органов, являющиеся государственными служащими, не избираются в качестве председателя совета директоров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="685"/>
     <w:bookmarkStart w:name="z692" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      В качестве представителя государства в состав советов директоров Общества и организаций могут быть номинированы в установленном порядке лица, не являющиеся государственными служащими.</w:t>
+        <w:t xml:space="preserve">
+      В качестве представителя государства в состав совета директоров могут быть представлены лица, не являющиеся государственными служащими, по решению уполномоченного органа соответствующей отрасли согласно Минимальным требованиям к кандидатам в члены совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, представляемым государством, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра национальной экономики Республики Казахстан от 29 августа 2025 года № 87 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 36761).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 218 - в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 15.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 218 - в редакции приказа и.о. Министра национальной экономики РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>