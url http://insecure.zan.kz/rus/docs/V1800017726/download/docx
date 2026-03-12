--- v1 (2025-11-22)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b759038" w14:textId="b759038">
+    <w:p w14:paraId="a798be8" w14:textId="a798be8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5772,51 +5772,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об акционерных обществах, а также Уставе Общества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
     <w:bookmarkStart w:name="z239" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) уделять достаточно времени для участия на заседаниях совета директоров, его комитетов и подготовки к ним - не допускается одновременное занятие должности члена совета директоров более чем в четырех юридических лицах, одновременное занятие должности председателя совета директоров допускается только в двух юридических лицах, за исключением представителей центрального уполномоченного органа по государственному имуществу. Занятие членом совета директоров должностей в иных юридических лицах допускается после получения одобрения совета директоров;</w:t>
+      2) уделять достаточно времени для участия на заседаниях совета директоров, его комитетов и подготовки к ним - не допускается одновременное занятие должности члена совета директоров более чем в трех юридических лицах, одновременное занятие должности председателя совета директоров допускается только в двух юридических лицах, за исключением представителей центрального уполномоченного органа по государственному имуществу. Занятие членом совета директоров должностей в иных юридических лицах допускается после получения одобрения совета директоров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
     <w:bookmarkStart w:name="z240" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) способствовать росту долгосрочной стоимости и устойчивого развития Общества – члены совета директоров действуют в интересах Общества с учетом справедливого отношения ко всем акционерам и принципов устойчивого развития; влияние решений и действий членов совета директоров возможно определить посредством следующих вопросов: каковы последствия решения/действия в долгосрочном периоде; каково влияние деятельности организации на общество и окружающую среду; будет ли обеспечено справедливое отношение ко всем акционерам; влияние на репутацию Общества и высокие стандарты деловой этики; влияние на интересы заинтересованных сторон (данный перечень вопросов является не исчерпывающим);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
     <w:bookmarkStart w:name="z241" w:id="235"/>
     <w:p>
@@ -5856,50 +5856,112 @@
         <w:t>
       5) не создавать конфликта интересов – члены совета директоров не допускают возникновения ситуаций, при которых личная заинтересованность может повлиять на надлежащее выполнение им обязанностей члена совета директоров, в случае возникновения ситуаций с конфликтами интересов, которые влияют или потенциально могут повлиять на беспристрастное принятие решений, члены совета директоров заблаговременно уведомляют об этом председателя совета директоров и не принимают участие в обсуждении и принятии таких решений. Данное требование относится и к другим действиям члена совета директоров, которые прямо или косвенно могут повлиять на надлежащее исполнение обязанностей члена совета директоров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
     <w:bookmarkStart w:name="z243" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) действовать с должной разумностью, умением и осмотрительностью – члены совета директоров на постоянной основе повышают свои знания в части компетенций совета директоров и выполнения своих обязанностей в совете директоров и комитетах, включая такие направления как законодательство, корпоративное управление, управление рисками, финансы и аудит, устойчивое развитие, знания отрасли и специфики деятельности Общества. В целях понимания актуальных вопросов деятельности Общества члены совета директоров регулярно посещают ключевые объекты Общества и проводят встречи с работниками.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 67 с изменением, внесенным приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z244" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Ответственность между советом директоров за обеспечение своей деятельности, выполнению своих функций и обязанностей, в том числе (но не ограничиваясь) по определению стратегических направлений деятельности Общества, постановку задач и конкретных, измеримых (оцифрованных) КПЭ и ответственность правления Общества за операционную (текущую) деятельность Общества, в том числе (но не ограничивая) выполнение поставленных задач и достижение установленных КПЭ разделяется и закрепляется в соответствующих внутренних документах Общества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
     <w:bookmarkStart w:name="z245" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -10711,75 +10773,157 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154. Исполнительный орган подотчетно совету директоров и осуществляет руководство ежедневной деятельностью Общества, несет ответственность за реализацию плана развития и/или плана мероприятий и решений, принятых советом директоров и общим собранием акционеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
     <w:bookmarkStart w:name="z483" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      155. Совет директоров избирает руководителя и членов исполнительного органа, определяет сроки полномочий, размер должностного оклада, условия оплаты их труда. Ключевую роль в процессе поиска и отбора кандидатов в состав исполнительного органа, определении их вознаграждения играет комитет по назначениям и вознаграждениям совета директоров Общества.</w:t>
+        <w:t xml:space="preserve">
+      155. Если иное не установлено </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об акционерных обществах и (или) уставом Общества, совет директоров избирает руководителя и членов исполнительного органа, определяет сроки полномочий, размер должностного оклада, условия оплаты их труда. Ключевую роль в процессе поиска и отбора кандидатов в состав исполнительного органа, определении их вознаграждения играет комитет по назначениям и вознаграждениям совета директоров Общества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z484" w:id="478"/>
+    <w:bookmarkStart w:name="z754" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендуемое количество женщин в коллегиальном исполнительном органе Общества составляет не менее тридцати процентов от общего количества членов коллегиального исполнительного органа. При этом основным критерием формирования состава исполнительного органа являются знания и компетенции членов исполнительного органа, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 155 в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z485" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Предложения по кандидатам, на избрание в состав исполнительного органа на рассмотрение комитета по назначениям и вознаграждениям совета директоров вносит руководитель исполнительного органа. В случае отклонения советом директоров кандидата, предложенного руководителем исполнительного органа на одну и ту же вакантную должность в состав исполнительного органа во второй раз, право на внесение предложения по кандидату на данную вакантную должность переходит к совету директоров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
     <w:bookmarkStart w:name="z486" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -15784,546 +15928,606 @@
         <w:t xml:space="preserve">
       19) о размере утвержденных дивидендов; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="726"/>
     <w:bookmarkStart w:name="z733" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) о новостях и пресс-релизах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z753" w:id="728"/>
+    <w:bookmarkStart w:name="z755" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) о выполнении антикоррупционной комплаенс-программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z756" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-2) об аналитическом отчете по итогам антикоррупционного мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z753" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) на стартовой странице интернет-ресурса о горячей линии – о безопасном, конфиденциальном и доступном способе информирования совета директоров (Комитета по аудиту) и службы внутреннего аудита о фактах нарушений законодательства Республики Казахстан, внутренних процедур, Кодекса деловой этики любым работником и/или должностным лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkEnd w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 231 с изменением, внесенным приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 21.05.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 231 с изменениями, внесенными приказами Заместителя Премьер-Министра - Министра национальной экономики РК от 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z735" w:id="729"/>
+    <w:bookmarkStart w:name="z735" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232. Общество готовит годовой отчет в соответствии с положениями настоящего Кодекса и практикой раскрытия информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z736" w:id="730"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z736" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Годовой отчет утверждается советом директоров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z737" w:id="731"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z737" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233. Годовой отчет является одним из ключевых источников информации для заинтересованных сторон. Годовой отчет является структурированным и визуально удобным документом и публикуется на казахском языке с использованием, при необходимости, других языков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z738" w:id="732"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z738" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Годовой отчет подготавливается и размещается на интернет-ресурсе в течение пяти рабочих дней после проведения годового общего собрания акционеров (единственного акционера).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z739" w:id="733"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z739" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234. Требования к содержанию годового отчета предполагают наличие следующей информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z740" w:id="734"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z740" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обращение председателя совета директоров Общества; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z741" w:id="735"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z741" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) обращение руководителя исполнительного органа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z742" w:id="736"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z742" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о Обществе: общие сведения; о структуре уставного капитала, включая следующие сведения: количество и номинальная стоимость выпущенных акций (долей участия), описание прав, предоставляемых акциями, количество и номинальная стоимость объявленных, но неразмещенных акций, состав акционеров (участников) и количество и доля принадлежащих им простых акций (долей участия), порядок распоряжения правами собственности; миссия; план развития (план мероприятий), результаты его реализации; обзор рынка и положение на рынке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z743" w:id="737"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z743" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) результаты финансовой и операционной деятельности за отчетный год: обзор и анализ деятельности относительно поставленных задач, в том числе выполнение целей и задач государственной социально-экономической политики и оценка влияния Общества на социально-экономическое развитие отрасли/региона/Республики Казахстан; операционные и финансовые показатели деятельности; основные существенные события и достижения; информация о существенных сделках с государством и иными аффилированными лицами; информация о расходах, связанных с выполнением целей и задач государственной социально-экономической политики и источниках их финансирования, а также любая финансовая поддержка, включая гарантии, получаемые/полученные от государства и любые обязательства перед государством и обществом, в том числе договорные обязательства, вытекающие из государственно-частного партнерства, принятые на себя Обществом (если не раскрывается в соответствии с Международными стандартами финансовой отчетности), в том числе условия финансовой поддержки, ее цели и их достижение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z744" w:id="738"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z744" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) структура активов, включая дочерние/зависимые юридические лица всех уровней, обзор, основные итоги их финансовой и операционной деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z745" w:id="739"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z745" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) цели и планы на будущие периоды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z746" w:id="740"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z746" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) существенные факторы риска и система управления рисками; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z747" w:id="741"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z747" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) корпоративное управление: структура корпоративного управления; состав акционеров и структура владения; состав совета директоров, включая квалификацию, процесс отбора, в том числе о независимых директорах с указанием критериев определения их независимости; отчет о деятельности совета директоров и его комитетов; информация о соответствии практики корпоративного управления принципам настоящего Кодекса, а при ее несоответствии пояснения о причинах несоблюдения каждого из принципов; состав исполнительного органа Общества; отчет о деятельности исполнительного органа; политика вознаграждения членов совета директоров и исполнительного органа, а также размер их вознаграждения за отчетный год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z748" w:id="742"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z748" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мероприятиях и деятельности, направленных на внедрение и применение принципов ESG (экологическая и социальная ответственность, корпоративное управление), устойчивое развитие Общества и вклад Общества в достижение Целей устойчивого развития ООН в Республике Казахстан (в случае подготовки отдельного отчета в области устойчивого развития, возможно предоставление ссылки на данный отчет);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z749" w:id="743"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z749" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) заключение внешнего аудитора и финансовая отчетность с примечаниями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z750" w:id="744"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z750" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в аналитических показателях и данных, включаемых в годовой отчет, отражается сравнительный анализ и достигнутый прогресс (регресс) по отношению к предыдущему периоду (сравнение со значениями аналогичных показателей, указанных в прошлом годовом отчете). В целях сравнения показателей с частными компаниями и компаниями международного уровня, действующими в аналогичной отрасли, публикуются показатели деятельности, которые позволят провести отраслевой бенчмаркинг-анализ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z751" w:id="745"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z751" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Общество в организационно-правовой форме акционерное общество также раскрывает дополнительную информацию, рекомендуемую лучшей практикой раскрытия информации и требованиями фондовых бирж KASE и AIX.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z752" w:id="746"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z752" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В Обществе, акции которых котируются на фондовой бирже, создаются специальные отделы по работе с инвесторами для поддержания связи с инвесторами, обеспечения своевременного и качественного предоставления ответов на вопросы акционеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkEnd w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>