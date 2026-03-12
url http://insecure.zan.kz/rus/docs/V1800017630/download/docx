--- v0 (2025-10-21)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b8fbd54" w14:textId="b8fbd54">
+    <w:p w14:paraId="84b5263" w14:textId="84b5263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -952,187 +952,195 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 октября 2018 года № 86/ қе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Цены на услуги, реализуемые субъектом государственной монополии в сфере информатизации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Цены на услуги – в редакции приказа Председателя Комитета национальной безопасности РК от 25.11.2022 </w:t>
+      Сноска. Цены на услуги – в редакции приказа Председателя Комитета национальной безопасности РК от 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 86/қе</w:t>
+        <w:t>№ 131/нс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Председателя Комитета национальной безопасности РК от 12.02.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z47" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1256,68 +1264,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z53" w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1441,68 +1461,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z59" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1519,68 +1551,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z62" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1678,94 +1722,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-166 366</w:t>
+172 308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z68" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1863,94 +1919,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194 093</w:t>
+201 025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z74" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2048,94 +2116,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194 093</w:t>
+201 025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z80" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2233,128 +2313,140 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 217 841 895</w:t>
+1 261 336 249</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Осуществление сбора, анализа и обобщения информации отраслевых центров информационной безопасности и оперативных центров информационной безопасности об инцидентах информационной безопасности на объектах информационно-коммуникационной инфраструктуры "электронного правительства" и других критически важных объектах информационно-коммуникационной инфраструктуры</w:t>
+          <w:bookmarkStart w:name="z86" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осуществление сбора, анализа и обобщения информации отраслевых центров информационной безопасности и оперативных центров информационной безопасности об инцидентах информационной безопасности на объектах информационно – коммуникационной инфраструктуры "электронного правительства" и других критически важных объектах информационно-коммуникационной инфраструктуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2403,109 +2495,141 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210 982 513</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-236 300 415</w:t>
+          <w:bookmarkStart w:name="z90" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+244 739</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z93" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2603,946 +2727,1018 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 918 901</w:t>
+3 023 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-1 288 279</w:t>
+          <w:bookmarkStart w:name="z99" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение испытаний на соответствие требованиям информационной безопасности объектов информатизации, собственником (владельцем) и (или) заказчиком которых является государственный орган:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...51 lines deleted...]
-Испытания объектов информатизации "электронного правительства" на соответствие требованиям информационной безопасности:</w:t>
+          <w:bookmarkStart w:name="z102" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализ исходных кодов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 Мбайт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 812</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-6 510</w:t>
+          <w:bookmarkStart w:name="z108" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нагрузочное испытание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 вариант использования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+410 910</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+476 656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-460 219</w:t>
+          <w:bookmarkStart w:name="z114" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обследование сетевой инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 подсеть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+745 079</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+864 292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-834 489</w:t>
+          <w:bookmarkStart w:name="z120" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Испытание функций информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 система / подсистема</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+765 224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+887 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Испытание функций информационной безопасности</w:t>
+          <w:bookmarkStart w:name="z126" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обследование процессов обеспечения информационной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3570,1245 +3766,1341 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-765 224</w:t>
-[...35 lines deleted...]
-857 051</w:t>
+740 344</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+858 799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-829 186</w:t>
+          <w:bookmarkStart w:name="z132" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осуществление сопровождения единого шлюза доступа к Интернету и единого шлюза электронной почты "электронного правительства"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 услуга*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+216 225 641</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 821 744</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-242 172 718</w:t>
+          <w:bookmarkStart w:name="z138" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мониторинг обеспечения информационной безопасности объектов информатизации "электронного правительства" посредством системы мониторинга обеспечения информационной безопасности Национального координационного центра информационной безопасности:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...51 lines deleted...]
-Мониторинг обеспечения информационной безопасности объектов информатизации "электронного правительства" посредством системы мониторинга обеспечения информационной безопасности Национального координационного центра информационной безопасности:</w:t>
+          <w:bookmarkStart w:name="z141" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мониторинг обеспечения защиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 объект информатизации "электронного правительства"*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 086 554</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 220 403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-7 936 941</w:t>
+          <w:bookmarkStart w:name="z147" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мониторинг реагирования на инциденты информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 объект информатизации "электронного правительства"*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 669 698</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 736 850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-7 470 062</w:t>
+          <w:bookmarkStart w:name="z153" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мониторинг обеспечения безопасного функционирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 объект информатизации "электронного правительства"*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 084 281</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 417 766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-2 334 394</w:t>
+          <w:bookmarkStart w:name="z159" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мониторинг событий информационной безопасности объектов информатизации государственных органов:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...51 lines deleted...]
-Мониторинг событий информационной безопасности объектов информатизации государственных органов:</w:t>
+          <w:bookmarkStart w:name="z162" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Установка источников событий информационной безопасности в информационно-коммуникационной инфраструктуре государственных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 государственный орган*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 588 907</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 003 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Установка источников событий информационной безопасности в информационно-коммуникационной инфраструктуре государственных органов</w:t>
+          <w:bookmarkStart w:name="z168" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техническое сопровождение источников событий информационной безопасности в информационно-коммуникационной инфраструктуре государственных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4836,164 +5128,176 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 588 907</w:t>
-[...35 lines deleted...]
-2 899 576</w:t>
+11 361 237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 179 035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Техническое сопровождение источников событий информационной безопасности в информационно-коммуникационной инфраструктуре государственных органов</w:t>
+          <w:bookmarkStart w:name="z174" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отслеживание событий информационной безопасности объектов мониторинга событий информационной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5021,630 +5325,660 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 361 237</w:t>
-[...35 lines deleted...]
-12 724 585</w:t>
+13 885 956</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 107 709</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-15 552 271</w:t>
+          <w:bookmarkStart w:name="z180" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осуществление координации мероприятий по обеспечению информационной безопасности объектов информатизации "электронного правительства", а также реагированию на инциденты информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 государственное учреждение*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 421 078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 928 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...176 lines deleted...]
-10 551 607</w:t>
+          <w:bookmarkStart w:name="z186" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осуществление обследования обеспечения защищенности процессов хранения, обработки и распространения персональных данных ограниченного доступа, содержащихся в электронных информационных ресурсах:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...51 lines deleted...]
-Осуществление обследования обеспечения защищенности процессов хранения, обработки и распространения персональных данных ограниченного доступа, содержащихся в электронных информационных ресурсах:</w:t>
+          <w:bookmarkStart w:name="z189" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организационно-правовые меры и процессы защиты персональных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 объект обследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+757 706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878 939</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Организационно-правовые меры и процессы защиты персональных данных</w:t>
+          <w:bookmarkStart w:name="z195" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инструментальное сканирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5672,349 +6006,373 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-757 706</w:t>
-[...35 lines deleted...]
-848 631</w:t>
+597 202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+692 754</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-668 866</w:t>
+          <w:bookmarkStart w:name="z201" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования объектов информационно-коммуникационной инфраструктуры Национального координационного центра информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 услуга*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+170 018 924</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+197 221 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Обеспечение функционирования объектов информационно-коммуникационной инфраструктуры Национального координационного центра информационной безопасности</w:t>
+          <w:bookmarkStart w:name="z207" w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выявление, пресечение и исследование угроз и инцидентов информационной безопасности на объектах информатизации "электронного правительства" и формирование рекомендаций по их устранению или предотвращению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6042,582 +6400,349 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170 018 924</w:t>
-[...35 lines deleted...]
-190 421 195</w:t>
+1 418 557 993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 645 527 272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...361 lines deleted...]
-692672</w:t>
+          <w:bookmarkStart w:name="z213" w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Принятие участия в осуществлении государственного контроля в сфере информатизации в части обеспечения информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 услуга**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+618 458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717 411</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z219" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z220" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * услуги оказываются Комитету национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z221" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>** услуги оказываются уполномоченному органу в сфере информатизации;</w:t>
+        <w:t>
+      ** услуги оказываются уполномоченному органу в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...47 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6709,167 +6834,195 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 октября 2018 года № 86/ қе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Цены на услуги, реализуемые субъектом государственной монополии в сфере обеспечения информационной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Цены на услуги – в редакции приказа Председателя Комитета национальной безопасности РК от 25.11.2022 </w:t>
+      Сноска. Цены на услуги – в редакции приказа Председателя Комитета национальной безопасности РК от 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 86/қе</w:t>
+        <w:t>№ 131/нс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z222" w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6916,145 +7069,197 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Цена с учетом налога на добавленную стоимость, тенге</w:t>
+          <w:bookmarkStart w:name="z225" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цена без учета налога на добавленную стоимость,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z227" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цена с учетом налога на добавленную стоимость,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z230" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7178,68 +7383,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z236" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7337,94 +7554,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 319 908 835</w:t>
+2 402 762 722</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z242" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7522,94 +7751,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 111 590</w:t>
+90 222 718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z248" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7707,92 +7948,96 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-302 731 613</w:t>
+313 543 456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z254" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z255" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * услуги оказываются Комитету национальной безопасности Республики Казахстан.</w:t>
+      * услуги оказываются Комитету национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>