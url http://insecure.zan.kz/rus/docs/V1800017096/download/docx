--- v0 (2025-11-05)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="95c382e" w14:textId="95c382e">
+    <w:p w14:paraId="4f4264e" w14:textId="4f4264e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -121,71 +121,384 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции совместного приказа Министра энергетики РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра науки и высшего образования РК от 17.12.2025 № 574 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      Примечание РЦПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вводится в действие с 29.06.2018.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции совместного приказа Министра энергетики РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра науки и высшего образования РК от 17.12.2025 № 574 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -210,51 +523,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 178 Кодекса Республики Казахстан "О недрах и недропользовании" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЕМ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -272,251 +584,395 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра энергетики РК от 05.10.2023 № 356 и Министра науки и высшего образования РК от 05.10.2023 № 518 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции совместного приказа Министра энергетики РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра науки и высшего образования РК от 17.12.2025 № 574 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ недропользователями в период добычи углеводородов и урана.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту недропользования Министерства энергетики Республики Казахстан в установленном законодательством порядке Республики Казахстан обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего совместного приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      2. Департаменту недропользования Министерства энергетики Республики Казахстан в установленном законодательством порядке Республики Казахстан обеспечить:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего совместного приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего совместного приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти календарных дней после государственной регистрации настоящего совместного приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      2) в течение десяти календарных дней со дня государственной регистрации настоящего совместного приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размещение настоящего совместного приказа на интернет-ресурсе Министерства энергетики Республики Казахстан после государственной регистрации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      3) в течение десяти календарных дней после государственной регистрации настоящего совместного приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в течение десяти рабочих дней после государственной регистрации настоящего совместного приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 2), 3) и 4) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      4) размещение настоящего совместного приказа на интернет-ресурсе Министерства энергетики Республики Казахстан после государственной регистрации;</w:t>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего совместного приказа возложить на курирующего вице-министра энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      5) в течение десяти рабочих дней после государственной регистрации настоящего совместного приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 2), 3) и 4) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий совместный приказ вводится в действие с 29 июня 2018 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -619,51 +1075,61 @@
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>_______________Е. Сагадиев</w:t>
+                    <w:t xml:space="preserve">_______________Е. </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Сагадиев</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="left"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
         </w:tc>
@@ -804,51 +1270,61 @@
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>___________К. Бозумбаев</w:t>
+                    <w:t xml:space="preserve">___________К. </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Бозумбаев</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -919,64 +1395,64 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="10"/>
+      <w:bookmarkStart w:name="z15" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СОГЛАСОВАН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1175,125 +1651,370 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 мая 2018 года № 244</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается в редакции совместного приказа Министра энергетики РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра науки и высшего образования РК от 17.12.2025 № 574 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ недропользователями в период добычи углеводородов и урана</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+        <w:t xml:space="preserve">  Правила финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ недропользователями в период добычи углеводородов и урана</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра энергетики РК от 05.10.2023 № 356 и Министра науки и высшего образования РК от 05.10.2023 № 518 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ недропользователями в период добычи углеводородов и урана (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1308,332 +2029,708 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 129 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 178 Кодекса Республики Казахстан "О недрах и недропользовании" (далее - Кодекс) и определяют порядок финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ недропользователями в период добычи углеводородов и урана.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результат научной и (или) научно-технической деятельности - новые знания или решения, полученные надлежащими научными методами и средствами в ходе выполнения научной и (или) научно-технической деятельности и зафиксированные на любом информационном носителе, внедрение научных разработок и технологий в производство, а также модели, макеты, образцы новых изделий, материалов и веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) субъекты научной и (или) научно-технической деятельности - физические и юридические лица, осуществляющие научную и (или) научно-техническую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) научно-исследовательская работа - работа, связанная с научным поиском, проведением исследований, экспериментов в целях расширения имеющихся и получения новых знаний, проверки научных гипотез, установления закономерностей развития природы и общества, научного обобщения, научного обоснования проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) научные исследования - прикладные, фундаментальные, стратегические научные исследования, осуществляемые субъектами научной и (или) научно-технической деятельности в рамках научно-исследовательских, опытно-конструкторских и технологических работ, надлежащими научными методами и средствами в целях достижения результатов научной и (или) научно-технической деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие понятия:</w:t>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) научная деятельность - деятельность, направленная на изучение окружающей действительности с целью выявления свойств, особенностей и закономерностей, присущих изучаемым объектам, явлениям (процессам), и использование полученных знаний на практике;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      1) результат научной и (или) научно-технической деятельности - новые знания или решения, полученные надлежащими научными методами и средствами в ходе выполнения научной и (или) научно-технической деятельности и зафиксированные на любом информационном носителе, внедрение научных разработок и технологий в производство, а также модели, макеты, образцы новых изделий, материалов и веществ;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 6) предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) научно-техническая деятельность - деятельность, направленная на получение и применение новых знаний во всех областях науки, техники и производства для решения технологических, конструкторских, экономических и социально-политических и иных задач, обеспечение функционирования науки, технологии и производства как единой системы, включая разработку нормативно-технической документации, необходимой для проведения этих исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 7) предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) опытно-конструкторские работы - комплекс работ, выполняемых при создании или модернизации продукции, разработка конструкторской и технологической документации на опытные образцы, изготовление и испытание опытных образцов и полезных моделей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) государственный учет реализуемых научных, научно-технических проектов и программ, и отчетов о научной и (или) научно-технической деятельности – учет, осуществляемый уполномоченным органом в области науки, в целях формирования национального ресурса научно-технической информации и мониторинга динамики научно-технического потенциала Республики Казахстан в соответствии с законодательством Республики Казахстан в области науки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) Фонд национального благосостояния (далее – Фонд) – национальный управляющий холдинг, определенный в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О фонде национального благосостояния".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Финансирование научных исследований осуществляется недропользователем ежегодно в течение периода добычи, начиная со второго года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Финансирование научных исследований осуществляется недропользователем в размере одного процента от затрат на добычу, понесенных недропользователем по итогам предыдущего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Объем финансирования научных исследований, превышающий один процент от затрат на добычу, понесенных недропользователем по итогам предыдущего года, учитывается в счет исполнения соответствующих обязательств недропользователя в следующем году.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Определение затрат на добычу, понесенных недропользователем по итогам предыдущего года, с целью расчета обязательств по финансированию научных исследований, осуществляется на основании данных отчета об исполнении лицензионно-контрактных условий для недропользователя в области углеводородов или отчета об исполнении контрактных условий для недропользователя в области добычи урана, предоставляемых недропользователями в уполномоченный орган в области углеводородов и добычи урана (далее – уполномоченный орган) в утверждаемом им порядке согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1648,230 +2745,512 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>180</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Разработка, экспертиза проектных документов, а также разработка изменений и дополнений в проектные документы для проведения операций по недропользованию, осуществляемых в соответствии с законодательством Республики Казахстан о недрах и недропользовании (проект разведочных работ и проект пробной эксплуатации в сфере недропользования по углеводородам, проект разработки месторождения углеводородов, технические проектные документы в сфере недропользования по углеводородам, проект опытно-промышленной добычи урана и проект разработки месторождения урана), а также работы и услуги по ведению авторского надзора, анализа разработки – не относятся к научным исследованиям в рамках обязательств, предусмотренных законодательством Республики Казахстан о недрах и недропользовании и контрактом на недропользование углеводородов и урана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Направление задолженности по итогам отчетного периода в рамках исполнения обязательств по финансированию научных исследований по итогам предыдущего года осуществляется недропользователем путем перечисления денежных средств в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Загаловок главы 2 предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок финансирования научных исследований недропользователями в период добычи углеводородов и урана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Финансирование научных исследований осуществляется по заданию недропользователя в соответствии с программой научных исследований, согласованной Научно-техническим советом по рассмотрению проектов научно-исследовательских, научно-технических и опытно-конструкторских работ уполномоченного органа (далее – НТС).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НТС является консультативно-совещательным органом при уполномоченном органе и создается с целью эффективного содействия реализации государственной политики в области науки и научно-технической деятельности, а также координации работ по проведению научных исследований в регулируемых сферах уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Недропользователь, обладающий правом недропользования, пятьдесят и более процентов голосующих акций (долей участия) которых прямо или косвенно принадлежат Фонду, в рамках финансирования научных исследований может направлять деньги в Некоммерческую организацию при Фонде, осуществляющую деятельность в сфере развития научной и (или) научно-технической деятельности, учредителем которой является Фонд (далее - Некоммерческая организация при Фонде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Исполнением обязательств по финансированию научных исследований, признаются фактически понесенные расходы недропользователя, направленные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на научные исследования в соответствии с разработанным НТС перечнем приоритетных отраслевых направлений для проведения научных исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) денежные средства, перечисленные в Некоммерческую организацию при Фонде на научные исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 12 предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Документом, подтверждающим исполнение обязательств по финансированию недропользователями научных исследований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1906,52 +3285,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пунктом 1 статьи 412 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Документом, подтверждающим исполнение обязательств по финансированию недропользователями научных исследований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1986,292 +3364,386 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 11 настоящих Правил, является платежное поручение в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 59)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "О платежах и платежных системах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z46" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Недропользователь ежегодно до проведения закупа соответствующих услуг не позднее 25 (двадцать пятого) октября направляет на согласование НТС планируемую к финансированию программу научных исследований на следующий отчетный период, по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z47" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Программа научных исследований рассматривается НТС на предмет соответствия разработанному НТС перечню приоритетных отраслевых направлений для проведения научных исследований, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z48" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. НТС в течение 20 (двадцати) рабочих дней со дня получения программы научных исследований от недропользователя согласовывает либо направляет на доработку планируемую к финансированию программу научных исследований, не соответствующую части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z49" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При направлении на доработку программы научных исследований, НТС прилагает протокол проведения заседания НТС с рекомендациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z50" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Недропользователь в течение 15 (пятнадцати) рабочих дней с момента получения рекомендаций НТС дорабатывает программу научных исследований в соответствии с рекомендациями, приложенными к протоколу проведенного заседания НТС. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несогласии с рекомендациями НТС, недропользователь прилагает к программе научных исследований аргументированное обоснование о непринятии рекомендаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 16 предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Определение субъектов, осуществляющих научные исследования по заданию недропользователя, производится недропользователем посредством закупа услуг в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 18 мая 2018 года № 196 "Об утверждении Правил приобретения недропользователями и их подрядчиками товаров, работ и услуг, используемых при проведении операций по разведке или добыче углеводородов и добыче урана" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17122), из числа субъектов научной и (или) научно-технической деятельности, аккредитованных уполномоченным органом в области науки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Программа научных исследований, планируемая к финансированию Некоммерческой организацией при Фонде должна соответствовать разработанному НТС перечню приоритетных отраслевых направлений для проведения научных исследований. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Согласование программы научных исследований, планируемой к финансированию Некоммерческой организацией при Фонде, на НТС осуществляется в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2286,131 +3758,227 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Определение субъектов, осуществляющих научные исследования по заданию Некоммерческой организации при Фонде, производится Некоммерческой организацией при Фонде в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Фонде национального благосостояния" из числа субъектов научной и (или) научно-технической деятельности, аккредитованных уполномоченным органом в области науки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z56" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Недропользователь и Некоммерческая организация при Фонде в целях формирования национального ресурса научно-технической информации и мониторинга динамики научно-технического потенциала Республики Казахстан не позднее 15 (пятнадцатого) февраля, представляют в НТС информацию о результатах научной и (или) научно-технической деятельности, которые должны соответствовать целям и задачам, определенным в согласованной НТС программе научных исследований. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Субъекты, осуществляющие научную и (или) научно-техническую деятельность, Некоммерческая организация при Фонде, в целях формирования национального ресурса научно-технической информации и мониторинга динамики научно-технического потенциала Республики Казахстан и исключения дублирования финансирования, предоставляют на государственный учет научные, научно-технические проекты и программы, финансируемые в рамках настоящих Правил, и отчеты по их выполнению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение предусматривается в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра энергетики РК от 11.11.2025 № 431-н/қ и Министра науки и высшего образования РК от 14.11.2025 № 524 (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2560,64 +4128,64 @@
               <w:t>в период добычи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>углеводородов и урана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z59" w:id="51"/>
+      <w:bookmarkStart w:name="z59" w:id="39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: уполномоченный орган в области углеводородов и добычи урана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование: Программа научных исследований недропользователя/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2693,80 +4261,80 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и добыче урана/Некоммерческая организация при Фонде</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Срок представления: не позднее 25 (двадцать пятого) октября</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Программа научных исследований недропользователя/</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Некоммерческой организации при Фонде на ______год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -3602,64 +5170,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z61" w:id="53"/>
+      <w:bookmarkStart w:name="z61" w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3752,228 +5320,228 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________ __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению "Программа научных исследований недропользователя/ Некоммерческой организации при Фонде на ______год"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z63" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. в графе 1 указывается порядковый номер работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z64" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. в графе 2 указывается название проекта научного исследования, краткая суть проекта научного исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z65" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. в графе 3 указывается дата начала - дата окончания проекта научного исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z66" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. в графе 4 указывается цель проекта научного исследования. Излагается лаконично и конкретно, в соответствии с темой программы, достижимая и отражает характер решения, которое ожидается получить в результате реализации проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z67" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. в графе 5 указывается общее видение проекта научного исследования, среднесрочные и долгосрочные результаты. Аннотация отвечает на вопросы: какие проблемы вы решаете, в чем новизна предлагаемого решения, кому будут полезны полученные результаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z68" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. в графе 6 указывается актуальность проекта научного исследования, недостатки/преимущества проекта научного исследования, существующая проблема, на решение которой направлен проект научного исследования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z69" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. в графе 7 указывается основные прямые (какие работы будут проведены) и косвенные (к чему приведет реализация проекта научного исследования) результаты реализации проекта научного исследования. Какие показатели будут использованы для замера эффекта, каков масштаб влияния данного проекта научного исследования (прямой или косвенный) в краткосрочной, среднесрочной и долгосрочной перспективе, к чему приведет реализация проекта научного исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z70" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. в графе 8 указывается примерная стоимость каждого мероприятия, а также предлагаемый план финансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4353,31 +5921,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>