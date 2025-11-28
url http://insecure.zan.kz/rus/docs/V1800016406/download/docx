--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc5db97" w14:textId="fc5db97">
+    <w:p w14:paraId="1364db1" w14:textId="1364db1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +103,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра финансов Республики Казахстан от 6 февраля 2018 года № 131. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 февраля 2018 года № 16406.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом финансов РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 616</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1052,166 +1128,150 @@
         <w:t xml:space="preserve">
       3. Уведомление представляется в электронном виде по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уведомление представляется налогоплательщиком в орган государственных доходов по месту нахождения (жительства) по каждому договору (контракту), на основании которого осуществлен ввоз (вывоз) товаров, и коду товаров по единой Товарной номенклатуре внешнеэкономической деятельности государств-членов Евразийского экономического союза (далее – ТН ВЭД ЕАЭС) отдельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уведомление представляется в течение двадцати рабочих дней:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с даты ввоза на территорию Республики Казахстан с территории государств-членов Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с даты вывоза с территории Республики Казахстан на территорию государств-членов Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уведомление представляется на каждую дату ввоза (вывоза) товаров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1290,70 +1350,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6 февраля 2018 года № 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5969000" cy="7467600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -1375,90 +1435,90 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: Пояснение по заполнении формы уведомления о ввозе (вывозе) товаров приведено в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к форме заполнения уведомления о ввозе (вывозе) товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1524,1022 +1584,1022 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">к форме уведомления </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о ввозе (вывозе) товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы уведомления о ввозе (вывозе) товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В уведомлении отражаются следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 1 указывается – индивидуальный идентификационный или бизнес-идентификационный номер налогоплательщика (далее – ИИН, БИН);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в строке 2 указывается наименование или фамилия, имя и отчество (при его наличии) лица, осуществляющего ввоз (вывоз) товаров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для юридического лица указываются: наименование в соответствии с учредительными документами, для физического лица – фамилия, имя и отчество (при его наличии) налогоплательщика согласно документам, удостоверяющим личность, для индивидуального предпринимателя – наименование в соответствии со свидетельством о государственной регистрации индивидуального предпринимателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 3 "Перемещение товаров":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ячейка 3 I отмечается при ввозе товаров на территорию Республики Казахстан с территории государств-членов Евразийского экономического союза, которые в последующем будут вывезены с территории Республики Казахстан или при ввозе товаров в связи с их передачей в пределах одного юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ячейка 3 II отмечается при вывозе товаров с территории Республики Казахстан на территорию государств-членов Евразийского экономического союза, которые в последующем будут ввезены на территории Республики Казахстан или при вывозе товаров в связи с их передачей в пределах одного юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 4 "Основание для ввоза (вывоза) товаров":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ячейка 4 I отмечается при временном ввозе (вывозе) товаров на (с) территорию (и) Республики Казахстан с (на) территории (ю) государств-членов Евразийского экономического союза, которые в последующем будут вывезены (ввезены) с (на) территории (ю) Республики Казахстан. В случае отметки в ячейке 4 I производится отметка в ячейке А или В;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ячейка 4 I А отмечается при временном ввозе (вывозе) товаров по договорам имущественного найма (аренды) движимого имущества и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ячейка 4 I В отмечается при временном ввозе (вывозе) товаров на выставки и ярмарки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ячейка 4 II отмечается при ввозе (вывозе) товаров на (с) территорию (и) Республики Казахстан с (на) территории (ю) государств-членов Евразийского экономического союза в связи с их передачей в пределах одного юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 5 указывается код государств-членов Евразийского экономического союза, на (с) территорию (-и) которого произведен ввоз (вывоз) товаров с (на) территории (-ю) Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 6 указывается код валюты, определяемый договором (контрактом), на основании которого осуществлен ввоз (вывоз) товаров и применимый к стоимости товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 7 указывается регистрационный номер ранее представленного уведомления в случае повторного представления уведомления в соответствии с пунктом 8 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 8 указывается 10-значный код товаров по ТН ВЭД ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 9 указывается полное наименование ввезенных (вывезенных) товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 10 указывается местонахождение ввезенных (вывезенных) товаров согласно договору (контракту), на основании которого осуществлен ввоз (вывоз) товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 11 указываются сведения о договоре (контракте), на основании которого осуществлен ввоз (вывоз) товаров (наименование, дата и номер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 12 указывается стоимость ввезенных (вывезенных) товаров, определяемая договором (контрактом), на основании которого осуществлен ввоз (вывоз) товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 13 указывается количество ввезенных товаров, соответствующее договору (контракту), на основании которого осуществлен ввоз товаров, и/или товаросопроводительным документам, а также единицы измерения. Данная строка заполняется в случае отметки в ячейке 3 I;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 14 "Срок ввоза товаров":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в ячейке "с" указывается дата ввоза товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в ячейке "по" указывается дата предполагаемого вывоза товаров в соответствии с договором (контрактом). Данная строка заполняется в случае отметки в ячейке 3 I;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 15 указывается количество вывезенных товаров, соответствующее договору (контракту), на основании которого осуществлен вывоз товаров, и/или товаросопроводительным документам, а также единицы измерения. Данная строка заполняется в случае отметки в ячейке 3 II;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 16 "Срок вывоза товаров":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в ячейке "с" указывается дата вывоза товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в ячейке "по" указывается дата предполагаемого ввоза товаров в соответствии с договором (контрактом). Данная строка заполняется в случае отметки в ячейке 3 II;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в поле "Ф.И.О. (при его наличии) налогоплательщика (руководителя)" указываются фамилия, имя и отчество (при его наличии) руководителя в соответствии с учредительными документами. Если уведомление представляется физическим лицом, указываются его фамилия, имя и отчество (при его наличии) согласно документам, удостоверяющим личность, для индивидуального предпринимателя – наименование в соответствии со свидетельством о государственной регистрации индивидуального предпринимателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в поле "Дата подачи уведомления" указывается дата представления уведомления в орган государственных доходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в поле "Код органа государственных доходов" указывается код органа государственных доходов по месту нахождения (жительства) налогоплательщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в поле "Входящий номер документа" отражается регистрационный номер уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае изменения условий договора (контракта) о местонахождении ввезенных (вывезенных) товаров, указанных в уведомлении, налогоплательщик повторно представляет уведомление до истечения срока, указанного в ранее представленном уведомлении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В этом случае при представлении уведомления заполняются исключительно следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ИИН (БИН) (строка 1);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       наименование или Ф.И.О (при его наличии) лица, осуществляющего ввоз (вывоз) товаров (строка 2); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       регистрационный номер ранее представленного уведомления (строка 7);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       местонахождение ввезенных (вывезенных) товаров (строка 10).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если до истечения срока нахождения ввезенных (вывезенных) товаров, указанного в уведомлении, взаимным согласием сторон (контрагентов) продлен срок нахождения временно ввезенных (вывезенных) товаров, налогоплательщик повторно представляет уведомление до истечения срока, указанного в ранее представленном уведомлении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В этом случае при представлении уведомления заполняются исключительно следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ИИН (БИН) (строка 1); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       наименование или Ф.И.О (при его наличии) лица, осуществляющего ввоз (вывоз) товаров (строка 2); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       регистрационный номер ранее представленного уведомления (строка 7);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       договор (контракт), на основании которого осуществлен ввоз (вывоз), дата и номер договора (контракта), на основании которого осуществлен ввоз (вывоз) (строка 11);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок ввоза (строка 14) или срок вывоза (строка 15).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2865,31 +2925,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>