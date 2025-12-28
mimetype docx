--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="abb10fd" w14:textId="abb10fd">
+    <w:p w14:paraId="86d4d80" w14:textId="86d4d80">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -19607,927 +19607,1029 @@
         <w:t>
       252. При передаче товара покупателю одновременно передаются установленные изготовителем комплект принадлежностей и документы, в том числе сервисная книжка или иной заменяющий ее документ, а также документ, удостоверяющий право собственности на транспортное средство, для их государственной регистрации согласно Приказу № 862.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="754"/>
     <w:bookmarkStart w:name="z783" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253. Продавец при передаче товара проверяет в присутствии покупателя качество выполненных им (или его работником) работ по предпродажной подготовке товара, а также его комплектность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z784" w:id="756"/>
+    <w:bookmarkStart w:name="z1121" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      253-1. Передача новых транспортных средств может осуществляться в виде предоставления их в лизинг физическим лицам для личного пользования с правом последующего выкупа либо возврата лизингодателю в порядке и на условиях, предусмотренных договором лизинга, заключаемым в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 6 дополнен пунктом 253-1 в соответствии с приказом Министра торговли и интеграции РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 318-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z784" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 7. Порядок продажи изделий из драгоценных металлов и драгоценных камней</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z785" w:id="757"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z785" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254. Реализация ювелирных изделий из драгоценных металлов и драгоценных камней, часов в корпусе из драгоценных металлов осуществляется через торговые объекты, оснащенные охранными элементами или специальной охраной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z786" w:id="758"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z786" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255. Изделия из драгоценных металлов и драгоценных камней до подачи в торговый зал проходят предпродажную подготовку, которая включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z787" w:id="759"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z787" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осмотр и разбраковку изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z788" w:id="760"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z788" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проверку наличия на них оттисков государственного пробирного клейма Республики Казахстан (для изделий казахстанского производства) и изготовителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z789" w:id="761"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z789" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сохранность пломб и ярлыков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z790" w:id="762"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z790" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сортировку по размерам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z791" w:id="763"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z791" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256. Объекты торговой деятельности, где производится продажа ювелирных изделий из драгоценных и полудрагоценных металлов и камней, оснащаются весовыми приборами соответствующих типов и классов точности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z792" w:id="764"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z792" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При продаже ювелирных изделий из драгоценных и полудрагоценных металлов и камней используются весы и разновесы, имеющие свидетельства уполномоченного органа в области технического регулирования и метрологии о своевременной поверке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z793" w:id="765"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z793" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Взвешивание золота и платины производится с точностью до 0,01 грамм, серебра – до 0,1 грамм.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z794" w:id="766"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z794" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Драгоценные камни взвешиваются с точностью до 0,01 карата, полудрагоценные – до 0,01 грамм, поделочные до 0,1 грамм.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z795" w:id="767"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z795" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ювелирные и золотые изделия взвешиваются с точностью до 0,01 грамм, серебряные изделия – до 0,1 грамм.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z796" w:id="768"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z796" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По требованию покупателя в его присутствии проводится взвешивание приобретенного изделия из драгоценных металлов и драгоценных камней без ярлыка массой до 1 килограмма на весах, имеющих погрешность определения массы не более 0,01 грамм, и массой от 1 килограмма до 10 килограмм на весах, имеющих погрешность определения не более 0,1 грамм.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z797" w:id="769"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z797" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257. Предусмотренный настоящими Правилами порядок продажи изделий из золота полностью распространяется на изделия из платины и палладия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z798" w:id="770"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z798" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258. Продажа ювелирных изделий, предметов сервировки стола, украшений помещений и других изделий из драгоценных металлов (золото, серебро, платина, палладий и их сплавы), изделий с драгоценными камнями и жемчугом, а также изделий из драгоценных металлов со вставками из полудрагоценных, поделочных и синтетических камней, произведенных как в Республике Казахстан, так и ввезенных на ее территорию, осуществляется только при наличии на этих изделиях оттисков изготовителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z799" w:id="771"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z799" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продажа ограненных драгоценных природных камней и жемчуга осуществляется только при наличии документа об оценке (подтверждении) соответствия на каждый камень или на набор продаваемых камней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z800" w:id="772"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z800" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259. При продаже изделий из драгоценных металлов и драгоценных камней, а также ограненных драгоценных природных камней используется индивидуальная упаковка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z801" w:id="773"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z801" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260. В случае, когда в целях проверки правильности маркировки изделия, в том числе веса, требуется снятие ярлыка, составляется акт с последующим указанием номера акта на ярлыке–дубликате магазина. Ярлык изготовителя сохраняется и навешивается на изделие вместе с дубликатом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z802" w:id="774"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z802" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 8. Порядок продажи аудио–, аудиовизуальной продукции, программ для электронных вычислительных машин и баз данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z803" w:id="775"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z803" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261. Продажа экземпляров аудиовизуальных произведений, фонограмм, программ для электронных вычислительных машин и баз данных на любых видах материальных носителей производится с соблюдением авторских и (или) смежных прав в соответствии с законодательством Республики Казахстан в сфере авторских и смежных прав на основе соглашений продавцов, реализующих данную продукцию, с правообладателями произведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z804" w:id="776"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z804" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продажа баз данных, содержащих персональные данные, производится с учетом требований законодательства Республики Казахстан о персональных данных и их защите.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z805" w:id="777"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z805" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262. В отношении аудиовизуального произведения продавец помимо сведений, указанных в абзаце шестом пункта 54 настоящих Правил, представляет покупателю следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z806" w:id="778"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z806" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование фильма, студии, на которой снят фильм и год его выпуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z807" w:id="779"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z807" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) основные фильмографические данные (жанр, аннотация, сведения об авторе сценария, режиссере, композиторе, исполнителях главных ролей и другие);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z808" w:id="780"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z808" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) продолжительность фильма (в минутах);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z809" w:id="781"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z809" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения об обладателе авторских и (или) смежных прав на произведение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z810" w:id="782"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z810" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263. В отношении экземпляра фонограммы продавец помимо сведений, указанных в абзаце шестом пункта 54 настоящих Правил, представляет покупателю следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z811" w:id="783"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z811" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование каждого музыкального произведения, записанного на материальном носителе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z812" w:id="784"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z812" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) продолжительность музыкального произведения (в минутах);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z813" w:id="785"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z813" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения об авторах музыки и слов музыкального произведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z814" w:id="786"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z814" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения об обладателе авторских и (или) смежных прав на произведение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z815" w:id="787"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z815" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264. В отношении программы для электронных вычислительных машин и базы данных продавец помимо сведений, указанных в абзаце шестом пункта 54 настоящих Правил, представляет покупателю следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z816" w:id="788"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z816" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование программы для электронных вычислительных машин и базы данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z817" w:id="789"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z817" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) системные требования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z818" w:id="790"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z818" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аннотацию, жанр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z819" w:id="791"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z819" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения об обладателе авторских и (или) смежных прав на произведение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z820" w:id="792"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z820" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) использование приобретенного программного обеспечения путем приобретения "коробочной версии", лицензии на программное обеспечение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z821" w:id="793"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z821" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       265. Торговля экземплярами аудиовизуальных произведений, фонограмм, программ для электронных вычислительных машин, базы данных на любых видах материальных носителей разрешается только при наличии выходных данных на упаковке и (или) наклейке: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z822" w:id="794"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z822" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименования и местонахождения изготовителя (импортера);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z823" w:id="795"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z823" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) количество экземпляров продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z824" w:id="796"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z824" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведений об обладателе авторских и (или) смежных прав.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z825" w:id="797"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z825" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266. Торговля экземплярами аудио–, аудиовизуальных произведений, программ для электронно–вычислительных машин и баз данных на любых материальных носителях осуществляется только в торговых домах и магазинах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z826" w:id="798"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z826" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267. Товар эротического содержания реализуется только в специально отведенных для этих целей местах (специализированных магазинах).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z827" w:id="799"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z827" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268. Продукция, имеющая возрастные ограничения зрительской аудитории, демонстрируется и реализуется только лицам, достигшим возраста, указанного на упаковке продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z828" w:id="800"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z828" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       269. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20582,507 +20684,507 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>446</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z829" w:id="801"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z829" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 9. Порядок продажи отдельных непродовольственных товаров, бывших в употреблении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z830" w:id="802"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z830" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       270. Осуществление внутренней торговли непродовольственными товарами, бывшими в употреблении, допускается субъектами внутренней торговли, осуществляющими комиссионную торговлю и располагающиеся в нестационарных торговых объектах, места и (или) маршруты которых утверждены местными исполнительными органами согласно пункту 73 настоящих Правил, и в стационарных торговых объектах при наличии документов, подтверждающих право собственности продавца на товары или право реализации продавцом товара согласно договору комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z831" w:id="803"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z831" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Реализация и реклама товаров, бывших в употреблении, возможна через интернет-ресурсы (интернет-магазин, электронная торговая площадка, информационно-рекламная торговая площадка) при соблюдении условий, предусмотренных настоящим Параграфом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z832" w:id="804"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z832" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       271. Переход права собственности по товарам, бывшим в употреблении, осуществляется субъектом внутренней торговли с указанием следующей информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z833" w:id="805"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z833" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование товара бывшего в употреблении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z834" w:id="806"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z834" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фотоизображение товара бывшего в употреблении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z835" w:id="807"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z835" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) краткое описание товара бывшего в употреблении, с указанием при возможности степени износа и недостатков бывшего в употреблении товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z836" w:id="808"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z836" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) индивидуальный идентификационный номер или бизнес-идентификационный номер заявителя и его контактные данные, а в случае его реализации через интернет-ресурс – абонентский номер, зарегистрированный у оператора сотовой связи Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z837" w:id="809"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z837" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дата заявки и подпись заявителя, а в случае его реализации через интернет-ресурс – идентификационный номер заявки (объявления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z838" w:id="810"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z838" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272. Прием товаров, бывших в употреблении, осуществляется в соответствии с условиями комиссионной торговли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z839" w:id="811"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z839" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273. Субъекты внутренней торговли при реализации товаров, бывших в употреблении, ведут их учет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z840" w:id="812"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z840" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Учет ведется в бумажном и (или) электронном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z841" w:id="813"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z841" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъект внутренней торговли обеспечивает сохранность информации в течение одного календарного года с даты реализации товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z842" w:id="814"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z842" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По запросу органов полиции сведения о реализации товаров, бывших в употреблении, передаются в органы полиции по месту требования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z843" w:id="815"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z843" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274. Товарные отделы (секции, полки) в (на) которых реализуются непродовольственные товары, бывшие в употреблении, обозначаются специальной вывеской или надписью ("бывшие в употреблении" или кратко "б/у", "second hand").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z844" w:id="816"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z844" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275. Бывшие в употреблении непродовольственные товары обмену или возврату не подлежат, если иное не оговорено сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z845" w:id="817"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z845" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 10. Порядок продажи товаров с государственной символикой</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z846" w:id="818"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z846" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276. Товары с государственными символами Республики Казахстан и знаками маркировки, утвержденными в соответствии с национальными стандартами Республики Казахстан размещаются на центральной полке торговой площади и визуально и физически доступных местах потребителя (на уровне глаз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z847" w:id="819"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z847" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277. Субъекты внутренней торговли при осуществлении продажи товаров со знаками маркировки, утвержденными в соответствии с национальными стандартами Республики Казахстан устанавливают отличительный знак маркировки "Сделано в Казахстане" на товары, произведенные в Республике Казахстан в соответствии со стандартом СТ РК 3837 по порядку применения знака маркировки "Сделано в Казахстане".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z848" w:id="820"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z848" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Использование государственной символики на товарах соблюдается в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституционному закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственных символах Республики Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z849" w:id="821"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z849" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае, если между субъектом внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов, и поставщиком продовольственных товаров заключается договор поставки товаров с условием оплаты таких товаров через определенное время после их передачи субъекту внутренней торговли, осуществляющему деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов, срок оплаты таких товаров для установления данным договором определяется согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkEnd w:id="822"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21175,80 +21277,80 @@
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z851" w:id="822"/>
+          <w:bookmarkStart w:name="z851" w:id="823"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="822"/>
+          <w:bookmarkEnd w:id="823"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21264,80 +21366,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z854" w:id="823"/>
+          <w:bookmarkStart w:name="z854" w:id="824"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="823"/>
+          <w:bookmarkEnd w:id="824"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21353,80 +21455,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z857" w:id="824"/>
+          <w:bookmarkStart w:name="z857" w:id="825"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="824"/>
+          <w:bookmarkEnd w:id="825"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21442,80 +21544,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z860" w:id="825"/>
+          <w:bookmarkStart w:name="z860" w:id="826"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="825"/>
+          <w:bookmarkEnd w:id="826"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21531,80 +21633,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z863" w:id="826"/>
+          <w:bookmarkStart w:name="z863" w:id="827"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="826"/>
+          <w:bookmarkEnd w:id="827"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21620,80 +21722,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z866" w:id="827"/>
+          <w:bookmarkStart w:name="z866" w:id="828"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="827"/>
+          <w:bookmarkEnd w:id="828"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21709,80 +21811,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z869" w:id="828"/>
+          <w:bookmarkStart w:name="z869" w:id="829"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="828"/>
+          <w:bookmarkEnd w:id="829"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21798,80 +21900,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z872" w:id="829"/>
+          <w:bookmarkStart w:name="z872" w:id="830"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="829"/>
+          <w:bookmarkEnd w:id="830"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21887,80 +21989,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z875" w:id="830"/>
+          <w:bookmarkStart w:name="z875" w:id="831"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="830"/>
+          <w:bookmarkEnd w:id="831"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21976,80 +22078,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z878" w:id="831"/>
+          <w:bookmarkStart w:name="z878" w:id="832"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="831"/>
+          <w:bookmarkEnd w:id="832"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22065,80 +22167,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z881" w:id="832"/>
+          <w:bookmarkStart w:name="z881" w:id="833"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="832"/>
+          <w:bookmarkEnd w:id="833"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22154,80 +22256,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z884" w:id="833"/>
+          <w:bookmarkStart w:name="z884" w:id="834"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="833"/>
+          <w:bookmarkEnd w:id="834"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22243,80 +22345,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z887" w:id="834"/>
+          <w:bookmarkStart w:name="z887" w:id="835"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="834"/>
+          <w:bookmarkEnd w:id="835"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22332,80 +22434,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z890" w:id="835"/>
+          <w:bookmarkStart w:name="z890" w:id="836"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="835"/>
+          <w:bookmarkEnd w:id="836"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22421,80 +22523,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z893" w:id="836"/>
+          <w:bookmarkStart w:name="z893" w:id="837"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="836"/>
+          <w:bookmarkEnd w:id="837"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22510,80 +22612,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z896" w:id="837"/>
+          <w:bookmarkStart w:name="z896" w:id="838"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="837"/>
+          <w:bookmarkEnd w:id="838"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22599,80 +22701,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z899" w:id="838"/>
+          <w:bookmarkStart w:name="z899" w:id="839"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="838"/>
+          <w:bookmarkEnd w:id="839"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22688,80 +22790,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z902" w:id="839"/>
+          <w:bookmarkStart w:name="z902" w:id="840"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="839"/>
+          <w:bookmarkEnd w:id="840"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22777,80 +22879,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z905" w:id="840"/>
+          <w:bookmarkStart w:name="z905" w:id="841"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="840"/>
+          <w:bookmarkEnd w:id="841"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22866,80 +22968,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z908" w:id="841"/>
+          <w:bookmarkStart w:name="z908" w:id="842"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="841"/>
+          <w:bookmarkEnd w:id="842"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22955,80 +23057,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z911" w:id="842"/>
+          <w:bookmarkStart w:name="z911" w:id="843"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="842"/>
+          <w:bookmarkEnd w:id="843"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23044,80 +23146,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z914" w:id="843"/>
+          <w:bookmarkStart w:name="z914" w:id="844"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="843"/>
+          <w:bookmarkEnd w:id="844"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23133,80 +23235,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z917" w:id="844"/>
+          <w:bookmarkStart w:name="z917" w:id="845"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="844"/>
+          <w:bookmarkEnd w:id="845"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23222,80 +23324,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z920" w:id="845"/>
+          <w:bookmarkStart w:name="z920" w:id="846"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="845"/>
+          <w:bookmarkEnd w:id="846"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23311,80 +23413,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z923" w:id="846"/>
+          <w:bookmarkStart w:name="z923" w:id="847"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="846"/>
+          <w:bookmarkEnd w:id="847"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23400,80 +23502,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z926" w:id="847"/>
+          <w:bookmarkStart w:name="z926" w:id="848"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="847"/>
+          <w:bookmarkEnd w:id="848"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23489,80 +23591,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z929" w:id="848"/>
+          <w:bookmarkStart w:name="z929" w:id="849"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="848"/>
+          <w:bookmarkEnd w:id="849"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23578,80 +23680,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z932" w:id="849"/>
+          <w:bookmarkStart w:name="z932" w:id="850"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="849"/>
+          <w:bookmarkEnd w:id="850"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23667,80 +23769,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z935" w:id="850"/>
+          <w:bookmarkStart w:name="z935" w:id="851"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="850"/>
+          <w:bookmarkEnd w:id="851"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23756,80 +23858,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z938" w:id="851"/>
+          <w:bookmarkStart w:name="z938" w:id="852"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="851"/>
+          <w:bookmarkEnd w:id="852"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23845,80 +23947,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z941" w:id="852"/>
+          <w:bookmarkStart w:name="z941" w:id="853"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="852"/>
+          <w:bookmarkEnd w:id="853"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23934,80 +24036,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z944" w:id="853"/>
+          <w:bookmarkStart w:name="z944" w:id="854"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="853"/>
+          <w:bookmarkEnd w:id="854"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24023,80 +24125,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z947" w:id="854"/>
+          <w:bookmarkStart w:name="z947" w:id="855"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="854"/>
+          <w:bookmarkEnd w:id="855"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24112,80 +24214,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z950" w:id="855"/>
+          <w:bookmarkStart w:name="z950" w:id="856"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="855"/>
+          <w:bookmarkEnd w:id="856"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24201,80 +24303,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z953" w:id="856"/>
+          <w:bookmarkStart w:name="z953" w:id="857"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="856"/>
+          <w:bookmarkEnd w:id="857"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24290,80 +24392,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z956" w:id="857"/>
+          <w:bookmarkStart w:name="z956" w:id="858"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="857"/>
+          <w:bookmarkEnd w:id="858"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24379,80 +24481,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z959" w:id="858"/>
+          <w:bookmarkStart w:name="z959" w:id="859"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="858"/>
+          <w:bookmarkEnd w:id="859"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24468,80 +24570,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z962" w:id="859"/>
+          <w:bookmarkStart w:name="z962" w:id="860"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>37.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="859"/>
+          <w:bookmarkEnd w:id="860"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24557,80 +24659,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z965" w:id="860"/>
+          <w:bookmarkStart w:name="z965" w:id="861"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>38.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="860"/>
+          <w:bookmarkEnd w:id="861"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24646,80 +24748,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z968" w:id="861"/>
+          <w:bookmarkStart w:name="z968" w:id="862"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>39.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="861"/>
+          <w:bookmarkEnd w:id="862"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24735,80 +24837,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z971" w:id="862"/>
+          <w:bookmarkStart w:name="z971" w:id="863"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="862"/>
+          <w:bookmarkEnd w:id="863"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24824,80 +24926,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z974" w:id="863"/>
+          <w:bookmarkStart w:name="z974" w:id="864"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>41.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="863"/>
+          <w:bookmarkEnd w:id="864"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24913,80 +25015,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z977" w:id="864"/>
+          <w:bookmarkStart w:name="z977" w:id="865"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>42.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="864"/>
+          <w:bookmarkEnd w:id="865"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25002,80 +25104,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z980" w:id="865"/>
+          <w:bookmarkStart w:name="z980" w:id="866"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>43.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="865"/>
+          <w:bookmarkEnd w:id="866"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25091,80 +25193,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z983" w:id="866"/>
+          <w:bookmarkStart w:name="z983" w:id="867"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>44.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="866"/>
+          <w:bookmarkEnd w:id="867"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25180,80 +25282,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z986" w:id="867"/>
+          <w:bookmarkStart w:name="z986" w:id="868"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>45.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="867"/>
+          <w:bookmarkEnd w:id="868"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25269,80 +25371,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z989" w:id="868"/>
+          <w:bookmarkStart w:name="z989" w:id="869"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>46.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="868"/>
+          <w:bookmarkEnd w:id="869"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25358,80 +25460,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z992" w:id="869"/>
+          <w:bookmarkStart w:name="z992" w:id="870"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>47.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="869"/>
+          <w:bookmarkEnd w:id="870"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25447,80 +25549,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z995" w:id="870"/>
+          <w:bookmarkStart w:name="z995" w:id="871"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>48.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="870"/>
+          <w:bookmarkEnd w:id="871"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25536,80 +25638,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z998" w:id="871"/>
+          <w:bookmarkStart w:name="z998" w:id="872"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>49.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="871"/>
+          <w:bookmarkEnd w:id="872"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25625,80 +25727,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1001" w:id="872"/>
+          <w:bookmarkStart w:name="z1001" w:id="873"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="872"/>
+          <w:bookmarkEnd w:id="873"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25714,80 +25816,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1004" w:id="873"/>
+          <w:bookmarkStart w:name="z1004" w:id="874"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>51.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="873"/>
+          <w:bookmarkEnd w:id="874"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25803,80 +25905,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1007" w:id="874"/>
+          <w:bookmarkStart w:name="z1007" w:id="875"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>52.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="874"/>
+          <w:bookmarkEnd w:id="875"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25893,133 +25995,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1010" w:id="875"/>
+          <w:bookmarkStart w:name="z1010" w:id="876"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Межгосударственные стандарты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="875"/>
+          <w:bookmarkEnd w:id="876"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1012" w:id="876"/>
+          <w:bookmarkStart w:name="z1012" w:id="877"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>53.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="876"/>
+          <w:bookmarkEnd w:id="877"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26035,80 +26137,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1015" w:id="877"/>
+          <w:bookmarkStart w:name="z1015" w:id="878"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>54.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="877"/>
+          <w:bookmarkEnd w:id="878"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26124,80 +26226,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1018" w:id="878"/>
+          <w:bookmarkStart w:name="z1018" w:id="879"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>55.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="878"/>
+          <w:bookmarkEnd w:id="879"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26213,80 +26315,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1021" w:id="879"/>
+          <w:bookmarkStart w:name="z1021" w:id="880"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>56.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="879"/>
+          <w:bookmarkEnd w:id="880"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26302,80 +26404,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1024" w:id="880"/>
+          <w:bookmarkStart w:name="z1024" w:id="881"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>57.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="880"/>
+          <w:bookmarkEnd w:id="881"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26391,80 +26493,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1027" w:id="881"/>
+          <w:bookmarkStart w:name="z1027" w:id="882"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>58.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="881"/>
+          <w:bookmarkEnd w:id="882"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26480,80 +26582,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1030" w:id="882"/>
+          <w:bookmarkStart w:name="z1030" w:id="883"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>59.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="882"/>
+          <w:bookmarkEnd w:id="883"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26569,80 +26671,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1033" w:id="883"/>
+          <w:bookmarkStart w:name="z1033" w:id="884"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="883"/>
+          <w:bookmarkEnd w:id="884"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26658,80 +26760,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1036" w:id="884"/>
+          <w:bookmarkStart w:name="z1036" w:id="885"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>61.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="884"/>
+          <w:bookmarkEnd w:id="885"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26747,80 +26849,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1039" w:id="885"/>
+          <w:bookmarkStart w:name="z1039" w:id="886"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>62.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="885"/>
+          <w:bookmarkEnd w:id="886"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26836,80 +26938,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1042" w:id="886"/>
+          <w:bookmarkStart w:name="z1042" w:id="887"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>63.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="886"/>
+          <w:bookmarkEnd w:id="887"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26925,80 +27027,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1045" w:id="887"/>
+          <w:bookmarkStart w:name="z1045" w:id="888"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>64.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="887"/>
+          <w:bookmarkEnd w:id="888"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27014,80 +27116,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1048" w:id="888"/>
+          <w:bookmarkStart w:name="z1048" w:id="889"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>65.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="888"/>
+          <w:bookmarkEnd w:id="889"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27103,80 +27205,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1051" w:id="889"/>
+          <w:bookmarkStart w:name="z1051" w:id="890"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>66.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="889"/>
+          <w:bookmarkEnd w:id="890"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27192,80 +27294,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1054" w:id="890"/>
+          <w:bookmarkStart w:name="z1054" w:id="891"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>67.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="890"/>
+          <w:bookmarkEnd w:id="891"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27281,80 +27383,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1057" w:id="891"/>
+          <w:bookmarkStart w:name="z1057" w:id="892"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>68.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="891"/>
+          <w:bookmarkEnd w:id="892"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27370,80 +27472,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1060" w:id="892"/>
+          <w:bookmarkStart w:name="z1060" w:id="893"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>69.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="892"/>
+          <w:bookmarkEnd w:id="893"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27459,80 +27561,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1063" w:id="893"/>
+          <w:bookmarkStart w:name="z1063" w:id="894"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="893"/>
+          <w:bookmarkEnd w:id="894"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27548,80 +27650,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1066" w:id="894"/>
+          <w:bookmarkStart w:name="z1066" w:id="895"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>71.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="894"/>
+          <w:bookmarkEnd w:id="895"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27637,80 +27739,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1069" w:id="895"/>
+          <w:bookmarkStart w:name="z1069" w:id="896"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>72.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="895"/>
+          <w:bookmarkEnd w:id="896"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27726,166 +27828,77 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1072" w:id="896"/>
+          <w:bookmarkStart w:name="z1072" w:id="897"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>73.</w:t>
-            </w:r>
-[...87 lines deleted...]
-              <w:t>74.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="897"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -27904,80 +27917,169 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1078" w:id="898"/>
+          <w:bookmarkStart w:name="z1075" w:id="898"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>74.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="898"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГОСТ 34958-2023 (UNECE STANDARD FFV-24:2012) Грибы шампиньоны свежие культивируемые. Технические условия.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1078" w:id="899"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>75.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="898"/>
+          <w:bookmarkEnd w:id="899"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27993,80 +28095,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1081" w:id="899"/>
+          <w:bookmarkStart w:name="z1081" w:id="900"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>76.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="899"/>
+          <w:bookmarkEnd w:id="900"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28082,80 +28184,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1084" w:id="900"/>
+          <w:bookmarkStart w:name="z1084" w:id="901"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>77.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="900"/>
+          <w:bookmarkEnd w:id="901"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28171,80 +28273,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1087" w:id="901"/>
+          <w:bookmarkStart w:name="z1087" w:id="902"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>78.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="901"/>
+          <w:bookmarkEnd w:id="902"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28260,80 +28362,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1090" w:id="902"/>
+          <w:bookmarkStart w:name="z1090" w:id="903"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>79.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="902"/>
+          <w:bookmarkEnd w:id="903"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28349,80 +28451,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1093" w:id="903"/>
+          <w:bookmarkStart w:name="z1093" w:id="904"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="903"/>
+          <w:bookmarkEnd w:id="904"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28438,80 +28540,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1096" w:id="904"/>
+          <w:bookmarkStart w:name="z1096" w:id="905"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>81.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="904"/>
+          <w:bookmarkEnd w:id="905"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28527,80 +28629,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1099" w:id="905"/>
+          <w:bookmarkStart w:name="z1099" w:id="906"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>82.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="905"/>
+          <w:bookmarkEnd w:id="906"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28616,80 +28718,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1102" w:id="906"/>
+          <w:bookmarkStart w:name="z1102" w:id="907"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>83.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="906"/>
+          <w:bookmarkEnd w:id="907"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28705,80 +28807,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1105" w:id="907"/>
+          <w:bookmarkStart w:name="z1105" w:id="908"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>84.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="907"/>
+          <w:bookmarkEnd w:id="908"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28794,80 +28896,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1108" w:id="908"/>
+          <w:bookmarkStart w:name="z1108" w:id="909"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="908"/>
+          <w:bookmarkEnd w:id="909"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28883,80 +28985,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1111" w:id="909"/>
+          <w:bookmarkStart w:name="z1111" w:id="910"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>86.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="909"/>
+          <w:bookmarkEnd w:id="910"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>