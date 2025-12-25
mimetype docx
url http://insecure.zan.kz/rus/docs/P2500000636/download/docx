--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="82a7f58" w14:textId="82a7f58">
+    <w:p w14:paraId="ca27203" w14:textId="ca27203">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,154 +93,114 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 18 августа 2025 года № 636</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Постановление Правительства Республики Казахстан от 18 августа 2025 года № 636.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>изменения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вносятся в некоторые решения Правительства Республики Казахстан (далее – изменения).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -255,68 +215,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые распространяются на правоотношения, возникшие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -332,58 +275,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Премьер-Министр</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-Министр</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -425,68 +385,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>О. Бектенов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -565,2207 +507,1865 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 18 августа 2025 года № 636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 521 "Об утверждении Правил осуществления пенсионных выплат, сформированных за счет обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, единовременных пенсионных выплат в целях улучшения жилищных условий и (или) оплаты лечения, сформированных за счет обязательных пенсионных взносов, из единого накопительного пенсионного фонда, возврата их в единый накопительный пенсионный фонд, методики осуществления расчета размера пенсионных выплат, методики определения коэффициента замещения среднемесячного дохода получателя пенсионными выплатами, методики определения порога минимальной достаточности пенсионных накоплений":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществления пенсионных выплат, сформированных за счет обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, единовременных пенсионных выплат в целях улучшения жилищных условий и (или) оплаты лечения, сформированных за счет обязательных пенсионных взносов, из единого накопительного пенсионного фонда, возврата их в единый накопительный пенсионный фонд, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "11. В целях оказания проактивной услуги по пенсионным выплатам из ЕНПФ лицам, достигшим пенсионного возраста в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 207 Социального кодекса, имеющим пенсионные накопления в ЕНПФ и не обратившимся в ЕНПФ за их выплатой, ЕНПФ ежегодно до 1 марта года, следующего за отчетным годом, осуществляет сверку с Государственной корпорацией на наличие у указанных лиц в информационной системе уполномоченного органа в сфере социальной защиты населения назначенных за счет бюджетных средств пенсионных выплат по возрасту или за выслугу лет, государственной базовой пенсионной выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам сверки Государственная корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирует список лиц, являющихся получателями пенсионных выплат по возрасту или за выслугу лет, государственной базовой пенсионной выплаты за счет бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирует в журнале электронных заявок и уведомлений на каждого получателя отдельно заявку, удостоверенную ЭЦП уполномоченного государственного органа в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по зарегистрированным Государственной корпорацией в информационной системе уполномоченного органа в сфере социальной защиты населения электронным заявкам направляет в информационную систему ЕНПФ электронные сообщения в формате, определенном соглашением, указанным в пункте 10 настоящих Правил, не позднее одного рабочего дня с даты регистрации в информационной системе уполномоченного органа в сфере социальной защиты населения электронных заявок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ЕНПФ переводит в Государственную корпорацию суммы пенсионных выплат получателей, рассчитанные в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 настоящих Правил, в соответствии с графиком пенсионных выплат Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация перечисляет суммы пенсионных выплат, полученные из ЕНПФ, на банковские счета получателей, указанные в заявлениях о назначении пенсионных выплат по возрасту или за выслугу лет и государственной базовой пенсионной выплаты за счет бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом сбор и обработка персональных данных получателей осуществляются на основании согласий, предоставленных при назначении пенсионных выплат по возрасту или за выслугу лет и государственной базовой пенсионной выплаты.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 11</w:t>
+        <w:t>пункты 12-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "12-2. По электронным заявкам, зарегистрированным в информационной системе уполномоченного государственного органа, при оказании проактивной услуги по назначению специальной социальной выплаты либо зарегистрированным заявлениям, представленным вкладчиками обязательных пенсионных взносов, физическими лицами, за которых уплачены обязательные профессиональные пенсионные взносы, Государственная корпорация осуществляет взаимодействие с ЕНПФ в порядке и сроки, установленные соглашением, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, в рамках которого в ЕНПФ передаются сведения о зарегистрированных в Государственной корпорации электронных заявках, заявлениях, в том числе согласие вкладчика обязательных пенсионных взносов на получение пенсионной выплаты за счет обязательных пенсионных взносов, а также о приостановлении, возобновлении, прекращении специальной социальной выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ЕНПФ переводит в Государственную корпорацию суммы пенсионных выплат, рассчитанные в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 настоящих Правил, согласно установленному Государственной корпорацией графику пенсионных выплат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом пенсионные выплаты за счет обязательных пенсионных взносов осуществляются при наличии согласия вкладчика обязательных пенсионных взносов на их получение, указанного в заявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация перечисляет суммы пенсионных выплат, полученные из ЕНПФ, на банковские счета получателей, указанные в заявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сбор и обработка персональных данных получателей пенсионной выплаты осуществляются на основании согласий, предоставленных в Государственную корпорацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12-3. Пенсионные выплаты устанавливаются со дня назначения и осуществляются до достижения получателем, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, пенсионного возраста, установленного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 207 Социального кодекса, или до исчерпания пенсионных накоплений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Днем назначения пенсионной выплаты считается день регистрации электронной заявки либо заявления получателя пенсионной выплаты в Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕНПФ ежегодно самостоятельно производит перерасчет размера пенсионных выплат с учетом положений, предусмотренных настоящими Правилами.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть четвертую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "В случае получения сведений об отсутствии или недействительности документов, удостоверяющих личность гражданина Республики Казахстан, либо вида на жительство иностранца в Республике Казахстан, либо удостоверения лица без гражданства, выданного уполномоченным органом Республики Казахстан, в связи с выездом обратившегося иностранца или лица без гражданства за пределы Республики Казахстан на постоянное место жительства либо аннулированием иностранцу или лицу без гражданства разрешения на постоянное проживание в Республике Казахстан, либо в связи с утратой гражданства Республики Казахстан, выходом из гражданства Республики Казахстан, ЕНПФ осуществляет пенсионную выплату в сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "11. В целях оказания проактивной услуги по пенсионным выплатам из ЕНПФ лицам, достигшим пенсионного возраста в соответствии с </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="2"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      По результатам сверки Государственная корпорация:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="3"/>
+      "15. В случае смерти лица, имеющего пенсионные накопления в ЕНПФ, членам его семьи ЕНПФ производится единовременная выплата на погребение за счет средств пенсионных накоплений умершего лица в пределах размера 94-кратного месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете, но не более имеющихся на индивидуальном пенсионном счете средств умершего лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      формирует список лиц, являющихся получателями пенсионных выплат по возрасту или за выслугу лет, государственной базовой пенсионной выплаты за счет бюджетных средств;</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+      В случае, если остаток пенсионных накоплений на индивидуальном пенсионном счете умершего лица после осуществления единовременной выплаты на погребение составит сумму, не превышающую размера минимальной пенсии, установленного на соответствующий финансовый год законом о республиканском бюджете, данный остаток выплачивается как выплата на погребение членам семьи умершего лица в порядке, определенном внутренними документами ЕНПФ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>методике</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определения коэффициента замещения среднемесячного дохода получателя пенсионными выплатами, утвержденной указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подпункт 4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ЕНПФ переводит в Государственную корпорацию суммы пенсионных выплат получателей, рассчитанные в соответствии с </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="6"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственная корпорация перечисляет суммы пенсионных выплат, полученные из ЕНПФ, на банковские счета получателей, указанные в заявлениях о назначении пенсионных выплат по возрасту или за выслугу лет и государственной базовой пенсионной выплаты за счет бюджетных средств.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+      "6. Расчет коэффициента замещения среднемесячного дохода получателя ежемесячной пенсией осуществляется ЕНПФ в соответствии с настоящей методикой.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 525 "Об утверждении Правил и сроков исчисления, удержания (начисления) и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд и взыскания по ним":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сроках исчисления, удержания (начисления) и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд и взыскания по ним, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 12-2</w:t>
+        <w:t>пункт 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить с следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Обязательные пенсионные взносы в ЕНПФ не удерживаются с выплат и доходов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 319 Налогового кодекса, за исключением лиц, указанных в абзаце девятом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 25)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 319 Налогового Кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 329</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 330 Налогового кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 341 Налогового кодекса, за исключением установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктами 12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-3</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>53)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 341, а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктами 46)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 341 Налогового кодекса (в части утраченного заработка (дохода) (при этом обязательные пенсионные взносы в ЕНПФ не удерживаются с доходов, предусмотренных абзацем седьмым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 22)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 341 Налогового кодекса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) полученных в натуральной форме или виде материальной выгоды лицами с инвалидностью и иными лицами, указанными в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 346 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Из социальных выплат, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 26)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 341 Налогового кодекса, обязательные пенсионные взносы удерживаются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 76, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 117 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 174 Социального кодекса в сроки, предусмотренные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 3 июля 2023 года № 540 "Об утверждении Правил и сроков исчисления (начисления) и перечисления обязательных пенсионных взносов работодателя в единый накопительный пенсионный фонд и взыскания по ним":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сроках исчисления (начисления) и перечисления обязательных пенсионных взносов работодателя в единый накопительный пенсионный фонд и взыскания по ним, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "12-2. По электронным заявкам, зарегистрированным в информационной системе уполномоченного государственного органа, при оказании проактивной услуги по назначению специальной социальной выплаты либо зарегистрированным заявлениям, представленным вкладчиками обязательных пенсионных взносов, физическими лицами, за которых уплачены обязательные профессиональные пенсионные взносы, Государственная корпорация осуществляет взаимодействие с ЕНПФ в порядке и сроки, установленные соглашением, указанным в </w:t>
-[...297 lines deleted...]
-        <w:t>пункта 13</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1235 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="17"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7. При осуществлении обязательных пенсионных взносов работодателя не учитываются виды выплат и доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 319 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (далее – Налоговый кодекс);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2780,68 +2380,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 330 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2916,180 +2500,165 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 341 Налогового кодекса (в части утраченного заработка (дохода);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) полученных в натуральной форме или виде материальной выгоды лицами с инвалидностью и иными лицами, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 346 Налогового кодекса.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="18"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>