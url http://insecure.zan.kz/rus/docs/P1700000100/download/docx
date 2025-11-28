--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a7c09e" w14:textId="2a7c09e">
+    <w:p w14:paraId="913614a" w14:textId="913614a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -580,61 +580,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Представители государственных органов для избрания в состав Совета директоров акционерного общества "Национальная компания "KAZAKH INVEST"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции постановления Правительства РК от 10.06.2025 </w:t>
+      Сноска. Приложение – в редакции постановления Правительства РК от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 423</w:t>
+        <w:t>№ 898</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z60" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -659,134 +659,132 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый заместитель Премьер-Министра Республики Казахстан, член Совета директоров</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z62" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заместитель Премьер-Министра – Министр иностранных дел Республики Казахстан, член Совета директоров</w:t>
+      Заместитель Премьер-Министра – Министр национальной экономики Республики Казахстан, член Совета директоров</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z63" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заместитель Премьер-Министра – Министр национальной экономики Республики Казахстан, член Совета директоров</w:t>
+      Министр иностранных дел Республики Казахстан, член Совета директоров</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z64" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министр финансов Республики Казахстан, член Совета директоров</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z65" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       председатель Комитета по инвестициям Министерства иностранных дел Республики Казахстан, член Совета директоров</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z66" w:id="14"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -865,340 +863,340 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 марта 2017 года № 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 апреля 1999 года № 405 "О видах государственной собственности на государственные пакеты акций и государственные доли участия в организациях" (САПП Республики Казахстан, 1999 г., № 13, ст. 124):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акционерных обществ и хозяйственных товариществ, государственные пакеты акций и доли участия которых остаются в республиканской собственности, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      раздел "г. Астана" дополнить строкой, порядковый номер 21-179, следующего содержания:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
-[...15 lines deleted...]
-      раздел "г. Астана" дополнить строкой, порядковый номер 21-179, следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "21-179. Акционерное общество "Национальная компания "KAZAKH INVEST".".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      раздел "Министерству по инвестициям и развитию Республики Казахстан" дополнить строкой, порядковый номер 332-1, следующего содержания:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
-[...15 lines deleted...]
-      раздел "Министерству по инвестициям и развитию Республики Казахстан" дополнить строкой, порядковый номер 332-1, следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "332-1. Акционерное общество "Национальная компания "KAZAKH INVEST".";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
-[...15 lines deleted...]
-      "332-1. Акционерное общество "Национальная компания "KAZAKH INVEST".";</w:t>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      раздел "Комитету по инвестициям Министерства по инвестициям и развитию Республики Казахстан" и строку, порядковый номер 359-1, исключить.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1237,170 +1235,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2011 года № 376 "Об утверждении перечня национальных управляющих холдингов, национальных холдингов, национальных компаний":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> национальных управляющих холдингов, национальных холдингов, национальных компаний, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      раздел "Национальные компании" дополнить строкой, порядковый номер 42, следующего содержания:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
-[...15 lines deleted...]
-      раздел "Национальные компании" дополнить строкой, порядковый номер 42, следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "42. Акционерное общество "Национальная компания "KAZAKH INVEST".".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1429,270 +1427,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="29"/>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 октября 2014 года № 1159 "Об утверждении Плана мероприятий по реализации Государственной программы индустриально-инновационного развития Республики Казахстан на 2015 - 2019 годы":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z48" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Плане</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мероприятий по реализации Государственной программы индустриально-инновационного развития Республики Казахстан на 2015 – 2019 годы, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 6:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z49" w:id="31"/>
-[...15 lines deleted...]
-      в графе 6:</w:t>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строках, порядковые номера 14, 23, 25, 26, 80, 85, аббревиатуру и слова "АО НАЭИ "KazNex Invest" (по согласованию)" заменить аббревиатурой и словами "АО "НК "KAZAKH INVEST" (по согласованию)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z50" w:id="32"/>
-[...15 lines deleted...]
-      строках, порядковые номера 14, 23, 25, 26, 80, 85, аббревиатуру и слова "АО НАЭИ "KazNex Invest" (по согласованию)" заменить аббревиатурой и словами "АО "НК "KAZAKH INVEST" (по согласованию)";</w:t>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строке, порядковый номер 24, аббревиатуру "АО НАЭИ "KazNex Invest" заменить аббревиатурой и словами "АО "НК "KAZAKH INVEST" (по согласованию)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z51" w:id="33"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="34"/>
+    <w:bookmarkStart w:name="z52" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в примечании: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в расшифровке аббревиатур:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z53" w:id="35"/>
-[...15 lines deleted...]
-      в расшифровке аббревиатур:</w:t>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "АО НАЭИ "KazNex Invest" - акционерное общество "Национальное агентство по экспорту и инвестициям "KAZNEX INVEST" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z54" w:id="36"/>
-[...15 lines deleted...]
-      строку "АО НАЭИ "KazNex Invest" - акционерное общество "Национальное агентство по экспорту и инвестициям "KAZNEX INVEST" изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "АО "НК "KAZAKH INVEST" – "акционерное общество "Национальная компания "KAZAKH INVEST".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z55" w:id="37"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>