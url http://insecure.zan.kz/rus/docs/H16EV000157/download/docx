--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="292f515" w14:textId="292f515">
+    <w:p w14:paraId="bd9e4d4" w14:textId="bd9e4d4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2311,202 +2311,288 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Таблица 1 в редакции решения Совета Евразийской экономической комиссии от 29.03.2019 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      В таблицу 1 предусматриваются изменения решением Совета Евразийской экономической комиссии от 08.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Таблица 1 в редакции решения Совета Евразийской экономической комиссии от 29.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 08.08.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 74</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 18.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 18.05.2021 </w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 05.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 54</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 15.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 05.10.2021 </w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 25.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 98</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 15.07.2022 </w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 29.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -17598,142 +17684,228 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Таблица 4 в редакции решения Совета Евразийской экономической комиссии от 30.03.2018 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      В таблицу 4 предусматриваются изменения решением Совета Евразийской экономической комиссии от 08.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Таблица 4 в редакции решения Совета Евразийской экономической комиссии от 30.03.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 08.08.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 08.08.2019 </w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 05.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 74</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 15.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z98" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>