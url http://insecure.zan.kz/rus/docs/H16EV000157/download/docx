--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bd9e4d4" w14:textId="bd9e4d4">
+    <w:p w14:paraId="a9503cf" w14:textId="a9503cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2311,301 +2311,235 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Таблица 1 в редакции решения Совета Евразийской экономической комиссии от 29.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В таблицу 1 предусматриваются изменения решением Совета Евразийской экономической комиссии от 08.07.2025 </w:t>
+        <w:t>№ 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 08.08.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 18.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 05.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 15.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 25.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 29.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования); от 08.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
-      </w:r>
-[...186 lines deleted...]
-        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Специальные карантинные фитосанитарные требования, предъявляемые к семенному и посадочному материалу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -5637,51 +5571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы и подвои семечковых, косточковых и орехоплодных культур, включая их декоративные формы укорененные (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы и подвои семечковых, косточковых и орехоплодных культур, включая их декоративные формы укорененные (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5787,51 +5721,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Черенки семечковых, косточковых и орехоплодных культур, включая их декоративные формы неукорененные </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(из 0602 (кроме 0602 90 100 0))</w:t>
+              <w:t>(из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5920,51 +5854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы, подвои и черенки яблони (Malus spp.) (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы, подвои и черенки яблони (Malus spp.) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5976,51 +5910,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 с соблюдением </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункта 15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериального ожога плодовых культур (Erwinia amylovora), ржавчины яблони и можжевельника (Gymnosporangium yamadae), фитоплазмы пролиферации яблони (Candidatus Phytoplasma mali) и черавируса рашпилевидности листьев черешни (Cherry rasp leaf cheravirus)</w:t>
+              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), бактериального ожога плодовых культур (Erwinia amylovora), ржавчины яблони и можжевельника (Gymnosporangium yamadae), фитоплазмы пролиферации яблони (Candidatus Phytoplasma mali) и черавируса рашпилевидности листьев черешни (Cherry rasp leaf cheravirus)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6053,51 +5987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы, подвои и черенки косточковых растений рода Prunus, включая декоративные формы (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы, подвои и черенки косточковых растений рода Prunus, включая декоративные формы (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6186,51 +6120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы, подвои и черенки персика (Prunus persica) и миндаля (Prunus dulcis) (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы, подвои и черенки персика (Prunus persica) и миндаля (Prunus dulcis) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6319,51 +6253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы, подвои и черенки сливы (Prunus domestica) и абрикоса (Armeniaca vulgaris) (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы, подвои и черенки сливы (Prunus domestica) и абрикоса (Armeniaca vulgaris) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6482,51 +6416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы, подвои и черенки вишни (Prunus mahaleb), персика (Prunus persica) и черешни (Prunus avium) (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы, подвои и черенки вишни (Prunus mahaleb), персика (Prunus persica) и черешни (Prunus avium) (из 0602)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -6641,51 +6575,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы оливы (Olea europaea) (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы оливы (Olea europaea) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6789,51 +6723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саженцы, подвои и черенки груши (Pyrus spp.), айвы (Cydonia spp.) (из 0602 (кроме 0602 90 100 0))</w:t>
+Саженцы, подвои и черенки айвы (Cydonia spp.) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6886,2055 +6820,2045 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
-[...71 lines deleted...]
-должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериоза винограда (болезни Пирса) (Xylella fastidiosa), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense) и язвенного заболевания ореха (Sirococcus clavigignenti-juglandacearum)</w:t>
+21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои и черенки груши (Pyrus spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 15 настоящей таблицы. Должны происходить из зон и (или) мест производства, свободных от бактериального ожога плодовых культур (Erwinia amylovora)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и фитоплазмы истощения груши (Candidatus Phytoplasma pyri), зон, мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
-[...71 lines deleted...]
-должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериоза винограда (болезни Пирса) (Xylella fastidiosa), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense) и техасской корневой гнили (Phymatotrichopsis omnivora)</w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои и черенки грецкого ореха и других видов (Juglans) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериоза винограда (болезни Пирса) (Xylella fastidiosa), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense) и язвенного заболевания ореха (Sirococcus clavigignenti-juglandacearum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Саженцы, подвои, черенки и отводки ягодных культур</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои и черенки пекана (Carya illinoinensis) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериоза винограда (болезни Пирса) (Xylella fastidiosa), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense) и техасской корневой гнили (Phymatotrichopsis omnivora)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-должны быть свободны от азиатской хлопковой совки (Spodoptera litura), азиатской ягодной дрозофилы (Drosophila suzukii), американской кукурузной совки (Helicoverpa zea), американской сливовой плодожорки (Cydia prunivora), белокаемчатого жука (Naupactus leucoloma), вишневой плодожорки (Cydia packardi), восточной фруктовой мухи (Bactrocera dorsalis), египетской хлопковой совки (Spodoptera littoralis), западного цветочного трипса (Frankliniella occidentalis), западной вишневой мухи (Rhagoletis indifferens), земляничного почкоеда (Anthonomus signatus), калифорнийского щелкуна (Limonius californicus), калифорнийской щитовки (Quadraspidiotus perniciosus), колючей горной белокрылки (Aleurocanthus spiniferus), кукурузной лиственной совки (Spodoptera frugiperda), натальской плодовой мухи (Ceratitis rosa), табачной белокрылки (Bemisia tabaci), тутовой щитовки (Pseudaulacaspis pentagona), черной цитрусовой белокрылки (Aleurocanthus woglumi), черничной пестрокрылки (Rhagoletis mendax), южной совки (Spodoptera eridania), яблонной мухи (Rhagoletis pomonella) и японского жука (Popillia japonica). Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости малины (Raspberry ringspot nepovirus), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), рака картофеля (Synchytrium endobioticum) и техасской корневой гнили (Phymatotrichopsis omnivora). Ввоз укорененных саженцев, подвоев, черенков и отводков ягодных культур из зон распространения калифорнийской щитовки (Quadraspidiotus perniciosus) и тутовой щитовки (Pseudaulacaspis pentagona) допускается при условии обеззараживания партии подкарантинной продукции с проставлением соответствующей записи об обеззараживании в фитосанитарном сертификате</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои, черенки и отводки ягодных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
-[...71 lines deleted...]
-должны быть свободны от азиатской хлопковой совки (Spodoptera litura), азиатской ягодной дрозофилы (Drosophila suzukii), американской кукурузной совки (Helicoverpa zea), американской сливовой плодожорки (Cydia prunivora), белокаемчатого жука (Naupactus leucoloma), вишневой плодожорки (Cydia packardi), восточной фруктовой мухи (Bactrocera dorsalis), египетской хлопковой совки (Spodoptera littoralis), западного цветочного трипса (Frankliniella occidentalis), земляничного почкоеда (Anthonomus signatus), калифорнийской щитовки (Quadraspidiotus perniciosus), колючей горной белокрылки (Aleurocanthus spiniferus), кукурузной лиственной совки (Spodoptera frugiperda), табачной белокрылки (Bemisia tabaci), тутовой щитовки (Pseudaulacaspis pentagona), черной цитрусовой белокрылки (Aleurocanthus woglumi), черничной пестрокрылки (Rhagoletis mendax), южной совки (Spodoptera eridania), яблонной мухи (Rhagoletis pomonella) и японского жука (Popillia japonica). Ввоз черенков ягодных культур из зон распространения калифорнийской щитовки (Quadraspidiotus perniciosus) и тутовой щитовки (Pseudaulacaspis pentagona) допускается при условии обеззараживания партии подкарантинной продукции с проставлением соответствующей записи об обеззараживании в фитосанитарном сертификате</w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои, черенки и отводки ягодных культур укорененные (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны быть свободны от азиатской хлопковой совки (Spodoptera litura), азиатской ягодной дрозофилы (Drosophila suzukii), американской кукурузной совки (Helicoverpa zea), американской сливовой плодожорки (Cydia prunivora), белокаемчатого жука (Naupactus leucoloma), вишневой плодожорки (Cydia packardi), восточной фруктовой мухи (Bactrocera dorsalis), египетской хлопковой совки (Spodoptera littoralis), западного цветочного трипса (Frankliniella occidentalis), западной вишневой мухи (Rhagoletis indifferens), земляничного почкоеда (Anthonomus signatus), калифорнийского щелкуна (Limonius californicus), калифорнийской щитовки (Quadraspidiotus perniciosus), колючей горной белокрылки (Aleurocanthus spiniferus), кукурузной лиственной совки (Spodoptera frugiperda), натальской плодовой мухи (Ceratitis rosa), табачной белокрылки (Bemisia tabaci), тутовой щитовки (Pseudaulacaspis pentagona), черной цитрусовой белокрылки (Aleurocanthus woglumi), черничной пестрокрылки (Rhagoletis mendax), южной совки (Spodoptera eridania), яблонной мухи (Rhagoletis pomonella) и японского жука (Popillia japonica). Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости малины (Raspberry ringspot nepovirus), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), рака картофеля (Synchytrium endobioticum) и техасской корневой гнили (Phymatotrichopsis omnivora). Ввоз укорененных саженцев, подвоев, черенков и отводков ягодных культур из зон распространения калифорнийской щитовки (Quadraspidiotus perniciosus) и тутовой щитовки (Pseudaulacaspis pentagona) допускается при условии обеззараживания партии подкарантинной продукции с проставлением соответствующей записи об обеззараживании в фитосанитарном сертификате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 24 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae)</w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Черенки ягодных культур неукорененные (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны быть свободны от азиатской хлопковой совки (Spodoptera litura), азиатской ягодной дрозофилы (Drosophila suzukii), американской кукурузной совки (Helicoverpa zea), американской сливовой плодожорки (Cydia prunivora), белокаемчатого жука (Naupactus leucoloma), вишневой плодожорки (Cydia packardi), восточной фруктовой мухи (Bactrocera dorsalis), египетской хлопковой совки (Spodoptera littoralis), западного цветочного трипса (Frankliniella occidentalis), земляничного почкоеда (Anthonomus signatus), калифорнийской щитовки (Quadraspidiotus perniciosus), колючей горной белокрылки (Aleurocanthus spiniferus), кукурузной лиственной совки (Spodoptera frugiperda), табачной белокрылки (Bemisia tabaci), тутовой щитовки (Pseudaulacaspis pentagona), черной цитрусовой белокрылки (Aleurocanthus woglumi), черничной пестрокрылки (Rhagoletis mendax), южной совки (Spodoptera eridania), яблонной мухи (Rhagoletis pomonella) и японского жука (Popillia japonica). Ввоз черенков ягодных культур из зон распространения калифорнийской щитовки (Quadraspidiotus perniciosus) и тутовой щитовки (Pseudaulacaspis pentagona) допускается при условии обеззараживания партии подкарантинной продукции с проставлением соответствующей записи об обеззараживании в фитосанитарном сертификате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
-            <w:r>
-[...79 lines deleted...]
-с соблюдением пункта 24 настоящей таблицы. Должны происходить из мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae). Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы ежевики (Rubus spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 24 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 24 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы малины (Rubus idaeus) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 24 настоящей таблицы. Должны происходить из мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae). Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 24 настоящей таблицы. Должны происходить из мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae)</w:t>
+26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы барбариса (Berberis thunbergii DC.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 24 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 24 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa), вязкой гнили черники (Diaporthe vaccinii) и фитофтороза древесных и кустарниковых культур (Phytophthora ramorum)</w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы земляники (Fragaria spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 24 настоящей таблицы. Должны происходить из мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Саженцы, подвои и черенки винограда</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы черники и голубики (Vaccinium spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 24 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa), вязкой гнили черники (Diaporthe vaccinii) и фитофтороза древесных и кустарниковых культур (Phytophthora ramorum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-должны происходить из зон, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериоза винограда (болезни Пирса) (Xylella fastidiosa), южноамериканского виноградного червеца (Margarodes vitis), мест и (или) участков производства, свободных от бактериального увядания винограда (Xylophilus ampelinus), восточного мучнистого червеца (Pseudococcus citriculus), жестковолосого червеца (Maconellicoccus hirsutus), инжировой восковой ложнощитовки (Ceroplastes rusci), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), красной померанцевой щитовки (Aonidiella aurantii), коричневой щитовки (Chrysomphalus dictyospermi), натальской плодовой мухи (Ceratitis rosa), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости малины (Raspberry ringspot nepovirus), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), неповируса розеточной мозаики персика (Peach rosette mosaic nepovirus), техасской корневой гнили (Phymatotrichopsis omnivora), филлоксеры (Viteus vitifoliae), фитоплазмы золотистого пожелтения винограда (Candidatus Phytoplasma vitis). Ввоз из зон, мест и (или) участков распространения червеца Комстока (Pseudococcus comstocki), японской восковой ложнощитовки (Ceroplastes japonicus) допускается при условии обеззараживания партии подкарантинной продукции с проставлением соответствующей записи об обеззараживании в фитосанитарном сертификате</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои и черенки винограда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Луковицы, клубнелуковицы и корневища декоративных культур</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои и черенки винограда (Vitis spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны происходить из зон, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериоза винограда (болезни Пирса) (Xylella fastidiosa), южноамериканского виноградного червеца (Margarodes vitis), мест и (или) участков производства, свободных от бактериального увядания винограда (Xylophilus ampelinus), восточного мучнистого червеца (Pseudococcus citriculus), жестковолосого червеца (Maconellicoccus hirsutus), инжировой восковой ложнощитовки (Ceroplastes rusci), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), красной померанцевой щитовки (Aonidiella aurantii), коричневой щитовки (Chrysomphalus dictyospermi), натальской плодовой мухи (Ceratitis rosa), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости малины (Raspberry ringspot nepovirus), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), неповируса розеточной мозаики персика (Peach rosette mosaic nepovirus), техасской корневой гнили (Phymatotrichopsis omnivora), филлоксеры (Viteus vitifoliae), фитоплазмы золотистого пожелтения винограда (Candidatus Phytoplasma vitis). Ввоз из зон, мест и (или) участков распространения червеца Комстока (Pseudococcus comstocki), японской восковой ложнощитовки (Ceroplastes japonicus) допускается при условии обеззараживания партии подкарантинной продукции с проставлением соответствующей записи об обеззараживании в фитосанитарном сертификате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-должны быть свободны от западного цветочного трипса (Frankliniella occidentalis), калифорнийского щелкуна (Limonius californicus) и трипса Пальма (Thrips palmi). Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), вируса пятнистого увядания томата (Tomato spotted wilt virus), вироида веретеновидности клубней картофеля (Potato spindle tuber viroid), вироида карликовости хризантем (Chrysanthemum stunt pospoviroid), желтой болезни гиацинта (Xanthomonas campestris pv. Hyacinthi), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной галловой нематоды (Nacobbus aberrans), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), рака картофеля (Synchytrium endobioticum), техасской корневой гнили (Phymatotrichopsis omnivora) и тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) </w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Луковицы, клубнелуковицы и корневища декоративных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...71 lines deleted...]
-должны быть свободны от западного цветочного трипса (Frankliniella occidentalis), калифорнийского щелкуна (Limonius californicus) и трипса Пальма (Thrips palmi). Должны происходить из зон, мест и (или) участков производства, свободных от вируса пятнистого увядания томата (Tomato spotted wilt virus), бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyneenterolobii), листового ожога лука (Xanthomonas axonopodis pv. allii), ложной галловой нематоды (Nacobbus aberrans), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum) и техасской корневой гнили (Phymatotrichopsis omnivora)</w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Луковицы, клубнелуковицы и корневища декоративных культур (из 0601)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+должны быть свободны от западного цветочного трипса (Frankliniella occidentalis), калифорнийского щелкуна (Limonius californicus) и трипса Пальма (Thrips palmi). Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), вируса пятнистого увядания томата (Tomato spotted wilt virus), вироида веретеновидности клубней картофеля (Potato spindle tuber viroid), вироида карликовости хризантем (Chrysanthemum stunt pospoviroid), желтой болезни гиацинта (Xanthomonas campestris pv. Hyacinthi), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной галловой нематоды (Nacobbus aberrans), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), рака картофеля (Synchytrium endobioticum), техасской корневой гнили (Phymatotrichopsis omnivora) и тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
-            <w:r>
-[...97 lines deleted...]
- </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Луковицы растений рода Allium spp. (из 0601, из 0703)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны быть свободны от западного цветочного трипса (Frankliniella occidentalis), калифорнийского щелкуна (Limonius californicus) и трипса Пальма (Thrips palmi). Должны происходить из зон, мест и (или) участков производства, свободных от вируса пятнистого увядания томата (Tomato spotted wilt virus), бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyneenterolobii), листового ожога лука (Xanthomonas axonopodis pv. allii), ложной галловой нематоды (Nacobbus aberrans), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum) и техасской корневой гнили (Phymatotrichopsis omnivora)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Деревья и кустарники декоративных культур</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы (корневища) спаржи (Asparagus spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны происходить из зон, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), ложной колумбийской галловой нематоды (Meloidogyne fallax), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus) и японского жука (Popillia japonica)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...138 lines deleted...]
- </w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деревья и кустарники декоративных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...91 lines deleted...]
-              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериального ожога плодовых культур (Erwinia amylovora), калифорнийской кинжальной нематоды (Xiphinema californicum) и кинжальной нематоды бриколенсе (Xiphinema bricolense)</w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы всех лиственных пород (включая декоративные культуры), кроме бука европейского (Fagus sylvatica), ясеня (Fraxinus spp.), березы (Betula spp.), дуба (Quercus spp.), каштана (Castanea spp.), каштана гигантского (Castanopsis chrysophylla), литокарпуса густоцветкового (Lithocarpus densiflorus), ольхи (Alnus spp.), тополя (Populus spp), а также представителей семейства розоцветных (Rosaceae) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z48" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 46 настоящих Требований. Должны быть свободны от африканской кукурузной совки (Spodoptera exempta). Должны происходить из зон, свободных от азиатского усача (Anoplophora glabripennis), азиатской хлопковой совки (Spodoptera litura), американского клеверного минера (Liriomyza trifolii), американского коконопряда (Malacosoma americanum), американской белой бабочки (Hyphantria cunea), американской кинжальной нематоды (Xiphinema americanum sensu stricto), американской кукурузной совки (Helicoverpa zea), американской сливовой плодожорки (Cydia prunivora), бурой монилиозной гнили (Monilinia fructicola), вишневой плодожорки (Cydia packardi), восточного мучнистого червеца (Pseudococcus citriculus), восточной вишневой мухи (Rhagoletis cingulata), восточной каштановой орехотворки (Dryocosmus kuriphilus), египетской хлопковой совки (Spodoptera littoralis), жестковолосого червеца (Maconellicoccus hirsutus), инжировой восковой ложнощитовки (Ceroplastes rusci), калифорнийской кинжальной нематоды (Xiphinema californicum), калифорнийской щитовки (Quadraspidiotus perniciosus), кинжальной нематоды бриколенсе (Xiphinema bricolense), китайского усача (Anoplophora glabripennis), коричневой щитовки (Chrysomphalus dictyospermi), красной померанцевой щитовки (Aonidiella aurantii), красношейного усача (Aromia bungii), кукурузной лиственной совки (Spodoptera frugiperda), лесного кольчатого шелкопряда (Malacosoma disstria), неповируса кольцевой пятнистости малины (Raspberry ringspot nepovirus), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), овощного листового минера (Liriomyza sativae), скошеннополосой листовертки (Choristoneura rosaceana), ржавчины тополя (Melampsora medusae), техасской корневой гнили (Phymatotrichopsis omnivora), тутовой щитовки (Pseudaulacaspis pentagona), червеца Комстока (Pseudococcus comstocki), фитофтороза древесных и кустарниковых культур (Phytophthora ramorum), фитофтороза декоративных и древесных культур (Phytophthora kernoviae), фитофтороза ольхи (Phytophthora alni), южноамериканского листового минера (Liriomyza huidobrensis), южной совки (Spodoptera eridania), яблоневого круглоголового усача-скрипуна (Saperda Candida), язвенного заболевания ореха (Sirococcus clavigignenti-juglandacearum), японского жука (Popillia japonica) и японской палочковидной щитовки (Lopholeucaspis japonica), мест и (или) участков производства, свободных от бактериального ожога плодовых культур (Erwinia amylovora), бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum) и cоевой нематоды (Heterodera glycines)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
-[...35 lines deleted...]
-Саженцы розы, привитые или непривитые (из 0602)</w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы, подвои и черенки айвы японской (Chaenomeles japonica), боярышника (Crataegus), кизильника (Cotoneaster), рябины (Sorbus), ирги (Amelanchier), пираканты (Pyracantha), странвезии (Stranvaesia), мушмулы японской (Eriobotrya japonica) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8946,450 +8870,452 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 с соблюдением </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункта 32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящей таблицы. Должны быть свободны от бурой гнили картофеля (Ralstonia solanacearum), западного цветочного трипса (Frankliniella occidentalis), земляничного почкоеда (Anthonomus signatus), индокитайского цветочного трипса (Scirtothrips dorsalis), колючей горной белокрылки (Aleurocanthus spiniferus) и черной цитрусовой белокрылки (Aleurocanthus woglumi). Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
+              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бактериального ожога плодовых культур (Erwinia amylovora), калифорнийской кинжальной нематоды (Xiphinema californicum) и кинжальной нематоды бриколенсе (Xiphinema bricolense)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Саженцы лесодекоративных и лесных культур</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы розы, привитые или непривитые (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с соблюдением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящей таблицы. Должны быть свободны от бурой гнили картофеля (Ralstonia solanacearum), западного цветочного трипса (Frankliniella occidentalis), земляничного почкоеда (Anthonomus signatus), индокитайского цветочного трипса (Scirtothrips dorsalis), колючей горной белокрылки (Aleurocanthus spiniferus) и черной цитрусовой белокрылки (Aleurocanthus woglumi). Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-с соблюдением пункта 45 настоящих Требований. Должны происходить из зон, свободных от американской еловой листовертки (Choristoneura fumiferana), американской кинжальной нематоды (Xiphinema americanum sensu stricto), белопятнистого усача (Monochamus scutellatus), веретеноподобной ржавчины сосны (Cronartium fusiforme), верхушечной смолевки (Pissodes terminalis), восточного шестизубчатого короеда (Ips calligraphus), восточного пятизубчатого короеда (Ips grandicollis), восточной черноголовой листовертки (Acleris variana), горного соснового лубоеда (Dendroctonus ponderosae), елового лубоеда (Dendroctonus rufipennis), западной еловой листовертки (Choristoneura occidentalis), западного соснового лубоеда (Dendroctonus brevicomis), западной черноголовой листовертки (Acleris gloverana), калифорнийского короеда (Ips plastographus), калифорнийской кинжальной нематоды (Xiphinema californicum), каролинского усача (Monochamus carolinensis), кинжальной нематоды бриколенсе (Xiphinema bricolense), коричневого пятнистого ожога хвои сосны (Mycosphaerella deamessii), коричневого ожога хвои сосны (Mycosphaerella gibsonii), можжевельникового паутинного клеща (Oligonychus perditus), орегонского соснового короеда (Ips ріnі), пятнистого соснового усача (Monochamus clamator), рака (ожога) стволов и ветвей сосны (Atropellis pinicola), рака (ожога) стволов и ветвей сосны (Atropellis piniphilla), ржавчины яблони и можжевельника (Gymnosporangium yamadae), рыжего соснового лубоеда (Dendroctonus valens), северовосточного усача (Monochamus notatus), септориоза хвои японской лиственницы (Mycosphaerella laricis-leptolepidis), смолевки веймутовой сосны (Pissodes strobi), соснового семенного клопа (Leptoglossus occidentalis), сосновой стволовой нематоды (Bursaphelenchus xylophilus), тупонадкрылого усача (Monochamus obtusus), усача-марморатора (Monochamus marmorator), усача-мутатора (Monochamus mutator), южного соснового усача (Monochamus titillator) и японского соснового усача (Monochamus alternatus), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), нематоды-кинжала (Xiphinema rivesi) и cоевой нематоды (Heterodera glycines)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы лесодекоративных и лесных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...89 lines deleted...]
- </w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы (включая бонсай) хвойных (Coniferae) пород (кроме родов туя Thuja и тис Taxus) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 45 настоящих Требований. Должны происходить из зон, свободных от американской еловой листовертки (Choristoneura fumiferana), американской кинжальной нематоды (Xiphinema americanum sensu stricto), белопятнистого усача (Monochamus scutellatus), веретеноподобной ржавчины сосны (Cronartium fusiforme), верхушечной смолевки (Pissodes terminalis), восточного шестизубчатого короеда (Ips calligraphus), восточного пятизубчатого короеда (Ips grandicollis), восточной черноголовой листовертки (Acleris variana), горного соснового лубоеда (Dendroctonus ponderosae), елового лубоеда (Dendroctonus rufipennis), западной еловой листовертки (Choristoneura occidentalis), западного соснового лубоеда (Dendroctonus brevicomis), западной черноголовой листовертки (Acleris gloverana), калифорнийского короеда (Ips plastographus), калифорнийской кинжальной нематоды (Xiphinema californicum), каролинского усача (Monochamus carolinensis), кинжальной нематоды бриколенсе (Xiphinema bricolense), коричневого пятнистого ожога хвои сосны (Mycosphaerella deamessii), коричневого ожога хвои сосны (Mycosphaerella gibsonii), можжевельникового паутинного клеща (Oligonychus perditus), орегонского соснового короеда (Ips ріnі), пятнистого соснового усача (Monochamus clamator), рака (ожога) стволов и ветвей сосны (Atropellis pinicola), рака (ожога) стволов и ветвей сосны (Atropellis piniphilla), ржавчины яблони и можжевельника (Gymnosporangium yamadae), рыжего соснового лубоеда (Dendroctonus valens), северовосточного усача (Monochamus notatus), септориоза хвои японской лиственницы (Mycosphaerella laricis-leptolepidis), смолевки веймутовой сосны (Pissodes strobi), соснового семенного клопа (Leptoglossus occidentalis), сосновой стволовой нематоды (Bursaphelenchus xylophilus), тупонадкрылого усача (Monochamus obtusus), усача-марморатора (Monochamus marmorator), усача-мутатора (Monochamus mutator), южного соснового усача (Monochamus titillator) и японского соснового усача (Monochamus alternatus), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), нематоды-кинжала (Xiphinema rivesi) и cоевой нематоды (Heterodera glycines)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 46 настоящих Требований. Должны происходить из зон, свободных от азиатского усача (Anoplophora glabripennis), американской кинжальной нематоды (Xiphinema americanum sensu stricto), большой осиновой листовертки (Choristoneura conflictana), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense) и китайского усача (Anoplophora chinensis), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum), ржавчины тополя (Melampsora medusae) и cоевой нематоды (Heterodera glycines)</w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы (включая бонсай) родов туя (Thuja) и тис (Taxus) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны происходить из зон, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), можжевельникового паутинного клеща (Oligonychus perditus) и фитофтороза древесных и кустарниковых культур (Phytophthora ramorum), мест производства, свободных от бледной картофельной нематоды (Globodera pallida), картофельной нематоды (Globodera rostochiensis), cоевой нематоды (Heterodera glycines) и нематоды-кинжала (Xiphinema rivesi)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9404,1266 +9330,1264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...128 lines deleted...]
-              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, свободных от яблоневого круглоголового усача-скрипуна (Saperda candida)</w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы тополя (Populus spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 46 настоящих Требований. Должны происходить из зон, свободных от азиатского усача (Anoplophora glabripennis), американской кинжальной нематоды (Xiphinema americanum sensu stricto), большой осиновой листовертки (Choristoneura conflictana), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense) и китайского усача (Anoplophora chinensis), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum), ржавчины тополя (Melampsora medusae) и cоевой нематоды (Heterodera glycines)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 46 настоящих Требований. Должны происходить из зон, свободных от азиатского усача (Anoplophora glabripennis), американского коконопряда (Malacosoma americanum), американской кинжальной нематоды (Xiphinema americanum sensu stricto), восточной каштановой орехотворки (Dryocosmus kuriphilus), дубовой кружевницы (Corythucha arcuata), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), китайского усача (Anoplophora chinensis), коричневой щитовки (Chrysomphalus dictyospermi), красношейного усача (Aromia bungii), лесного кольчатого шелкопряда (Malacosoma disstria), рожковидной ржавчины буковых (Cronartium quercuum) и сосудистого микоза дуба (Ceratocystis fagacearum), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), cоевой нематоды (Heterodera glycines), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum), фитофтороза декоративных и древесных культур (Phytophthora kemoviae) и фитофтороза древесных и кустарниковых культур (Phytophthora ramorum)</w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы лиственных пород семейства розоцветных (Rosaceae)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с соблюдением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 46</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Требований и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, свободных от яблоневого круглоголового усача-скрипуна (Saperda candida)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
-            <w:r>
-[...79 lines deleted...]
-с соблюдением пункта 39 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы каштана (Castanea spp.), литокарпуса густоцветкового (Lithocarpus densiflorus), каштана гигантского (Castanopsis chrysophylla), бука европейского (Fagus sylvatica) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 46 настоящих Требований. Должны происходить из зон, свободных от азиатского усача (Anoplophora glabripennis), американского коконопряда (Malacosoma americanum), американской кинжальной нематоды (Xiphinema americanum sensu stricto), восточной каштановой орехотворки (Dryocosmus kuriphilus), дубовой кружевницы (Corythucha arcuata), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), китайского усача (Anoplophora chinensis), коричневой щитовки (Chrysomphalus dictyospermi), красношейного усача (Aromia bungii), лесного кольчатого шелкопряда (Malacosoma disstria), рожковидной ржавчины буковых (Cronartium quercuum) и сосудистого микоза дуба (Ceratocystis fagacearum), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), cоевой нематоды (Heterodera glycines), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum), фитофтороза декоративных и древесных культур (Phytophthora kemoviae) и фитофтороза древесных и кустарниковых культур (Phytophthora ramorum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...128 lines deleted...]
-              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон и (или) мест производства, свободных от возбудителя суховершинности ясеня (Chalara fraxinea) и ясеневой изумрудной златки (Agrilus planipennis)</w:t>
+39</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы дуба (Quercus spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 39 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
-[...52 lines deleted...]
-              <w:t>(из 0602 (кроме 0602 90 100 0))</w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы ясеня (Fraxinus)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-с соблюдением пункта 46 настоящих Требований </w:t>
-[...16 lines deleted...]
-              <w:t>и пункта 32 настоящей таблицы. Должны происходить из зон, свободных от американского коконопряда (Malacosoma americanum), азиатского усача (Anoplophora glabripennis), бронзовой березовой златки (Agrilus anxius), китайского усача (Anoplophora chinensis) и лесного кольчатого шелкопряда (Malacosoma disstria), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum) и cоевой нематоды (Heterodera glycines)</w:t>
+с соблюдением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 46</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Требований и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон и (или) мест производства, свободных от возбудителя суховершинности ясеня (Chalara fraxinea) и ясеневой изумрудной златки (Agrilus planipennis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
-[...52 lines deleted...]
-              <w:t>(из 0602 (кроме 0602 90 100 0))</w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы березы (Betula)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-с соблюдением </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> настоящей таблицы. с соблюдением пункта 46 настоящих Требований и пункта 32 настоящей таблицы.</w:t>
+с соблюдением пункта 46 настоящих Требований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и пункта 32 настоящей таблицы. Должны происходить из зон, свободных от американского коконопряда (Malacosoma americanum), азиатского усача (Anoplophora glabripennis), бронзовой березовой златки (Agrilus anxius), китайского усача (Anoplophora chinensis) и лесного кольчатого шелкопряда (Malacosoma disstria), мест и (или) участков производства, свободных от бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), рака картофеля (Synchytrium endobioticum) и cоевой нематоды (Heterodera glycines)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Горшечные растения различных культур</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саженцы ольхи (Alnus)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с соблюдением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящей таблицы. с соблюдением пункта 46 настоящих Требований и пункта 32 настоящей таблицы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...119 lines deleted...]
-Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax) и нематоды-кинжала (Xiphinema rivesi)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Горшечные растения различных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
-[...91 lines deleted...]
-              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa), бурой гнили картофеля (Ralstonia solanacearum) и ржавчины пеларгонии (Puccinia pelargonii-zonalis)</w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Горшечные растения различных культур (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны быть свободны от азиатской хлопковой совки (Spodoptera litura), американского клеверного минера (Liriomyza trifolii), американского многоядного щелкуна (Melanotus communis), американского табачного трипса (Frankliniella fusca), американской кукурузной совки (Helicoverpa zea), американской сливовой плодожорки (Cydia prunivora), африканской кукурузной совки (Spodoptera exempta), бактериального вилта гвоздики (Burkholderia caryophylli), банановой моли (Opogona sacchari), бледной картофельной нематоды (Globodera pallida), вест-индского цветочного трипса (Frankliniella insularis), вируса пятнистого увядания томата (Tomato spotted wilt virus), восточного мучнистого червеца (Pseudococcus citriculus), восточного цветочного трипса (Frankliniella tritici), гавайского трипса (Thrips hawaiiensis), галлового клеща фуксии (Aculops fuchsiae), гибискусового корневого червеца (Rhizoecus hibisci), диабротики красивой (Diabrotica speciosa), египетской хлопковой совки (Spodoptera littoralis), желтой болезни гиацинта (Xanthomonas campestris pv. Hyacinthi), западного цветочного трипса (Frankliniella occidentalis), зеленой садовой совки (Chrysodeixis eriosoma), золотистой двухпятнистой совки (Chrysodeixis chalcites), золотистой картофельной нематоды (Globodera rostochiensis), индокитайского цветочного трипса (Scirtothrips dorsalis), инжировой восковой ложнощитовки (Ceroplastes rusci), калифорнийского щелкуна (Limonius californicus), калифорнийской щитовки (Quadraspidiotus perniciosus), колумбийской галловой нематоды (Meloidogyne chitwoodi), колючей горной белокрылки (Aleurocanthus spiniferus), коричневой щитовки (Chrysomphalus dictyospermi), корневой галловой нематоды (Meloidogyne enterolobii), красного томатного паутинного клеща (Tetranychus evansi), красной померанцевой щитовки (Aonidiella aurantii), кукурузной лиственной совки (Spodoptera frugiperda), ложной колумбийской галловой нематоды (Meloidogyne fallax), лукового минера (Liriomyza nietzkei), можжевельникового паутинного клеща (Oligonychus perditus), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), овощного листового минера (Liriomyza sativae), подсолнечникового листоеда (Zygogramma exclamationis), подсолнечниковой пестрокрылки (Strauzia longipennis), табачной белокрылки (Bemisia tabaci), томатного трипса (Frankliniella schultzei), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus), трипса Пальма (Thrips palmi), тутовой щитовки (Pseudaulacaspis pentagona), фиалофорового увядания гвоздики (Phialophora cinerescens), хризантемового листового минера (Nemorimyza maculosa), червеца Комстока (Pseudococcus comstocki), черной цитрусовой белокрылки (Aleurocanthus woglumi), эхинотрипса американского (Echinothrips americanus), южноамериканского листового минера (Liriomyza huidobrensis), южной совки (Spodoptera eridania), японского жука (Popillia japonica), японской восковой ложнощитовки (Ceroplastes japonicus) и японской палочковидной щитовки (Lopholeucaspis japonica).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должны происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной колумбийской галловой нематоды (Meloidogyne fallax) и нематоды-кинжала (Xiphinema rivesi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
-[...35 lines deleted...]
-Растения камелий (Camellia) (из 0602 (кроме 0602 90 100 0))</w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Растения пеларгонии (Pelargonium) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10675,642 +10599,642 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 с соблюдением </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункта 43</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков, свободных от цветочного ожога камелий (Ciborinia camelliae)</w:t>
+              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от бактериоза винограда (болезни Пирса) (Xylella fastidiosa), бурой гнили картофеля (Ralstonia solanacearum) и ржавчины пеларгонии (Puccinia pelargonii-zonalis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 43 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от аскохитоза хризантем (Didymella ligulicola), белой ржавчины хризантем (Puccinia horiana), вироида карликовости хризантем (Chrysanthemum stunt pospoviroid) , вируса пятнистого увядания томата (Tomato spotted wilt virus) и тосповируса некроза побегов хризантем (Chrysanthemum stem necrosis tospovirus)</w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Растения камелий (Camellia) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с соблюдением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 43</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящей таблицы. Должны происходить из зон, мест и (или) участков, свободных от цветочного ожога камелий (Ciborinia camelliae)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Рассада ягодных культур, цветов и овощей</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Растения хризантем (Chrysanthemum) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 43 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от аскохитоза хризантем (Didymella ligulicola), белой ржавчины хризантем (Puccinia horiana), вироида карликовости хризантем (Chrysanthemum stunt pospoviroid) , вируса пятнистого увядания томата (Tomato spotted wilt virus) и тосповируса некроза побегов хризантем (Chrysanthemum stem necrosis tospovirus)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-должна быть свободна от азиатской хлопковой совки (Spodoptera litura), американского клеверного минера (Liriomyza trifolii), американской кукурузной совки (Helicoverpa zea), африканской кукурузной совки (Spodoptera exempta), вируса пятнистого увядания томата (Tomato spotted wilt virus), диабротики красивой (Diabrotica speciosa), египетской хлопковой совки (Spodoptera littoralis), западного картофельного жука-блошки (Epitrix subcrinita), западного цветочного трипса (Frankliniella occidentalis), зеленой садовой совки (Chrysodeixis eriosoma), золотистой двухпятнистой совки (Chrysodeixis chalcites), калифорнийского щелкуна (Limonius californicus), картофельного жука-блошки (Epitrix cucumeris), картофельного жука-блошки клубневого (Epitrix tuberis), колючей горной белокрылки (Aleurocanthus spiniferus), кукурузной лиственной совки (Spodoptera frugiperda), натальской плодовой мухи (Ceratitis rosa), овощного листового минера (Liriomyza sativae), повилики (Cuscuta spp.), табачной белокрылки (Bemisia tabaci), трипса Пальма (Thrips palmi), черной цитрусовой белокрылки (Aleurocanthus woglumi), южноамериканского листового минера (Liriomyza huidobrensis), южноамериканской томатной моли (Tuta absoluta), южной совки (Spodoptera eridania) и японского жука (Popillia japonica). Должна происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), бурой гнили картофеля (Ralstonia solanacearum), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной галловой нематоды (Nacobbus aberrans), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и рака картофеля (Synchytrium endobioticum)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада ягодных культур, цветов и овощей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 24 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), земляничного почкоеда (Anthonomus signatus), неповируса кольцевой пятнистости малины (Raspberry ringspot nepovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae)</w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада цветов и овощей (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должна быть свободна от азиатской хлопковой совки (Spodoptera litura), американского клеверного минера (Liriomyza trifolii), американской кукурузной совки (Helicoverpa zea), африканской кукурузной совки (Spodoptera exempta), вируса пятнистого увядания томата (Tomato spotted wilt virus), диабротики красивой (Diabrotica speciosa), египетской хлопковой совки (Spodoptera littoralis), западного картофельного жука-блошки (Epitrix subcrinita), западного цветочного трипса (Frankliniella occidentalis), зеленой садовой совки (Chrysodeixis eriosoma), золотистой двухпятнистой совки (Chrysodeixis chalcites), калифорнийского щелкуна (Limonius californicus), картофельного жука-блошки (Epitrix cucumeris), картофельного жука-блошки клубневого (Epitrix tuberis), колючей горной белокрылки (Aleurocanthus spiniferus), кукурузной лиственной совки (Spodoptera frugiperda), натальской плодовой мухи (Ceratitis rosa), овощного листового минера (Liriomyza sativae), повилики (Cuscuta spp.), табачной белокрылки (Bemisia tabaci), трипса Пальма (Thrips palmi), черной цитрусовой белокрылки (Aleurocanthus woglumi), южноамериканского листового минера (Liriomyza huidobrensis), южноамериканской томатной моли (Tuta absoluta), южной совки (Spodoptera eridania) и японского жука (Popillia japonica). Должна происходить из зон, мест и (или) участков производства, свободных от американской кинжальной нематоды (Xiphinema americanum sensu stricto), бледной картофельной нематоды (Globodera pallida), бурой гнили картофеля (Ralstonia solanacearum), золотистой картофельной нематоды (Globodera rostochiensis), калифорнийской кинжальной нематоды (Xiphinema californicum), кинжальной нематоды бриколенсе (Xiphinema bricolense), колумбийской галловой нематоды (Meloidogyne chitwoodi), корневой галловой нематоды (Meloidogyne enterolobii), ложной галловой нематоды (Nacobbus aberrans), ложной колумбийской галловой нематоды (Meloidogyne fallax), нематоды-кинжала (Xiphinema rivesi), неповируса кольцевой пятнистости табака (Tobacco ringspot nepovirus), неповируса кольцевой пятнистости томата (Tomato ringspot nepovirus), тосповируса некротической пятнистости бальзамина (Impatiens necrotic spot tospovirus) и рака картофеля (Synchytrium endobioticum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
-[...91 lines deleted...]
-              <w:t xml:space="preserve"> настоящей таблицы. Должна быть свободна от черничной пестрокрылки (Rhagoletis mendax). Должна происходить из зон, мест и (или) участков производства, свободных от вязкой гнили черники (Diaporthe vaccinii), фитофтороза декоративных и древесных культур (Phytophthora kernoviae) и фитофтороза древесных и кустарниковых культур (Phytophthora ramorum)</w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада земляники (Fragaria) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 24 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), земляничного почкоеда (Anthonomus signatus), неповируса кольцевой пятнистости малины (Raspberry ringspot nepovirus) и фитофторозной корневой гнили земляники и малины (Phytophthora fragariae)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
-[...35 lines deleted...]
-Рассада хризантем (Chrysanthemum) (из 0602 (кроме 0602 90 100 0))</w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада черники, клюквы и других видов из рода Vaccinium (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11322,128 +11246,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 с соблюдением </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункта 47</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от аскохитоза хризантем (Didymella ligulicola), белой ржавчины хризантем (Puccinia horiana), вироида карликовости хриантем (Chrysanthemum stunt pospoviroid) и тосповируса некроза побегов хризантем (Chrysanthemum stem necrosis tospovirus)</w:t>
+              <w:t xml:space="preserve"> настоящей таблицы. Должна быть свободна от черничной пестрокрылки (Rhagoletis mendax). Должна происходить из зон, мест и (или) участков производства, свободных от вязкой гнили черники (Diaporthe vaccinii), фитофтороза декоративных и древесных культур (Phytophthora kernoviae) и фитофтороза древесных и кустарниковых культур (Phytophthora ramorum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
-[...35 lines deleted...]
-Рассада петунии (Petunia) и перца (Piper spp.) (из 0602 (кроме 0602 90 100 0))</w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада хризантем (Chrysanthemum) (из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11455,374 +11379,384 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 с соблюдением </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункта 47</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от бегомовируса желтой курчавости листьев томата (Tomato yellow leaf curl begomovirus) и вироида веретеновидности клубней картофеля (Potato spindle tuber viroid)</w:t>
+              <w:t xml:space="preserve"> настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от аскохитоза хризантем (Didymella ligulicola), белой ржавчины хризантем (Puccinia horiana), вироида карликовости хриантем (Chrysanthemum stunt pospoviroid) и тосповируса некроза побегов хризантем (Chrysanthemum stem necrosis tospovirus)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от бегомовируса желтой курчавости листьев томата (Tomato yellow leaf curl begomovirus), бурой гнили картофеля (Ralstonia solanacearum), вируса коричневой морщинистости плодов томата (Tomato brown rugose fruit virus), вируса мозаики пепино (Pepino mosaic virus), вируса пятнистого увядания томата (Tomato spotted wilt virus)и вироида веретеновидности клубней картофеля (Potato spindle tuber viroid)</w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада петунии (Petunia) и перца (Piper spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с соблюдением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 47</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от бегомовируса желтой курчавости листьев томата (Tomato yellow leaf curl begomovirus) и вироида веретеновидности клубней картофеля (Potato spindle tuber viroid)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"52</w:t>
-[...81 lines deleted...]
-с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от вируса коричневой морщинистости плодов томата (Tomato brown rugose fruit virus), вируса мозаики пепино (Pepino mosaic virus) и вируса пятнистого увядания томата (Tomato spotted wilt virus)</w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада томата (Lycopersicon spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от бегомовируса желтой курчавости листьев томата (Tomato yellow leaf curl begomovirus), бурой гнили картофеля (Ralstonia solanacearum), вируса коричневой морщинистости плодов томата (Tomato brown rugose fruit virus), вируса мозаики пепино (Pepino mosaic virus), вируса пятнистого увядания томата (Tomato spotted wilt virus)и вироида веретеновидности клубней картофеля (Potato spindle tuber viroid)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
+"52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...35 lines deleted...]
-Рассада перца (Capsicum annuum) (из 0602 90 300 0)</w:t>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Рассада баклажана (Solanum melongena) (из 0602 90 300 0) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11865,387 +11799,369 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 47 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от вируса мозаики пепино (Pepino mosaic virus)";</w:t>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада перца (Capsicum annuum) (из 0602 90 300 0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от вируса коричневой морщинистости плодов томата (Tomato brown rugose fruit virus), вируса мозаики пепино (Pepino mosaic virus) и вируса пятнистого увядания томата (Tomato spotted wilt virus)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...89 lines deleted...]
- </w:t>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Растения пепино (Solanum muricatum) (из 0602 10 900 0, 0602 20 200 0, 0602 20 800 0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 47 настоящей таблицы. Должны происходить из зон, мест и (или) участков производства, свободных от вируса мозаики пепино (Pepino mosaic virus)";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 52</w:t>
+52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 47 настоящей таблицы. Должна происходить из мест производства, свободных от фиалофорового увядания гвоздики (Phialophora cinerescens)</w:t>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада фуксии (Fuchsia) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 47 настоящей таблицы. Должна быть свободна от галлового клеща фуксии (Aculops fuchsiae)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12270,123 +12186,123 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от бактериальной пятнистости тыквенных культур (Acidovorax citrulli)</w:t>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада гвоздики (Dianthus) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 47 настоящей таблицы. Должна происходить из мест производства, свободных от фиалофорового увядания гвоздики (Phialophora cinerescens)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12411,193 +12327,334 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...71 lines deleted...]
-с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от листового ожога лука (Xanthomonas axonopodis pv. allii)</w:t>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада тыквенных культур (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от бактериальной пятнистости тыквенных культур (Acidovorax citrulli)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Растения тропических культур</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 52</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассада видов лука (Allium spp.) (из 0602)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с соблюдением пункта 47 настоящей таблицы. Должна происходить из зон, мест и (или) участков производства, свободных от листового ожога лука (Xanthomonas axonopodis pv. allii)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Растения тропических культур</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -12638,51 +12695,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Растения тропических и субтропических культур (цитрусовые культуры, пальмы, инжир, ананасы, авокадо, манго и др.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(из 0602 (кроме 0602 90 100 0))</w:t>
+(из 0602)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17684,231 +17741,165 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Таблица 4 в редакции решения Совета Евразийской экономической комиссии от 30.03.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В таблицу 4 предусматриваются изменения решением Совета Евразийской экономической комиссии от 08.07.2025 </w:t>
+        <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 29.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 08.08.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 05.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 15.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования); от 08.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 80</w:t>
-      </w:r>
-[...126 lines deleted...]
-        <w:t>№ 109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 30 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z98" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -18456,87 +18447,210 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Яблоки (Malus spp.), груша (Pyrus spp.), айва (Cydonia), свежие (0808)</w:t>
+Айва (Cydonia spp.) свежая (0808 40 000 0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 должны быть свободны от азиатской ягодной дрозофилы (Drosophila suzukii), американской сливовой плодожорки (Cydia prunivora), вишневой плодожорки (Cydia packardi), восточной плодожорки (Grapholita molesta), восточной фруктовой мухи (Bactrocera dorsalis), грушевой огневки (Numonia pyrivorella), натальской плодовой мухи (Ceratitis rosa), персиковой плодожорки (Carposina sasakii), плодового долгоносика (Conotrachelus nenuphar), скошеннополосой листовертки (Choristoneura rosaceana), средиземноморской плодовой мухи (Ceratitis capitata), червеца Комстока (Pseudococcus comstocki) и яблонной мухи (Rhagoletis pomonella). Должны происходить из зон, мест и (или) участков производства, свободных от бурой монилиозной гнили (Monilinia fructicola)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Яблоки (Malus spp.), груши (Pyrus spp.), свежие (0808 10, 0808 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должны быть свободны от азиатской ягодной дрозофилы (Drosophila suzukii), американской сливовой плодожорки (Cydia prunivora), вишневой плодожорки (Cydia packardi), восточной плодожорки (Grapholita molesta), восточной фруктовой мухи (Bactrocera dorsalis), грушевой огневки (Numonia pyrivorella), натальской плодовой мухи (Ceratitis rosa), персиковой плодожорки (Carposina sasakii), плодового долгоносика (Conotrachelus nenuphar), скошеннополосой листовертки (Choristoneura rosaceana), средиземноморской плодовой мухи (Ceratitis capitata), червеца Комстока (Pseudococcus comstocki) и яблонной мухи (Rhagoletis pomonella). Должны происходить из зон, мест и (или) участков производства, свободных от антракноза земляники (Colletotrichum acutatum), бурой монилиозной гнили (Monilinia fructicola)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28112,55 +28226,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>