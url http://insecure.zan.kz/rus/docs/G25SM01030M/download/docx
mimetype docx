--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="31d6067" w14:textId="31d6067">
+    <w:p w14:paraId="acf7afa" w14:textId="acf7afa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -292,1134 +292,1292 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 38 016 тысяч тенге:</w:t>
+      1) доходы – 39 250,8 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 2 775 тысяч тенге;</w:t>
+      налоговые поступления – 3 009,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 66 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 35 175 тысяч тенге;</w:t>
+      поступления трансфертов – 36 175 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 38 016,2 тысяч тенге;</w:t>
+      2) затраты – 40 321,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -0,2 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -1 070,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0,2 тысяч тенге:</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -1 070,5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 1 070,5 тысяч тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0,2 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 1 070,5 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        2. Установить, что доходы бюджета Каратерекского сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если иное не установлено подпунктом 2) пункта 1 статьи 26 настоящего Кодекса, индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории города районного значения, села, поселка расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налог на имущество физических лиц по объектам обложения данным налогом, находящимся на территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) налог на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за пользование земельными участками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) плата за размещение наружной (визуальной) рекламы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений в городе районного значения, селе, поселке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в полосе отвода автомобильных дорог общего пользования, проходящих через территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений вне населенных пунктов и вне полосы отвода автомобильных дорог общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) налог на добычу полезных ископаемых на общераспространенные полезные ископаемые, подземные воды и лечебные грязи, находящиеся на территории города районного значения, села, поселка, сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) штрафы, налагаемые акимом города районного значения, села, поселка, сельского округа за административные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) добровольные сборы физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления части чистого дохода коммунальных государственных предприятий, созданных по решению аппарата акима города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы на доли участия в юридических лицах, находящиеся в коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от аренды имущества коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вознаграждения по кредитам, выданным из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) прочие неналоговые поступления в бюджет города районного значения, села, поселка, сельского округа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что доходы бюджета сельского округа формируются за счет поступлений от продажи основного капитала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Установить, что поступлениями трансфертов в бюджет сельского округа являются трансферты из районного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Предусмотреть бюджетные субвенции, передаваемые из районного бюджета в сельский бюджет в сумме 29 441 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в сельском бюджете на 2025 год целевые трансферты из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых трансфертов из районного бюджета определяется решением акима Каратерекского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Каратерекского сельского округа Уалихановского района на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Учесть в сельском бюджета на 2025 год целевые трансферты из районного бюджета на содержание аппарат. Распределение указанных целевых трансфертов из районного бюджета определяется решением акима Каратерекского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Каратерекского сельского округа Уалихановского района на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Предусмотреть в сельском бюджете расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года в сумме 1070,5 тысяч тенге, согласно приложению 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 8-1 в соответствии с решением Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уалихановского районного маслихата "Об утверждении бюджета Каратерекского сельского округа Уалихановского района на 2025-2027 годы" от 27 декабря 2024 года №10-25с.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        10. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1727,65 +1885,11433 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 6 мая 2025 года №10-30 с </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа Уалихановского района на 2025 год </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39250,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3009,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1140,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+216,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+817,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1869</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1869</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40321,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30140,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30140,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30140,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+643</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+643</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+643</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1070.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к решению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уалихановского районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 6 мая 2025года №10-30 с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа Уалихановского района на 2026 год </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1863,51 +13389,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="58"/>
+          <w:bookmarkStart w:name="z76" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2416,51 +13942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38016</w:t>
+39 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2593,51 +14119,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2775</w:t>
+2 928,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2666,155 +14192,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04</w:t>
-[...103 lines deleted...]
-906</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2875,123 +14401,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-20</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3011,164 +14537,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-799</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+956,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3229,123 +14755,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-87</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3365,164 +14891,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1869</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3583,300 +15109,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-1869</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+843,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-66</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3905,155 +15431,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...103 lines deleted...]
-66</w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 972,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4114,477 +15640,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-66</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 972,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-0</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-35175</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4604,579 +16130,697 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-35175</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-35175</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 983,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 983,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5235,718 +16879,604 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Программа</w:t>
-[...27 lines deleted...]
-          <w:p/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 983,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-3</w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z77" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-28135</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5998,309 +17528,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-28135</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07</w:t>
-[...135 lines deleted...]
-1202</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6433,51 +17959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1202</w:t>
+29 617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6538,477 +18064,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-932</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-270</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-8036</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7028,164 +18554,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-8036</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+983,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7246,300 +18772,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-8036</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-643</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7672,51 +19198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-643</w:t>
+8 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7777,300 +19303,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-643</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...135 lines deleted...]
-0,2</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8203,51 +19729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8308,123 +19834,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-0,2</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8827,51 +20353,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="60"/>
+          <w:bookmarkStart w:name="z78" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10316,51 +21842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--0,2</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10489,51 +22015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11121,51 +22647,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="61"/>
+          <w:bookmarkStart w:name="z79" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11665,51 +23191,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="62"/>
+          <w:bookmarkStart w:name="z80" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12057,51 +23583,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="63"/>
+          <w:bookmarkStart w:name="z81" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12128,51 +23654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12305,51 +23831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12482,51 +24008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12565,51 +24091,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к решению</w:t>
+              <w:t>Приложение 3 к решению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12695,71 +24221,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 6 мая 2025года №10-30 с</w:t>
+              <w:t xml:space="preserve">от 6 мая 2025 года №10-30 с </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkStart w:name="z85" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа Уалихановского района на 2026 год </w:t>
+        <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа Уалихановского района на 2027 год </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -12837,51 +24363,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="65"/>
+          <w:bookmarkStart w:name="z86" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13390,51 +24916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 981,0</w:t>
+41 979,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13567,51 +25093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 928,0</w:t>
+3 074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14098,51 +25624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-956,0</w:t>
+1 004,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14275,51 +25801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21,0</w:t>
+22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14629,51 +26155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-843,0</w:t>
+885,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14806,51 +26332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92,0</w:t>
+97,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14983,51 +26509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 972,0</w:t>
+2 070,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15160,51 +26686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 972,0</w:t>
+2 070,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15337,51 +26863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70,0</w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15514,51 +27040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70,0</w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15691,51 +27217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70,0</w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16045,51 +27571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 983,0</w:t>
+38 832,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16222,51 +27748,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 983,0</w:t>
+38 832,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16399,51 +27925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 983,0</w:t>
+38 832,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16500,51 +28026,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="66"/>
+          <w:bookmarkStart w:name="z87" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17053,51 +28579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 981,0</w:t>
+41 979,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17230,51 +28756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 617,0</w:t>
+31 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17407,51 +28933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 617,0</w:t>
+31 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17584,51 +29110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 617,0</w:t>
+31 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17761,51 +29287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 268,0</w:t>
+1 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17938,51 +29464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 268,0</w:t>
+1 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18115,51 +29641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-983,0</w:t>
+1 032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18292,51 +29818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-285,0</w:t>
+299,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18469,51 +29995,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 418,0</w:t>
+8 839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18646,51 +30172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 418,0</w:t>
+8 839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18823,51 +30349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 418,0</w:t>
+8 839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19000,51 +30526,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-678,0</w:t>
+712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19177,51 +30703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-678,0</w:t>
+712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19354,51 +30880,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-678,0</w:t>
+712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19801,51 +31327,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="67"/>
+          <w:bookmarkStart w:name="z88" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -22095,51 +33621,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="68"/>
+          <w:bookmarkStart w:name="z89" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -22639,51 +34165,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="69"/>
+          <w:bookmarkStart w:name="z90" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23031,51 +34557,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="70"/>
+          <w:bookmarkStart w:name="z91" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23539,51 +35065,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к решению</w:t>
+              <w:t>Приложение 4 к решению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -23669,74 +35195,1796 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">от 6 мая 2025 года №10-30 с </w:t>
+              <w:t>от 6 мая 2025 года 10-30 с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа Уалихановского района на 2027 год </w:t>
+        <w:t xml:space="preserve"> Расходы счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Решение дополнено приложением 4 в соответствии с решением Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доходы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -23752,51 +37000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория </w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -23811,86 +37059,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="72"/>
-[...34 lines deleted...]
-тысяч тенге</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23920,51 +37148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс </w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -24051,51 +37279,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подкласс</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -24223,369 +37451,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-41 979,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+770,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3 074,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+770,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24605,341 +37837,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+770,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24968,155 +38200,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04</w:t>
-[...103 lines deleted...]
-1 004,0</w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25177,300 +38409,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-22,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25490,164 +38722,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-885,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25708,123 +38940,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-97,0</w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25844,8637 +39076,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8585 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -34506,55 +39261,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34880,31 +39635,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>