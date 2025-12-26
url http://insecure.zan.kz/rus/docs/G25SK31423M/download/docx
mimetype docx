--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8568b32" w14:textId="8568b32">
+    <w:p w14:paraId="f747024" w14:textId="f747024">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,635 +216,730 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", маслихат Тайыншинского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 43405 тысяч тенге:</w:t>
+      1) доходы – 58041,4 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 12050 тысяч тенге;</w:t>
+      налоговые поступления – 11188,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 1160 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 10782,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 30195 тысяч тенге;</w:t>
+      специальные поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 44990,8 тысяч тенге;</w:t>
+      поступления трансфертов – 36070 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) затраты – 59627,2 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -1585,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 1585,8 тысяч тенге:</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -1585,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 1585,8 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       используемые остатки бюджетных средств – 1585,8 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 356/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 15.10.2025 № 368/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Большеизюмовского сельского округа формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Большеизюмовского сельского округа на 2025 год поступление целевых текущих трансфертов из республиканского бюджета в бюджет Большеизюмовского сельского в сумме 20 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Большеизюмовского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года, согласно приложению 4 к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете Большеизюмовского сельского округа на 2025 год поступление целевых текущих трансфертов из районного бюджета в бюджет Большеизюмовского сельского в сумме 623 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Установить бюджетную субвенцию, передаваемую из районного бюджета в бюджет Большеизюмовского сельского округа, на 2025 год в сумме 29552 тысячи тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Признать утратившими силу следующие решения маслихата Тайыншинского района Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 28 декабря 2024 года № 254/20 "Об утверждении бюджета Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 05 марта 2025 года № 280/21 "О внесении изменений и дополнений в решение маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 254/20 "Об утверждении бюджета Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -862,51 +957,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1270,336 +1365,389 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 314/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 356/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 15.10.2025 № 368/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="4092"/>
+        <w:gridCol w:w="3384"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="30"/>
+          <w:bookmarkStart w:name="z41" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1628,115 +1776,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1759,8014 +1921,8828 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-43405</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58041,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-12050</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11188,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3103</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2957,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3103</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2957,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8630</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7962,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-109</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-164</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+275,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5462</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6669,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2895</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+908,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-317</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-317</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1160</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10782,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1160</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10782,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1160</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9731,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-30195</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1050,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-30195</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-30195</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z42" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...93 lines deleted...]
-Программа</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-32607</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59627,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-32607</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39975,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-31857</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39975,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-750</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33723</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8752</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа на неотложные затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2415,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8752</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3837</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-5054</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-3698</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2235</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11379</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2235</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3599</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2235</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1311</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1311</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1311</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-85,8</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-85,8</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...185 lines deleted...]
-85,8</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z43" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользуемых (недоиспользуемых)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z44" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...125 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9794,2838 +10770,3626 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="35"/>
+          <w:bookmarkStart w:name="z45" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс</w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...93 lines deleted...]
-Подкласс</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит ( профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1585,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1585,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...125 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-Класс</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1585,8</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1585,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1585,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1585,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12960,260 +14724,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 8 мая 2025 года № 314/23 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1433"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="4004"/>
+        <w:gridCol w:w="2971"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="39"/>
+          <w:bookmarkStart w:name="z54" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13242,115 +15008,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13373,3015 +15153,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12471</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16415,177 +18440,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="40"/>
+          <w:bookmarkStart w:name="z55" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16614,115 +18642,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16745,3007 +18787,3266 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19779,177 +22080,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="41"/>
+          <w:bookmarkStart w:name="z56" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19978,115 +22282,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20109,187 +22427,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20323,177 +22655,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="42"/>
+          <w:bookmarkStart w:name="z57" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20522,115 +22857,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20653,183 +23002,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20863,177 +23233,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="43"/>
+          <w:bookmarkStart w:name="z58" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21062,115 +23435,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21193,883 +23580,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22103,177 +24581,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="44"/>
+          <w:bookmarkStart w:name="z59" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22302,115 +24783,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22433,364 +24928,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22824,177 +25347,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="45"/>
+          <w:bookmarkStart w:name="z60" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23023,115 +25549,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23154,541 +25694,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24023,260 +26605,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 314/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1433"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="4004"/>
+        <w:gridCol w:w="2971"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="47"/>
+          <w:bookmarkStart w:name="z67" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="45"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24305,115 +26889,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24436,3015 +27034,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5851</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27478,177 +30321,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="48"/>
+          <w:bookmarkStart w:name="z68" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27677,115 +30523,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27808,3007 +30668,3266 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3961</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30842,177 +33961,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="49"/>
+          <w:bookmarkStart w:name="z69" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31041,115 +34163,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31172,187 +34308,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31386,177 +34536,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z70" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31585,115 +34738,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31716,183 +34883,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31926,177 +35114,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="51"/>
+          <w:bookmarkStart w:name="z71" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32125,115 +35316,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32256,883 +35461,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33166,177 +36462,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33365,115 +36664,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33496,364 +36809,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33887,177 +37228,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="53"/>
+          <w:bookmarkStart w:name="z73" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34086,115 +37430,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34217,541 +37575,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35086,260 +38486,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 314/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="54"/>
+    <w:bookmarkStart w:name="z79" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1403"/>
+        <w:gridCol w:w="1906"/>
+        <w:gridCol w:w="1907"/>
+        <w:gridCol w:w="3923"/>
+        <w:gridCol w:w="3161"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="55"/>
+          <w:bookmarkStart w:name="z80" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="53"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35368,115 +38770,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35499,714 +38915,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36240,177 +39719,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="56"/>
+          <w:bookmarkStart w:name="z81" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="54"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36439,115 +39921,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36570,1768 +40066,1929 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38393,55 +42050,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38767,31 +42424,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>