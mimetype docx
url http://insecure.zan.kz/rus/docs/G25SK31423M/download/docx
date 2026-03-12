--- v1 (2025-12-26)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f747024" w14:textId="f747024">
+    <w:p w14:paraId="e012dfc" w14:textId="e012dfc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -884,62 +884,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -957,51 +958,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1365,135 +1366,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 314/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1523,231 +1511,229 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 15.10.2025 № 368/26 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3384"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1776,129 +1762,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1921,3451 +1893,3192 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58041,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11188,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2957,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2957,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7962,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 275,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6669,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 908,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10782,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10782,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9731,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1050,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5399,180 +5112,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5601,129 +5311,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5746,4237 +5442,3912 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59627,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39975,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39975,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33723</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа на неотложные затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2415,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3837</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11379</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3599</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользуемых (недоиспользуемых)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 целевых трансфертов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3384" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10010,180 +9381,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10212,129 +9580,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10357,392 +9711,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10776,180 +10102,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10978,129 +10301,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11123,204 +10432,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11354,180 +10642,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z46" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11556,129 +10841,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11701,974 +10972,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит ( профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12702,180 +11882,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z47" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12904,129 +12081,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13049,392 +12212,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13468,178 +12603,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13668,129 +12800,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13813,583 +12931,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14755,231 +13831,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z54" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15008,129 +14082,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15153,3260 +14213,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12471</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18440,180 +17255,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z55" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18642,129 +17454,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18787,3266 +17585,3007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22080,180 +20619,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22282,129 +20818,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22427,201 +20949,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22655,180 +21163,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22857,129 +21362,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23002,204 +21493,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23233,180 +21703,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23435,129 +21902,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23580,974 +22033,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24581,180 +22943,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24783,129 +23142,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24928,392 +23273,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25347,180 +23664,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25549,129 +23863,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25694,583 +23994,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26636,231 +24894,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Большеизюмовского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1433"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26889,129 +25145,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27034,3260 +25276,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5851</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30321,180 +28318,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z68" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30523,129 +28517,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30668,3266 +28648,3007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3961</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33961,180 +31682,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34163,129 +31881,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34308,201 +32012,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34536,180 +32226,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z70" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34738,129 +32425,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34883,204 +32556,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35114,180 +32766,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35316,129 +32965,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35461,974 +33096,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36462,180 +34006,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z72" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36664,129 +34205,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36809,392 +34336,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37228,180 +34727,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37430,129 +34926,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37575,583 +35057,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1946" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4004" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38517,231 +35957,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1403"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3161"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z80" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38770,129 +36208,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38915,777 +36339,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39719,180 +37080,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z81" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39921,129 +37279,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40066,1929 +37410,1768 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>