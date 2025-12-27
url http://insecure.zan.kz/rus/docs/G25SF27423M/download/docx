--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c0d306b" w14:textId="c0d306b">
+    <w:p w14:paraId="478afdd" w14:textId="478afdd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -230,372 +230,470 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", маслихат Есильского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Корнеевского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2, 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 79 546 тысяч тенге:</w:t>
+      1) доходы - 76 370 тысяч тенге:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления - 21 470 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления - 216 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 2 420 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 55 440 тысяч тенге;</w:t>
+      поступления трансфертов - 52 264 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 86 570,6 тысяч тенге;</w:t>
+      2) затраты - 83 394,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета - - 7 024,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ненефтяной дефицит (профицит) бюджета - - 7 024,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета - 7 024,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств - 7 024,6 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Предусмотреть в бюджете Корнеевского сельского округа возврат целевых текущих трансфертов, выделенных из районного бюджета в сумме 0,4 тысяч тенге, согласно приложению 4.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1542,50 +1640,88 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/423</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Корнеевского сельского округа Есильского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1744,68 +1880,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1935,51 +2053,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 546</w:t>
+76 370</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3528,68 +3646,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3723,68 +3823,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4272,68 +4354,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 216</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4467,68 +4531,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 2 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5016,51 +5062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 440</w:t>
+52 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5193,69 +5239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-55 440</w:t>
+52 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5387,70 +5415,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-55 440 </w:t>
+52 264 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5555,107 +5565,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5800,51 +5774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 570,6</w:t>
+83 394,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6154,68 +6128,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 36 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6349,68 +6305,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 36 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6544,51 +6482,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 201</w:t>
+9 578,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6721,69 +6659,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-8 201</w:t>
+9 578,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6916,51 +6836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 465</w:t>
+5 737,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7093,69 +7013,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-2 236</w:t>
+3 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7288,69 +7190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-500</w:t>
+605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7483,69 +7367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-34 779</w:t>
+33 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7678,69 +7544,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-34 779</w:t>
+33 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7873,69 +7721,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-34 779</w:t>
+33 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8068,51 +7898,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 516,2</w:t>
+3 963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8245,69 +8075,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-7 516,2</w:t>
+3 963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8440,69 +8252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-4 701</w:t>
+2 963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8635,69 +8429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-2 815,2</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9007,68 +8783,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9202,68 +8960,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9912,68 +9652,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10276,68 +9998,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10640,68 +10344,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 - 7 024,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10831,68 +10517,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 7 024,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11373,68 +11041,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>