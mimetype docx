--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="478afdd" w14:textId="478afdd">
+    <w:p w14:paraId="ad6308d" w14:textId="ad6308d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -35075,55 +35075,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>